--- v0 (2025-10-08)
+++ v1 (2026-02-22)
@@ -151,65 +151,51 @@
         <w:r w:rsidRPr="00FD5667">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MedlinePlus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="71D37CC4" w14:textId="48800E6B" w:rsidR="00B27819" w:rsidRPr="00FD5667" w:rsidRDefault="00B27819" w:rsidP="00B27819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00FD5667">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
-          <w:t>Review and Update of Cont</w:t>
-[...13 lines deleted...]
-          <w:t>nt on MedlinePlus</w:t>
+          <w:t>Review and Update of Content on MedlinePlus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="59666DCD" w14:textId="77777777" w:rsidR="00B27819" w:rsidRPr="00FD5667" w:rsidRDefault="00B27819" w:rsidP="00B27819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00FD5667">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>Mental Health &amp; Behavior</w:t>
         </w:r>
@@ -413,99 +399,285 @@
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00FD5667">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>Programming Librarian</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2967C5DA" w14:textId="581C9BC0" w:rsidR="00F21A68" w:rsidRDefault="00F21A68" w:rsidP="00F21A68">
       <w:pPr>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00F21A68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Partnering with Local Rescue Groups for Pet Therapy Events</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3DF1C25F" w14:textId="5C88BE4E" w:rsidR="00F21A68" w:rsidRPr="00F21A68" w:rsidRDefault="00F21A68" w:rsidP="009346A7">
+    <w:p w14:paraId="3DF1C25F" w14:textId="5C88BE4E" w:rsidR="00F21A68" w:rsidRDefault="00F21A68" w:rsidP="009346A7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120" w:after="240"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00F21A68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2023 SAMHSA Infographic Report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00F21A68" w:rsidRPr="00F21A68">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId31"/>
+    <w:p w14:paraId="6BBD5D5B" w14:textId="77777777" w:rsidR="00FD31DD" w:rsidRPr="00FD31DD" w:rsidRDefault="00FD31DD" w:rsidP="00FD31DD">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD31DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Consumer Health Information Specialization (CHIS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB34A64" w14:textId="77777777" w:rsidR="00FD31DD" w:rsidRPr="00CD2688" w:rsidRDefault="00FD31DD" w:rsidP="00FD31DD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00CD2688">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Learn more about CHIS</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2B39D28B" w14:textId="77777777" w:rsidR="00FD31DD" w:rsidRPr="00CA6DA6" w:rsidRDefault="00FD31DD" w:rsidP="00FD31DD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00CD2688">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Find CHIS classes</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="644EEDC5" w14:textId="77777777" w:rsidR="00FD31DD" w:rsidRPr="00CA6DA6" w:rsidRDefault="00FD31DD" w:rsidP="00FD31DD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">This course has been approved for 1 hour of Medical Library Association Continuing Education and fulfills the following </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Consumer Health Information Specialization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CHIS) Competencies: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6783F6A2" w14:textId="77777777" w:rsidR="00FD31DD" w:rsidRPr="00FD31DD" w:rsidRDefault="00FD31DD" w:rsidP="00FD31DD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD31DD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Know the Community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C998822" w14:textId="77777777" w:rsidR="00FD31DD" w:rsidRPr="00FD31DD" w:rsidRDefault="00FD31DD" w:rsidP="00FD31DD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD31DD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Know the Health Consumer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39084DAE" w14:textId="77777777" w:rsidR="00FD31DD" w:rsidRPr="00FD31DD" w:rsidRDefault="00FD31DD" w:rsidP="00FD31DD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD31DD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Knowledge of Subject Matter and Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E98D113" w14:textId="77777777" w:rsidR="00FD31DD" w:rsidRPr="00FD31DD" w:rsidRDefault="00FD31DD" w:rsidP="00FD31DD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD31DD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Evaluation of Health Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F46F51F" w14:textId="1799769C" w:rsidR="00FD31DD" w:rsidRPr="00FD31DD" w:rsidRDefault="00FD31DD" w:rsidP="00FD31DD">
+      <w:r w:rsidRPr="00FD31DD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Communication, Reference, and Instruction</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00FD31DD" w:rsidRPr="00FD31DD">
+      <w:headerReference w:type="default" r:id="rId32"/>
+      <w:footerReference w:type="default" r:id="rId33"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DC80747" w14:textId="77777777" w:rsidR="0010042D" w:rsidRPr="00FD5667" w:rsidRDefault="0010042D" w:rsidP="00833998">
+    <w:p w14:paraId="20AECBE8" w14:textId="77777777" w:rsidR="00A928FA" w:rsidRPr="00FD5667" w:rsidRDefault="00A928FA" w:rsidP="00833998">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD5667">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B901145" w14:textId="77777777" w:rsidR="0010042D" w:rsidRPr="00FD5667" w:rsidRDefault="0010042D" w:rsidP="00833998">
+    <w:p w14:paraId="31AA3397" w14:textId="77777777" w:rsidR="00A928FA" w:rsidRPr="00FD5667" w:rsidRDefault="00A928FA" w:rsidP="00833998">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD5667">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -515,101 +687,94 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1684A944" w14:textId="77777777" w:rsidR="00261F4C" w:rsidRPr="00FD5667" w:rsidRDefault="00261F4C" w:rsidP="00261F4C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3B005333" w14:textId="599BE63B" w:rsidR="00261F4C" w:rsidRPr="00FD5667" w:rsidRDefault="00261F4C" w:rsidP="00261F4C">
+  <w:p w14:paraId="3B005333" w14:textId="55B467DE" w:rsidR="00261F4C" w:rsidRPr="00FD5667" w:rsidRDefault="00261F4C" w:rsidP="00261F4C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FD5667">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services. Updated </w:t>
     </w:r>
-    <w:r w:rsidR="001D19A2">
+    <w:r w:rsidR="00FD31DD">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>October</w:t>
-[...6 lines deleted...]
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t>January 2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00FD5667">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-932963099"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="268F0532" w14:textId="5919C982" w:rsidR="00261F4C" w:rsidRPr="00FD5667" w:rsidRDefault="00261F4C">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="00FD5667">
           <w:fldChar w:fldCharType="begin"/>
@@ -618,61 +783,61 @@
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00FD5667">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="009C061F" w:rsidRPr="00FD5667">
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="00FD5667">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5AADBF35" w14:textId="416DA63B" w:rsidR="008B07C6" w:rsidRPr="00FD5667" w:rsidRDefault="008B07C6" w:rsidP="00261F4C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A5FB88B" w14:textId="77777777" w:rsidR="0010042D" w:rsidRPr="00FD5667" w:rsidRDefault="0010042D" w:rsidP="00833998">
+    <w:p w14:paraId="34CD1E61" w14:textId="77777777" w:rsidR="00A928FA" w:rsidRPr="00FD5667" w:rsidRDefault="00A928FA" w:rsidP="00833998">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD5667">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="609926D9" w14:textId="77777777" w:rsidR="0010042D" w:rsidRPr="00FD5667" w:rsidRDefault="0010042D" w:rsidP="00833998">
+    <w:p w14:paraId="47F7A7C2" w14:textId="77777777" w:rsidR="00A928FA" w:rsidRPr="00FD5667" w:rsidRDefault="00A928FA" w:rsidP="00833998">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD5667">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5BED09B6" w14:textId="0B17E70F" w:rsidR="00833998" w:rsidRPr="00FD5667" w:rsidRDefault="008431B3" w:rsidP="008431B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00FD5667">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19FA78B0" wp14:editId="1D2F9DE0">
           <wp:extent cx="4346575" cy="694690"/>
@@ -1667,50 +1832,163 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2D2C6C20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74ED074D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF4200FC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="774A2B19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F84FFC0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1804,89 +2082,93 @@
   <w:num w:numId="1" w16cid:durableId="1532303438">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1094595620">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1623220185">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="481889429">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="82265986">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1994722205">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="114446720">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1723676312">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="654334171">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1196194176">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00833998"/>
     <w:rsid w:val="0000074B"/>
     <w:rsid w:val="000071EF"/>
     <w:rsid w:val="00012097"/>
     <w:rsid w:val="00020088"/>
     <w:rsid w:val="000249AA"/>
     <w:rsid w:val="00040142"/>
+    <w:rsid w:val="00040DA0"/>
     <w:rsid w:val="00041AC8"/>
     <w:rsid w:val="00046ACA"/>
     <w:rsid w:val="00060F4D"/>
     <w:rsid w:val="000718DD"/>
     <w:rsid w:val="00073609"/>
     <w:rsid w:val="0007400D"/>
     <w:rsid w:val="000841CD"/>
     <w:rsid w:val="00084A7A"/>
     <w:rsid w:val="00094A6A"/>
     <w:rsid w:val="00097178"/>
     <w:rsid w:val="000A20CB"/>
     <w:rsid w:val="000A5B6F"/>
     <w:rsid w:val="000B3CD3"/>
     <w:rsid w:val="000C44B6"/>
     <w:rsid w:val="000C723B"/>
     <w:rsid w:val="000D2A1E"/>
     <w:rsid w:val="000D41C7"/>
     <w:rsid w:val="000D69E4"/>
     <w:rsid w:val="000E3564"/>
     <w:rsid w:val="000E4623"/>
     <w:rsid w:val="000E5104"/>
     <w:rsid w:val="000F2650"/>
     <w:rsid w:val="000F30BD"/>
     <w:rsid w:val="0010042D"/>
     <w:rsid w:val="00100750"/>
@@ -2100,50 +2382,51 @@
     <w:rsid w:val="00982456"/>
     <w:rsid w:val="0099333B"/>
     <w:rsid w:val="009C061F"/>
     <w:rsid w:val="009C09AA"/>
     <w:rsid w:val="009C693A"/>
     <w:rsid w:val="009E640C"/>
     <w:rsid w:val="009F1114"/>
     <w:rsid w:val="009F2B23"/>
     <w:rsid w:val="009F2F41"/>
     <w:rsid w:val="009F4259"/>
     <w:rsid w:val="00A04FF6"/>
     <w:rsid w:val="00A057C5"/>
     <w:rsid w:val="00A0769D"/>
     <w:rsid w:val="00A23520"/>
     <w:rsid w:val="00A401CA"/>
     <w:rsid w:val="00A4235C"/>
     <w:rsid w:val="00A51759"/>
     <w:rsid w:val="00A54B9E"/>
     <w:rsid w:val="00A60E95"/>
     <w:rsid w:val="00A6256C"/>
     <w:rsid w:val="00A625F7"/>
     <w:rsid w:val="00A652F8"/>
     <w:rsid w:val="00A76211"/>
     <w:rsid w:val="00A76FBF"/>
     <w:rsid w:val="00A86F38"/>
+    <w:rsid w:val="00A928FA"/>
     <w:rsid w:val="00A94B39"/>
     <w:rsid w:val="00A9607A"/>
     <w:rsid w:val="00AD10DF"/>
     <w:rsid w:val="00AE3017"/>
     <w:rsid w:val="00AE7C04"/>
     <w:rsid w:val="00B14BB3"/>
     <w:rsid w:val="00B2213C"/>
     <w:rsid w:val="00B26AA3"/>
     <w:rsid w:val="00B27819"/>
     <w:rsid w:val="00B311F8"/>
     <w:rsid w:val="00B445E0"/>
     <w:rsid w:val="00B50A15"/>
     <w:rsid w:val="00B55064"/>
     <w:rsid w:val="00B944A9"/>
     <w:rsid w:val="00B94BE2"/>
     <w:rsid w:val="00BB6B96"/>
     <w:rsid w:val="00BE4EAA"/>
     <w:rsid w:val="00BE75BF"/>
     <w:rsid w:val="00C008A6"/>
     <w:rsid w:val="00C21351"/>
     <w:rsid w:val="00C275DB"/>
     <w:rsid w:val="00C27C23"/>
     <w:rsid w:val="00C301DE"/>
     <w:rsid w:val="00C4641F"/>
     <w:rsid w:val="00C47CBF"/>
@@ -2201,50 +2484,51 @@
     <w:rsid w:val="00E85056"/>
     <w:rsid w:val="00E936A9"/>
     <w:rsid w:val="00EA0661"/>
     <w:rsid w:val="00EA2D22"/>
     <w:rsid w:val="00EA6E9A"/>
     <w:rsid w:val="00EA7443"/>
     <w:rsid w:val="00EB142E"/>
     <w:rsid w:val="00EB2E72"/>
     <w:rsid w:val="00EB5763"/>
     <w:rsid w:val="00EB72C6"/>
     <w:rsid w:val="00ED18F9"/>
     <w:rsid w:val="00ED50CC"/>
     <w:rsid w:val="00ED6FAC"/>
     <w:rsid w:val="00EE48F7"/>
     <w:rsid w:val="00EF04EA"/>
     <w:rsid w:val="00F06094"/>
     <w:rsid w:val="00F14ABF"/>
     <w:rsid w:val="00F206F7"/>
     <w:rsid w:val="00F21A68"/>
     <w:rsid w:val="00F244A7"/>
     <w:rsid w:val="00F25AA1"/>
     <w:rsid w:val="00F36DCC"/>
     <w:rsid w:val="00FA0E77"/>
     <w:rsid w:val="00FC500B"/>
     <w:rsid w:val="00FD2E3B"/>
+    <w:rsid w:val="00FD31DD"/>
     <w:rsid w:val="00FD5667"/>
     <w:rsid w:val="00FE2600"/>
     <w:rsid w:val="00FE2E31"/>
     <w:rsid w:val="00FE7C22"/>
     <w:rsid w:val="00FF4148"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -3067,51 +3351,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1826699665">
           <w:marLeft w:val="360"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="200"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/mentalhealthandbehavior.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dailymed.nlm.nih.gov/dailymed/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samhsa.gov/about/digital-toolkits/mental-health-awareness-month/toolkit" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nimh.nih.gov/health/publications" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/public-libraries/resources-for-public-libraries" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/about/general/reviewandupdate/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/druginformation.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/campaigns/world-mental-health-day" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/directories/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nimh.nih.gov/get-involved/digital-shareables" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samhsa.gov/data/sites/default/files/reports/rpt47096/2023-nsduh-companion-report.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/i/item/9789240003927" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/organizations/all_organizations.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samhsa.gov/about/digital-toolkits/mental-health-awareness-month/toolkit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/articles/mutual-affection-partnering-local-rescue-groups-pet-therapy-events" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/form/nnlm-subscriptions" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dailymed.nlm.nih.gov/dailymed/about-dailymed.cfm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/reading-club/topic/347" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/languages/languages.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samhsa.gov/mental-health" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/browse-programs" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/nnlm-reading-club/mental-health" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/mentalhealthandbehavior.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dailymed.nlm.nih.gov/dailymed/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samhsa.gov/about/digital-toolkits/mental-health-awareness-month/toolkit" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nimh.nih.gov/health/publications" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/public-libraries/resources-for-public-libraries" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/about/general/reviewandupdate/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/druginformation.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/campaigns/world-mental-health-day" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/directories/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nimh.nih.gov/get-involved/digital-shareables" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samhsa.gov/data/sites/default/files/reports/rpt47096/2023-nsduh-companion-report.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/i/item/9789240003927" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/organizations/all_organizations.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samhsa.gov/about/digital-toolkits/mental-health-awareness-month/toolkit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/articles/mutual-affection-partnering-local-rescue-groups-pet-therapy-events" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/form/nnlm-subscriptions" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dailymed.nlm.nih.gov/dailymed/about-dailymed.cfm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/schedule?combine=&amp;ce_categories_121%5B%5D=3&amp;ce_categories_121%5B%5D=4&amp;class_format_133=All" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/reading-club/topic/347" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/languages/languages.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samhsa.gov/mental-health" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/browse-programs" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/consumer-health-information-specialization" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/nnlm-reading-club/mental-health" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3373,79 +3657,79 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2160</Characters>
+  <Pages>2</Pages>
+  <Words>444</Words>
+  <Characters>2773</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
+  <Lines>89</Lines>
   <Paragraphs>97</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Providing Mental Health Resources at Your Library</vt:lpstr>
       <vt:lpstr>    Information Resources</vt:lpstr>
       <vt:lpstr>    2023 SAMHSA Infographic Report</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2447</CharactersWithSpaces>
+  <CharactersWithSpaces>3120</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Carolyn M Martin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>