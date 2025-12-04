--- v0 (2025-10-02)
+++ v1 (2025-12-04)
@@ -8,144 +8,162 @@
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/tags/tag1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/tags/tag1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId23"/>
+    <p:notesMasterId r:id="rId29"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
-    <p:sldId id="257" r:id="rId4"/>
-[...17 lines deleted...]
-    <p:sldId id="311" r:id="rId22"/>
+    <p:sldId id="259" r:id="rId4"/>
+    <p:sldId id="261" r:id="rId5"/>
+    <p:sldId id="260" r:id="rId6"/>
+    <p:sldId id="262" r:id="rId7"/>
+    <p:sldId id="263" r:id="rId8"/>
+    <p:sldId id="281" r:id="rId9"/>
+    <p:sldId id="265" r:id="rId10"/>
+    <p:sldId id="267" r:id="rId11"/>
+    <p:sldId id="278" r:id="rId12"/>
+    <p:sldId id="279" r:id="rId13"/>
+    <p:sldId id="1512" r:id="rId14"/>
+    <p:sldId id="1513" r:id="rId15"/>
+    <p:sldId id="1514" r:id="rId16"/>
+    <p:sldId id="1515" r:id="rId17"/>
+    <p:sldId id="1516" r:id="rId18"/>
+    <p:sldId id="1517" r:id="rId19"/>
+    <p:sldId id="1518" r:id="rId20"/>
+    <p:sldId id="441" r:id="rId21"/>
+    <p:sldId id="280" r:id="rId22"/>
+    <p:sldId id="272" r:id="rId23"/>
+    <p:sldId id="282" r:id="rId24"/>
+    <p:sldId id="283" r:id="rId25"/>
+    <p:sldId id="443" r:id="rId26"/>
+    <p:sldId id="274" r:id="rId27"/>
+    <p:sldId id="311" r:id="rId28"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -238,90 +256,90 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="25758" autoAdjust="0"/>
     <p:restoredTop sz="73935" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="62" d="100"/>
-          <a:sy n="62" d="100"/>
+          <a:sx n="61" d="100"/>
+          <a:sy n="61" d="100"/>
         </p:scale>
-        <p:origin x="278" y="43"/>
+        <p:origin x="226" y="43"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="-4752"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="mainScheme" pri="10300"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt2"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="dk2"/>
     </dgm:fillClrLst>
@@ -6686,51 +6704,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7/1/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -6986,83 +7004,107 @@
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/health-care-professionals-information" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/healthy-aging/looking-health-information-older-adults-multiple-languages" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://order.nia.nih.gov/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving/take-care-yourself-caregiver" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits/caregiving" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/health-care-professionals-information" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/healthy-aging/looking-health-information-older-adults-multiple-languages" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://order.nia.nih.gov/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving/take-care-yourself-caregiver" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits/caregiving" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acl.gov/sites/default/files/Profile%20of%20OA/ACL_ProfileOlderAmericans2023_Graphics.zip" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acl.gov/sites/default/files/Profile%20of%20OA/ACL_ProfileOlderAmericans2023_Graphics.zip" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Facl.gov%2Fsites%2Fdefault%2Ffiles%2FProfile%2520of%2520OA%2FACL_ProfileOlderAmericans2023_DataTables.xlsx&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Facl.gov%2Fsites%2Fdefault%2Ffiles%2FProfile%2520of%2520OA%2FACL_ProfileOlderAmericans2023_DataTables.xlsx&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 50"/>
         <p:cNvGrpSpPr/>
@@ -7668,1211 +7710,50 @@
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="2500" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 103"/>
-[...1159 lines deleted...]
-      <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 114"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="115" name="Google Shape;115;g35eb0aa6994_0_8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
@@ -8971,51 +7852,51 @@
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Now let’s transition into our discussion of programming ideas to consider. Where do we start?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 237"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="238" name="Google Shape;238;p13:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -9357,3282 +8238,1489 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Shanna</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>This slide provides a blueprint of questions to consider for your programming. These questions are all multifaceted but will help you recognize what pieces you have in place and where you will need to fill in the gaps. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Who? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Think about who your primary audience will be? Who in your organization can assist in the planning and the program? Who in your community might be an expert or might know an expert? Who are potential partners for this outreach event? </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>What?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> What type of outreach activity do you wish to provide? Will you provide information, or will you offer a program with a speaker? What are the community health needs and what evidence of this do you have?  What resources are available from the National Library of Medicine or other agencies that you can use? </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>When?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> When will you offer your program? When should you schedule program so that your audience and staff are available? Will this be a one-time or ongoing event? Should it coincide with a health awareness month or initiatives within your community? </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Where?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> Where will the program be held? Do you have the space? Could this be outreach to a senior center or local non-profit? Is it accessible to the participants? Could this be an opportunity for your library to partner with an organization that may have resources that your library may not have at the moment such as a large auditorium space to accommodate the needs of participants?</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Why? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Why do you want to offer this outreach activity? Why will this benefit your library/organization’s community? This is where those data resources can help guide you. Having the data to support the importance may help to procure funding and other support for your program. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>How? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>How will you market the program? Will social media or flyers be included in how you advertise program?  How will you measure impact of your program? For instance, will there be attendance taken, pre-post surveys, newsletter or social media posts? </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>How much? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>This question involves looking at how much time you and other staff will have to invest in the activity and how much money will it cost? Going back to costs. Are there partners who are willing to provide a program and/or space at no-cost. Is there grant funding available? Are their resources you can borrow from your state library or another library if you are part of a library system?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1933976952"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-              <a:buNone/>
+            <a:pPr defTabSz="931774">
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" dirty="0">
-[...73 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:rPr lang="en-US" b="1" kern="100" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Who? </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
-[...284 lines deleted...]
-              <a:t>This question involves looking at how much time you and other staff will have to invest in the activity and how much money will it cost? Going back to costs. Are there partners who are willing to provide a program and/or space at no-cost. Is there grant funding available? Are their resources you can borrow from your state library or another library if you are part of a library system?</a:t>
+              <a:rPr lang="en-US" kern="100" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Think about who your primary audience will be? Who in your organization can assist in the planning and the program? Who else should be at the table? Who in your community might be an expert or might know an expert? Who are potential partners for this outreach event? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+            <a:fld id="{0EE2C5BF-CCE5-4633-8997-C35B112C8DF6}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1933976952"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3263728293"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73012598-95F6-CE93-3557-707C7E033D6B}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{772D8471-4BBB-11B6-C46D-0EA6A6F25009}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5CB6999-354A-5F64-2B96-36FB81B503D2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-              <a:buNone/>
+            <a:pPr defTabSz="931774">
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" dirty="0">
-[...145 lines deleted...]
-          <a:p>
+              <a:rPr lang="en-US" kern="100" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>What? What type of outreach activity do you wish to provide? Will you provide information, or will you offer a program with a speaker? What are the community health needs and what evidence of this do you have?  What resources are available from the National Library of Medicine or other agencies that you can use? </a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B293A63-CBD3-2BC2-309E-6614D7556AB4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+            <a:fld id="{0EE2C5BF-CCE5-4633-8997-C35B112C8DF6}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr>
-[...1 lines deleted...]
-              </a:pPr>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3630280099"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3830286151"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39E16DC6-428A-9700-1324-484A79384696}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFD7AAE6-24D5-8EF2-61F6-9E849382541F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B141CD0-C877-0BD0-243D-DA32B6F06FAD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="830"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-[...221 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US" b="1" kern="100">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>When?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="100">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> When will you offer your program? When should you schedule program so that your audience and staff are available? Will this be a one-time or ongoing event? Should it coincide with a health awareness month or initiatives within your community? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41F45CB7-1379-AFD5-E36C-9E693FC08E6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+            <a:fld id="{0EE2C5BF-CCE5-4633-8997-C35B112C8DF6}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3781394412"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3773856460"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 145"/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6701C1D-1757-B876-26C5-BC8A53F2C71A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="146" name="Google Shape;146;g360bdbf8635_0_0:notes"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6FDF39C-C63B-CDCA-3B58-388CDC71C3F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...28 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="147" name="Google Shape;147;g360bdbf8635_0_0:notes"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47FC66E8-3F48-0D5D-D9F6-21FDFF7C4EA8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="815"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1400" dirty="0">
-[...203 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-US" b="1" kern="100">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Where?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="100">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Where will the program be held? Do you have the space? Could this be outreach to a senior center or local non-profit? Is it accessible to the participants? Could this be an opportunity for your library to partner with an organization that may have resources that your library may not have at the moment such as a large auditorium space to accommodate the needs of participants?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DC22186-9A4C-9037-067F-5CC46CFD2C89}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0EE2C5BF-CCE5-4633-8997-C35B112C8DF6}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1450452764"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A911E1D-E576-AC2B-13C8-90A14F3C0075}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82477E8A-DCF7-630C-34CE-7FCBBA987D68}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D57A271D-0AFF-FDB2-0C6C-34B94C93A31F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...879 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:pPr defTabSz="949478">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" kern="100">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Why? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="100">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Why do you want to offer this outreach activity? Why will this benefit your library’s community? This is where those data resources can help guide you. Having the data to support the importance may help to procure funding and other support for your program</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{013D0369-82B8-E27D-F3FB-58023FA07FBE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+            <a:fld id="{0EE2C5BF-CCE5-4633-8997-C35B112C8DF6}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="675929416"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4056158325"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40A22523-8F3A-61CD-13F8-5402FC3046EE}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68607E56-2FF4-6F1F-9430-040B60023F16}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04F0964F-141E-348E-35C8-77281676AD69}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...358 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="815"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" kern="100">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>How? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="100">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>How will you market the program? Will social media or flyers be included in how you advertise program?  How will you measure impact of your program? For instance, will there be attendance taken, pre-post surveys, newsletter or social media posts? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3D87DD8-A280-F1C0-1BD0-05198D76EE9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+            <a:fld id="{0EE2C5BF-CCE5-4633-8997-C35B112C8DF6}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2427247322"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1650763594"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{756F41A3-9712-6E16-90E4-7E5B160C655B}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0ADAAC57-ABA7-A7D3-F02F-F527578942DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EFCB0FB-012E-2AFA-FD36-AC7E95D26973}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...14 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="815"/>
+              </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:r>
+              <a:rPr lang="en-US" b="1" kern="100">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>How much? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="100">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>This question involves looking at how much time you and other staff will have to invest in the activity and how much money will it cost? Going back to costs. Are there partners who are willing to provide a program and/or space at no-cost. Is there grant funding available? Are there resources you can borrow from your state library or another library if you are part of a library system?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="815"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" kern="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>I want to let you know that we</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>’</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ve included a couple of resources from the American Library Association that might help your planning process and we</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>’</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ll discuss this a little later.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="100">
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...29 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="815"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" kern="0">
+                <a:highlight>
+                  <a:srgbClr val="00FF00"/>
+                </a:highlight>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" kern="100">
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...74 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+            <a:pPr defTabSz="949478">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" kern="100">
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...230 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8178E3E-362D-260E-831D-6C040FD0A9FD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...6 lines deleted...]
-              </a:pPr>
+            <a:fld id="{0EE2C5BF-CCE5-4633-8997-C35B112C8DF6}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3486766365"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2214555352"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 61"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -12761,50 +9849,2821 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="654050" y="1162050"/>
+            <a:ext cx="5575300" cy="3136900"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Shanna</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Here we have identified some partnerships that libraries in our respective communities have collaborated with.  In the chat, please feel free to share some partnerships that your library or organization have partnered with or suggest partnerships that would be ideal for working with older adults in your community.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Local government, public health agencies, healthcare providers, foodbanks, agricultural nonprofits, cooperative extensions, Area on Aging, and senior centers, all provide valuable resources that may have the expertise, audience experience, materials or other resources that your program needs for success. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>With an audience and idea in mind, begin to think about who you might be able to partner with to enable or enhance the outreach or programming activity, and does this partner or organization align with the overarching goals and objectives of your organization. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Additionally, libraries as the program hub for partnerships, could serve and provide a platform to expand the population reach of your programming goals. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Who have you partnered with or who would you like to partner with? Please let us know in the chat.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3630280099"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Shanna</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>In the first section of today’s presentation, we reviewed the Congressional District Health Dashboard to gather health metrics by district and some common health issues among older adults. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Healthy People 2030 is another resource that we would like to highlight as we think about programming and some health topics you might consider. Healthy People 2030 is an ongoing project by the Office of Disease Prevention and Health Promotion</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" strike="sngStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>The first Healthy People initiative started in 1990 and is updated every 10 years with health goals and metrics to focus on and track for that decade. Some metrics continue across decades but priority areas change over time to meet the current health concerns. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Healthy People 2030 was initiated in 2020 and identifies measurable goals and outcomes for 2030 that are tracked throughout. I/we thought by looking at the categories specific to older adults outlined in Healthy People 2030 this might also provide some ideas for programming.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I am sure that you have noticed information requests and needs from your patrons regarding a number of these health concerns on the slide.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Can you share in the chat some programming ideas for these areas (i.e. oral health)?  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Great, thanks for adding your ideas to the chat.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3781394412"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 145"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="146" name="Google Shape;146;g360bdbf8635_0_0:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="147" name="Google Shape;147;g360bdbf8635_0_0:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Bennie</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>The first type of programming I would like to go over is collections, reference, and passive programming. Consider starting with a review of your organization’s current collection and seek items to fill any gaps. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>You might want to develop a book display for a specific event or awareness celebration.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>You may also choose to provide free printed materials from organizations such as the National Institute on Aging. The National Institute on Aging has several publications you can download or order for free. We will look at some of those in a minute.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Maybe there are resources in your things collection you want to promote. Maybe your library offers take and make craft kits. I also hear about some libraries creating kits designed for patrons with dementia and their caregivers on a variety of topics for entertainment or to support reminiscing or connecting.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Reference is another important area. Curated lists of key or sensitive topics, and knowledge of community resources will be helpful here. Perhaps you want to create a LibGuide or list of resources. Being aware of resources may help you feel more confident when questions arise. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Bennie</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Open these tabs ahead of time:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://www.nia.nih.gov/</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>https://www.nia.nih.gov/health</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>https://order.nia.nih.gov/</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId6"/>
+              </a:rPr>
+              <a:t>https://www.nia.nih.gov/health/health-care-professionals-information</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>https://www.nia.nih.gov/health/caregiving</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId8"/>
+              </a:rPr>
+              <a:t>https://www.nia.nih.gov/toolkits</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId9"/>
+              </a:rPr>
+              <a:t>https://www.nia.nih.gov/toolkits/caregiving</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId10"/>
+              </a:rPr>
+              <a:t>https://www.nia.nih.gov/health/caregiving/take-care-yourself-caregiver</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId11"/>
+              </a:rPr>
+              <a:t>https://www.nia.nih.gov/health/healthy-aging/looking-health-information-older-adults-multiple-languages</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>The last site I want to demo for you is the National Institute on Aging, one of the National Institutes of Health. In addition to health information on selected topics, it has a lot of resources that could support programming at your library, which we’ll delve into next.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I want to go over a few details from this homepage. There's information on healthy aging, Alzheimer's, and more.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I also want to point out that this website is available in Spanish by clicking on the Espanol button. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>You can browse health topics here, information about funding opportunities, print publications. These are examples of items you can order for free or print for your library, or organization. These are things that you might hand out at an event, post in your library, or maybe have in a brochure rack.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Below there are various health topics, aging research, resources for healthcare professionals, such as tips for improving communication, healthy aging.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>And then here at the bottom of the page, there's also a link to Alzheimers.gov, if that's something that would be of help.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Now, going back to the top, I mentioned these health topics. So, if we go to the health information tab.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>There is A to Z health topics, we're going to take a look at that.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>There's information on Alzheimer's and dementia, caregiving is an important topic, getting those print publications, as we mentioned, infographics, and resources for healthcare professionals. We're going to take a look at some of these tabs.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Now I am opening the Health Topics A-z, I mainly want to show you just all of the resources that are here. Again, you're going to see a lot of those links to the same information that were highlighted before, such as the free print and PDF publications, information for health professionals, infographics, videos, and more. And educational resources. We're going to look at one of those educational toolkits as well.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Scrolling down you can browse, A to Z. I just wanted to give you a sense of the number of topics that are available here that might be helpful or of interest when you're planning programming or supporting a reference question.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>If we choose the free print and PDF publications link, there are featured publications here at the top but you can go to all, to see what's available that you might find helpful or interesting in your community or for your audiences.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>There are some also available in Spanish. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Going back to our health information tab we see Information for healthcare professionals. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>There's information here, again, about Alzheimer's and related dementias, cognitive impairment, healthy aging, talking with your older patients.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>This time I am going back to the page Health Topics A-z so that I can review this multimedia toolkit. There are lots of infographics here. Publications, videos, social media toolkits, scientific images and more. Videos might be helpful for audiences who may prefer audio or video content over written content. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>These are things that you might post on your library's website. Or include in a blog post or newsletter. Or, if you're putting together a LibGuide or other materials, these might be of use.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>You can view all infographics. We can see that there's a lot of interesting infographics, such as skin, or blood pressure, or clinical trials. This one I wanted to point out - take care of yourself as a caregiver.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>This infographic  - Take care of yourself as a caregiver offers some suggestions of ways that one might use to care for themselves, when they're caring for others. If we choose caregiving from the links on the left, we find even more resources. caregiver worksheets, that you can download, print, copy. Many articles for different topics related to caregiving. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>And going back to the NIA homepage and the Health Information A-Z. From our multimedia toolkit,  I want to highlight this publication, the Caregiver's Handbook.  Again, you can print that or order a copy.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Ok…remember those educational resources and toolkits I mentioned on the Health Topics A-Z page? These toolkits are for caregivers, the general public, health care professionals, media and students. Let’s review the toolkit for caregiving.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Again, some resources are highlighted such as Publications, videos, clinical trials. But I also want to point out that if we scroll down, there are resources for caregivers that might be helpful in terms of community resources.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Examples are paying for care and understanding benefits, and  articles about fraud and other topics that might be really helpful.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>And… last, I just wanted to point out that you can also look for health information for Older adults in multiple languages.  I wanted to give you an opportunity here to see some of the different languages represented and examples of the health information resources. So hopefully these will be some great resources to use as you're thinking about your programming. And links to resources from the other NIH institutes. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>23</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="675929416"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Bennie</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>There are wide variety of programs you can offer to address the health needs of your community. These are a few ideas to get you started:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>•Nutrition and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Food Access: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>cooking programming, gardening, food safety might be of interest</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Movement</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>: Hosting a Physical activity, story walks your library might invite a qualified yoga instructor to lead some chair yoga sessions Other topics you might partner on could be injury prevention such as creating an accessible home or fall prevention</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Access to Care: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> You might invite a healthcare professional to lead a session on a specific health topic or you might consider a presentation on Preparing for doctor visits: . Or managing medications. Insurance, Medicaid and Medicare are often questions that arise.  You might invite a qualified person from local Medicare or older adult agency to lead a session or series of sessions.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Emergency preparedness - planning for emergencies such as extreme heat and cold, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Social Work</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Technology:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> Patrons might seek support for accessing their electronic health record or a Telehealth appointment; I know that assistance with technology is a common request in libraries for all ages. Patrons have found learning to use facetime or other apps on their phones or computers to support connections not only to health care, but also for social connections with friends and family. your state library may also have resources that support accessibility that you could borrow and demo at your library (technology petting zoo)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Maker spaces and Arts and crafts programming are very popular and lend themselves to intergenerational programming</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>•Reminiscence based programming such as Memory books or memory cafes: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2427247322"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="654050" y="1162050"/>
+            <a:ext cx="5575300" cy="3136900"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>If these stories don’t have your wheels turning yet, we have more idea sources. We would like to hear from you. Could you share in the chat about a program you have tried or one you are interested in trying? Or raise your hand and we can unmute you to share briefly about a program you think would be interesting to the group. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>(Pause for a few answers in the chat)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Still looking for ideas? You may find resources in those webpages from ALA we mentioned. Our focus for this class is health information access, but there are lots of ideas for other types of programming as well. These programs may even have an impact on health as people experience social connections and meaningful experiences and interactions in the library. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I will briefly describe these websites, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Let’s Move in Libraries has program ideas, resources, and examples of library programming focused around movement and active living. Advice for where to begin, accessible programming, and liability.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Another resource from ALA: Programming Librarian Browse and search library programming ideas. You might search by budget, by age group. Search for health. Get tips on planning, partners, marketing, budgeting, and other advice for carrying out the program. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>WebJunction: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Health Happens in Libraries – check out the resources list.  This is less a list of ideas and more dedicated resources for you to develop health programming – including webinars, communication ideas, detailed examples of projects – it is a deep resource and very much worth exploring to make your health programming a lighter lift for you.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Rural Health Literacy Toolkit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>: This clearinghouse is specifically dedicated to rural libraries, with a focus on health literacy</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="sng" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Ready.gov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>: Emergency Preparedness training and programs; social media toolkits; older adults, people with chronic illnesses or disabilities, and people with pets may all have unique emergency preparedness needs to consider</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>•NNLM Past Funded Projects – this link has examples of projects funded by NNLM in the past. While we do not have funding available at this time, you may still find some ideas to consider from previous projects. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3486766365"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 156"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="157" name="Google Shape;157;g356de622166_1_19:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -13220,51 +13079,51 @@
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -13351,354 +13210,70 @@
               <a:t>I’m going to pass the baton to Rebecca and she’ll wrap this up for us</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CAA4AE5B-1EAA-4907-9E55-1251C9845438}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>21</a:t>
+              <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4184268403"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
-[...282 lines deleted...]
-<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 67"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="68" name="Google Shape;68;g354e5ddefc2_0_31:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -13971,51 +13546,51 @@
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 79"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="80" name="Google Shape;80;g35fe8319d4b_0_11:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -14346,51 +13921,51 @@
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Facl.gov%2Fsites%2Fdefault%2Ffiles%2FProfile%2520of%2520OA%2FACL_ProfileOlderAmericans2023_DataTables.xlsx&amp;wdOrigin=BROWSELINK</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 73"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="74" name="Google Shape;74;g34d44e76353_1_1:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -14556,51 +14131,51 @@
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>I’m going to turn it over to Bennie now and she’s going to demonstrate a couple of websites that can provide health data regarding older adults in your county and more.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 85"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="86" name="Google Shape;86;g354e5ddefc2_0_8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -14991,51 +14566,51 @@
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr strike="sngStrike" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 91"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92" name="Google Shape;92;g35fe8319d4b_0_0:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -15476,51 +15051,51 @@
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -15667,62 +15242,1223 @@
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>So, now that we’ve looked at sources of health data about our state, counties and more local data, let’s take a look at some information resources you can use to answer questions or share with library patrons.  </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2D351F5F-881C-4E7D-B2ED-257D79C9D75E}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9</a:t>
+              <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3515407986"/>
       </p:ext>
     </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 103"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="Google Shape;104;g34d3f60ba86_0_10:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="105" name="Google Shape;105;g34d3f60ba86_0_10:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF00FF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Bennie</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF00FF"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>MedlinePlus.gov Demo</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Now that we’ve shown you some population data about older adults, we’re going to demo a few websites where you can find information to assist in answering patron questions about health issues.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I imagine that many of you are familiar with MedlinePlus.gov. It's one of the premier products from the National Library of Medicine. The National Library of Medicine is one of the National Institutes of Health, which is funded by our tax dollars. I'm not going to spend a lot of time going into all the details about MedlinePlus and what's available here. We have other classes and tutorials that go into more depth about MedlinePlus, and we have links to those classes on the handout. Today I want to focus on finding information for and about older adults.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>So, across the top here, we have our main navigation. I want to point out that you can turn the entire site into Spanish by using the Espanol button on the upper right corner of the page. So that’s great if you’re working with Spanish-speaking individuals.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>If we look at the navigation bar across the top of the page, Health Topics is a great place to start, and we also see a link to Medical tests.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I'm going to scroll down to the center of the page; we have the same navigation choices here.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>And then below that on the left side, there's a link to easy-to-read health information, and that would be for all ages.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Health information in multiple languages, again, this is for all ages. And then a link to clinical trials, which we’ll come back to a little later.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I’m going to click on Health Topics and then I’m going to choose Demographic Groups on the right side of the page. Here we see our target population, Older Adults. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>When I click on that link, I’m taken to a page with approximately 200 health topics that address common health concerns of older adults. There’s an arrow on the bottom right side of the page that will jump me back to the top of the page. So, I’m going to use that to get to the top, because</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>my preferred way to find a specific topic is to enter it into the general search box in the upper right corner of the page. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Now I’m going to type in high blood pressure, you could also search for hypertension, and when I run this search, the top result is high blood pressure. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>We have some other results listed here about our topic. You can see where the information comes from by reviewing the URL. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I'm going to click on the main high blood pressure link, and it takes us to what MedlinePlus calls a topic page.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>All topic pages are laid out the same way. There’s a table of contents at the top, that includes a summary of the topic, a start here link and videos &amp; tutorials on the right.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>A couple of things I want to show you here are on the right side of the page. There’s a medical encyclopedia that pulls in related links to additional information. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Notice in the Research section there’s a link to patient handouts which can be emailed or printed. Alright, so I’m going to use the arrow to jump me back to the top of the page. I know we have a number of people who work in public health and may want to do their own research of the medical literature or a librarian who might assist someone who wants to research the medical literature.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>When appropriate, MedlinePlus includes a link to Journal Articles. We see that in the research section. When I click on the link, I’m dropped down to the section that includes 3 free full-text articles on the topic. The last link in the research section says see more articles. When we click on that, a search is launched in PubMed. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>PubMed Demo</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>PubMed is a biomedical research database and it’s another product of the National Library of Medicine, and it’s for anybody in the world who wants to research the medical literature. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>If you look at the search box at the top of the page, you can see exactly what and how PubMed performed the search. We see a very long search string.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>In order for us to get a better view of the search string I'm going to click on the word Advanced that's below the search box. And it takes us to the advanced search builder page. And if you scroll down to the history and details section, we see the search that was run even though we started in MedlinePlus. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>We see terms like prehypertension, hypertension, last year, we see a few publication types that were included in our search, such as patient handouts, guidelines and clinical trials. We also see  free full-text, which means that your library doesn’t have to subscribe to the journal to access the article.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>I’m going to go back to our search results by clicking on the hyperlinked number in the history section. And that takes us right back to where we started. Now this is a very broad search, and older adults isn’t part of the search. On the left side of the page we have filters. And I’m going to click on Additional filters. Here we see that we can choose our age group. I’m going to choose 65 plus and we’ve gone from 150 results to 105.   You can apply multiple filters.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>We don’t have time today to do a deep dive into PubMed, but we teach a 3-part webinar series called How PubMed Works. Each webinar is 90 minutes. We’ll be teaching that in November. It’s also available on-demand. And we have another on-demand class called PubMed Essentials. We’ve included registration links on the handout. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>One of the things I’d like you to take away about PubMed is that you can just add your keywords to the search box and retrieve relevant results and search details will show you exactly what and how PubMed searched for your topic.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Now I want to show you one more resource from the National Library of Medicine and I’m going to use the MedlinePlus page we started at as a jumping off point. So, now we’re back on the high blood pressure topic page. You may get a question about clinical trials. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>ClinicalTrials.gov Demo</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>This particular MedlinePlus topic has a link in the research section called Clinical Trials. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>So, I'm going to click on that link, and we’re dropped down to that section on the MedlinePlus page. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>[DO] The first link runs a search on high blood pressure in the clinicaltrials database. We also see a link for pre-hypertension. I’m going to click the first link to run a search on our main topic.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>ClinicalTrials.gov is a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>website</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>online database</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> of clinical research studies and information about their results. The purpose of ClinicalTrials.gov is to provide information about clinical research studies to the public, researchers, and health care professionals. The U.S. government does not review or approve the safety and science of studies listed on this website.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>We teach an entire class on this website called Clinicaltrials.gov for Librarians, but of course, anyone can register. The class provides a deep dive into the website. We’re teaching that class on July 30</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" baseline="30000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>th</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> and we put a link to the registration page   on the handout, if you’d like to register. We also have a class that’s offered on-demand class, and we put that registration link on the handout as well. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>The results we see [POINT: viewing 1551 studies] are for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>not yet recruiting and Recruiting</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> trials because that’s what the MedlinePlus search included. You see our topic hypertension is in the Condition/Disease box, and you can add your location to the left-side panel . </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>You can amend the original search by using the filters on the left, such as:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Eligibility, male, female. Age ranges, older adult is listed here. [DO] APPLY OLDER ADULT LIMIT, and I’m going to scroll back up to the LOCATION box and add HOUSTON. Now we have a list of 26 results. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>[POINT TOP OF PAGE] Just below the line that says Showing results for hypertension is a link that says: Synonyms of conditions or disease. I’ll go ahead and expand that. This could be a helpful source of search terms to use in PubMed, as well.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Alright, so that’s all I’m going to cover in the demos of MedlinePlus, PubMed and ClinicalTrials. As I said before, we teach classes about each of these resources and those links are on the handout.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -19201,51 +19937,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4547574-14BA-5321-9AE8-95470989FD49}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{01B04D42-3D40-4E26-9066-851703755B75}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7/1/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A79E6C9-016B-B788-9E7A-8FB8C75721C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -27449,127 +28185,151 @@
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy/2/community/public-libraries" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/explore-topics/ehealth.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/ideas/topic?topic=948" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/program-ideas/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.svg"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy/2/community/public-libraries" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/explore-topics/ehealth.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/ideas/topic?topic=948" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/program-ideas/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="54" name="Google Shape;54;p13"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -27846,355 +28606,50 @@
                 <a:defRPr/>
               </a:pPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 106"/>
-[...303 lines deleted...]
-      <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 117"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="118" name="Google Shape;118;p24"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="415600" y="2306600"/>
@@ -28335,69 +28790,69 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>11</a:t>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 240"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="241" name="Google Shape;241;p13"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -28587,72 +29042,72 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>12</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8F9F4C9-6B51-41CA-98DD-19E6AE33379F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -29618,74 +30073,1471 @@
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
                 <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>13</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3103627077"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{136B2182-D255-1FBA-9386-4A5965740521}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1207663" y="280853"/>
+            <a:ext cx="3931920" cy="1417318"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Who?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA93AC6F-03F6-6C3A-0669-A0A03820039E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423892" y="2437913"/>
+            <a:ext cx="6172200" cy="2288268"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Will you reach?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Can assist you?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Can partner?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5" descr="Process Cycle with people outline">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BC6B9B7-2607-E7D9-B7D7-A7B5290588D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6877698" y="952042"/>
+            <a:ext cx="4327529" cy="4327529"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="163874149"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF6D59F4-E4FF-8406-CDC1-B80E707EAF17}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8130D1F-D485-AE96-E8DF-B95F38103443}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1175657" y="228600"/>
+            <a:ext cx="3931920" cy="1338943"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" dirty="0"/>
+              <a:t>What?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F10B71E8-B13E-320E-ACC5-65C277034505}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="534989" y="2391683"/>
+            <a:ext cx="6899954" cy="1877387"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>T</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ype of activity?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Resources to include?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Graphic 3" descr="Line drawing of woman Shrugging ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEFA95DF-6091-C8B9-654C-D6FB2AF9C2AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8024434" y="1460555"/>
+            <a:ext cx="3171522" cy="3171522"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="463009702"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDB62072-C18E-59F8-7E7A-5CF696E1D961}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EAA37A0-319E-6A9E-5917-5FB2BF74A0EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="910111" y="234088"/>
+            <a:ext cx="3931920" cy="1366112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>When?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CDDA25B-F666-DE90-FF0F-6E2249FCCFBC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="132215" y="2417762"/>
+            <a:ext cx="9871755" cy="2459037"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Are staff available?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Is your primary audience available?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pair with health observance month or local event?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5" descr="Line drawing of Clock face">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB91D629-6B6F-3D61-E150-B12577EFA488}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8811364" y="354750"/>
+            <a:ext cx="2736793" cy="2736793"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1347588573"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A31D8C0-37BD-64B6-B05F-B92A3FE1547D}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEC331BA-ABCF-6666-CBF3-55B2E3AB3802}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1110342" y="412901"/>
+            <a:ext cx="3931920" cy="1090749"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Where?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{045F8227-C3C1-5B7A-DCE9-CA1F5504B706}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="380999" y="2086152"/>
+            <a:ext cx="7739744" cy="2130398"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Do you have the space?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Senior center or school?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Accessible to participants?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5" descr="Line drawing of map Marker ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB137226-B8B4-27C0-C958-3B90F38B9F6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8956769" y="1214720"/>
+            <a:ext cx="2736793" cy="2736793"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3863157831"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65055E54-CC5F-6FA3-7CFF-A151FC34608C}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB1C70FE-CDA4-592C-CF63-5B6C45877491}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="566058" y="400594"/>
+            <a:ext cx="3931920" cy="917999"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Why?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A353BF3-7DC6-73EA-1EC6-AC60B5CD666F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="192087" y="2227264"/>
+            <a:ext cx="9169627" cy="2660422"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Is your organization the right one to offer this? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Will it benefit your audience?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5" descr="Line drawing of a Question mark">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0E98098-D696-A33F-81BB-D5A11B396840}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9165772" y="1626956"/>
+            <a:ext cx="2736793" cy="2736793"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3475057600"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{867BBD46-11DD-535F-2072-DA08A454E15A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DEC69BC-2DF3-2E21-D3C9-E15BF3AB9C02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1001486" y="405072"/>
+            <a:ext cx="3931920" cy="1079863"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>How?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BFEB124-BBA7-44C1-896F-5C24D214E9A8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="2115355"/>
+            <a:ext cx="9481457" cy="2627289"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>How will you market the program?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>How will you conduct the activity?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>How will you know if it was successful?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5" descr="Workflow outline">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{975D2240-1447-41AB-A4C2-E897BA69EF35}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9901522" y="3764983"/>
+            <a:ext cx="1955322" cy="1955322"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3443640187"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{753E41DB-F386-459D-3CF1-74D2AD6C19FD}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16D8BCE8-4D0D-F6D2-5358-4359132EE282}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="674915" y="400594"/>
+            <a:ext cx="5094514" cy="1319349"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>How much?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA78829C-38B4-0D57-0070-B31CF04A36B6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="224746" y="2570162"/>
+            <a:ext cx="6172200" cy="1544638"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Time?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Money?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5" descr="Line drawing of a stack of Coins ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{557AE944-ECA4-6028-0E28-F32A8738EB51}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7967717" y="2234774"/>
+            <a:ext cx="2736793" cy="2736793"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2798964366"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 64"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65" name="Google Shape;65;p15"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="247960" y="292927"/>
+            <a:ext cx="11360800" cy="763600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en" sz="5300" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Objectives</a:t>
+            </a:r>
+            <a:endParaRPr b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="Google Shape;66;p15"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="415600" y="1368993"/>
+            <a:ext cx="11360800" cy="4498407"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Evaluate older adult population data at the local, state and national level.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Identify health information resources to meet the information needs of older adults.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Develop ideas for library and health education programming that address the health information needs of older adults.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F787B9B9-8C9E-DDE2-4925-758189DE6C6C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10248900" y="6356350"/>
+            <a:ext cx="1104900" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" sz="1600" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -29999,77 +31851,77 @@
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
                 <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>14</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1818100918"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80447528-3C2C-5EB0-6A45-6E11218CADEC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -30114,70 +31966,70 @@
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5216130" y="4202519"/>
+            <a:off x="10280205" y="4919476"/>
             <a:ext cx="607612" cy="607612"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D4E05BF-D427-6802-5B73-9ADCE82C2727}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3165840" y="1330556"/>
+            <a:off x="2826753" y="1322111"/>
             <a:ext cx="6094140" cy="4708981"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900" rtl="0" fontAlgn="base">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="v"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Chronic Health Problems (hospital speaker)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
@@ -30831,74 +32683,74 @@
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
                 <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>15</a:t>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1598752503"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 148"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="149" name="Google Shape;149;p29"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -31043,69 +32895,69 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4844ED3B-EC8D-0D6B-BAD7-905856B21C14}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -31401,74 +33253,74 @@
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
                 <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>17</a:t>
+              <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="61324201"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F597273-B933-5386-4762-95B5239B0092}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -32006,74 +33858,74 @@
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
                 <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>18</a:t>
+              <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="725154068"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -32363,354 +34215,78 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9635486" y="6258118"/>
             <a:ext cx="2329074" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1800" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:pPr algn="r">
                 <a:defRPr/>
               </a:pPr>
-              <a:t>19</a:t>
+              <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1250789077"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...275 lines deleted...]
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 159"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="160" name="Google Shape;160;p31"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -33147,70 +34723,70 @@
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Corbel"/>
                 <a:ea typeface="Corbel"/>
                 <a:cs typeface="Corbel"/>
                 <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="r">
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1800" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:pPr algn="r">
                 <a:defRPr/>
               </a:pPr>
-              <a:t>20</a:t>
+              <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -33494,402 +35070,75 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9363206" y="6324189"/>
             <a:ext cx="2329074" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:pPr algn="r">
                 <a:defRPr/>
               </a:pPr>
-              <a:t>21</a:t>
+              <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4048406361"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...325 lines deleted...]
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 70"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="Google Shape;71;p16"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -34067,69 +35316,69 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>4</a:t>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 82"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="83" name="Google Shape;83;p18"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -34329,69 +35578,69 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>5</a:t>
+              <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 76"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="77" name="Google Shape;77;p17"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -34569,69 +35818,69 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>6</a:t>
+              <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 88"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="89" name="Google Shape;89;p19"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -34838,69 +36087,69 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>7</a:t>
+              <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 94"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="95" name="Google Shape;95;p20"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -35135,69 +36384,69 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>8</a:t>
+              <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3E9A626-60BB-6459-9946-6F58E1F84482}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -36084,66 +37333,371 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>9</a:t>
+              <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2662044186"/>
       </p:ext>
     </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 106"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="107" name="Google Shape;107;p22"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="415600" y="593367"/>
+            <a:ext cx="11360800" cy="763600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>DEMO TIME</a:t>
+            </a:r>
+            <a:endParaRPr b="1" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="108" name="Google Shape;108;p22"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="851029" y="1696291"/>
+            <a:ext cx="8118800" cy="3913191"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="514350" indent="-514350">
+              <a:spcBef>
+                <a:spcPts val="1600"/>
+              </a:spcBef>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>MedlinePlus.gov</a:t>
+            </a:r>
+            <a:endParaRPr sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="514350" indent="-514350">
+              <a:spcBef>
+                <a:spcPts val="1600"/>
+              </a:spcBef>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>PubMed</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="514350" indent="-514350">
+              <a:spcBef>
+                <a:spcPts val="1600"/>
+              </a:spcBef>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>ClincialTrials.gov</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C3E0399-DF22-257C-4C66-58E572BC2499}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10804954" y="6264633"/>
+            <a:ext cx="1104900" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" sz="1600" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/tags/tag1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
@@ -36724,104 +38278,111 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>6937</Words>
+  <Words>7389</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>537</Paragraphs>
-[...1 lines deleted...]
-  <Notes>21</Notes>
+  <Paragraphs>558</Paragraphs>
+  <Slides>27</Slides>
+  <Notes>27</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>21</vt:i4>
+        <vt:i4>27</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="29" baseType="lpstr">
+    <vt:vector size="36" baseType="lpstr">
       <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Century Gothic</vt:lpstr>
       <vt:lpstr>Corbel</vt:lpstr>
       <vt:lpstr>Helvetica</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Basis</vt:lpstr>
       <vt:lpstr>Connecting Older Adults to Health Information</vt:lpstr>
       <vt:lpstr>Objectives</vt:lpstr>
-      <vt:lpstr>Zoom Poll:CE</vt:lpstr>
       <vt:lpstr>Growth of Older Adult Population in the United States</vt:lpstr>
       <vt:lpstr>Your Turn!</vt:lpstr>
       <vt:lpstr>Bird’s Eye View </vt:lpstr>
       <vt:lpstr>Demo - County Health Rankings</vt:lpstr>
       <vt:lpstr>Demo Congressional District Health Dashboard </vt:lpstr>
       <vt:lpstr>9 Most Common Health Conditions in Older Adults </vt:lpstr>
       <vt:lpstr>DEMO TIME</vt:lpstr>
       <vt:lpstr>Programming</vt:lpstr>
       <vt:lpstr>Initial Planning</vt:lpstr>
       <vt:lpstr>7 Key Questions about Programming</vt:lpstr>
+      <vt:lpstr>Who?</vt:lpstr>
+      <vt:lpstr>What?</vt:lpstr>
+      <vt:lpstr>When?</vt:lpstr>
+      <vt:lpstr>Where?</vt:lpstr>
+      <vt:lpstr>Why?</vt:lpstr>
+      <vt:lpstr>How?</vt:lpstr>
+      <vt:lpstr>How much?</vt:lpstr>
       <vt:lpstr>Getting Started with Partnerships</vt:lpstr>
       <vt:lpstr>Healthy People 2030 Focus Areas for Older Adults</vt:lpstr>
       <vt:lpstr>Collection Development, Passive Programming and Reference</vt:lpstr>
       <vt:lpstr>Demo Time:  National Institute on Aging</vt:lpstr>
       <vt:lpstr>Types of Projects &amp; Programs</vt:lpstr>
       <vt:lpstr>Finding Programming Inspiration and Ideas</vt:lpstr>
       <vt:lpstr>Health Observances and Raising Awareness</vt:lpstr>
       <vt:lpstr>Thank You! </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>