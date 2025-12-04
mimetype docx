--- v0 (2025-10-02)
+++ v1 (2025-12-04)
@@ -69,51 +69,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Population Exercise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="560B4E0B" w14:textId="51A09033" w:rsidR="00157CD2" w:rsidRPr="00157CD2" w:rsidRDefault="00157CD2" w:rsidP="00157CD2">
       <w:r>
         <w:t xml:space="preserve">The link below will </w:t>
       </w:r>
       <w:r w:rsidR="007D419B">
         <w:t>open</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> an Excel spreadsheet from the </w:t>
       </w:r>
       <w:r w:rsidR="007D419B">
         <w:t>Administration for Community Living (ACL), which is a government site</w:t>
       </w:r>
       <w:r w:rsidR="007D419B" w:rsidRPr="007D419B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EB08FCB" w14:textId="158A15E6" w:rsidR="00AF24BD" w:rsidRDefault="00AF24BD" w:rsidP="00D17668">
+    <w:p w14:paraId="2EB08FCB" w14:textId="1D5DDCBD" w:rsidR="00AF24BD" w:rsidRDefault="00AF24BD" w:rsidP="00D17668">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00AF24BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Persons Age 65 and Older as a Percentage of Total Population, 2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4A2421B5" w14:textId="0AB537BD" w:rsidR="00346273" w:rsidRPr="005D76DF" w:rsidRDefault="00346273" w:rsidP="00346273">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -121,52 +121,54 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D76DF">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Look at</w:t>
       </w:r>
       <w:r w:rsidR="007D419B">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="005D76DF">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab labelled </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D419B">
-        <w:rPr>
+      <w:r w:rsidRPr="004A6D80">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>State % 65+</w:t>
       </w:r>
       <w:r w:rsidRPr="005D76DF">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D419B">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>along the bottom</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13D42F0D" w14:textId="451298A3" w:rsidR="00DC1F7D" w:rsidRPr="000D5DA2" w:rsidRDefault="00DA6682" w:rsidP="0093648C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -1371,61 +1373,61 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Health Literacy: How Well Can Older Adults Find, Understand, and Use Health Information?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00440804" w:rsidRPr="001B769C">
       <w:headerReference w:type="default" r:id="rId60"/>
       <w:footerReference w:type="default" r:id="rId61"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DC4DDD5" w14:textId="77777777" w:rsidR="004A158A" w:rsidRDefault="004A158A" w:rsidP="00291D15">
+    <w:p w14:paraId="7562BC29" w14:textId="77777777" w:rsidR="007568BD" w:rsidRDefault="007568BD" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A70BF29" w14:textId="77777777" w:rsidR="004A158A" w:rsidRDefault="004A158A" w:rsidP="00291D15">
+    <w:p w14:paraId="1BC63E8E" w14:textId="77777777" w:rsidR="007568BD" w:rsidRDefault="007568BD" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1435,58 +1437,58 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26651F3F" w14:textId="7FB70A8E" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00485108">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -1585,61 +1587,61 @@
         </w:r>
         <w:r w:rsidR="00485108">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0C59B932" w14:textId="15E48E6C" w:rsidR="007F66FE" w:rsidRPr="007F66FE" w:rsidRDefault="007F66FE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EC4CBD6" w14:textId="77777777" w:rsidR="004A158A" w:rsidRDefault="004A158A" w:rsidP="00291D15">
+    <w:p w14:paraId="6437A46F" w14:textId="77777777" w:rsidR="007568BD" w:rsidRDefault="007568BD" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="738C993E" w14:textId="77777777" w:rsidR="004A158A" w:rsidRDefault="004A158A" w:rsidP="00291D15">
+    <w:p w14:paraId="787B8451" w14:textId="77777777" w:rsidR="007568BD" w:rsidRDefault="007568BD" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75D7C759" w14:textId="0529AE74" w:rsidR="00F23CAF" w:rsidRDefault="00F23CAF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B164CF7" wp14:editId="028A9869">
           <wp:extent cx="5943600" cy="952500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -2824,51 +2826,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="980156875">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="443815651">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1707365890">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="922223229">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="486282271">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="271019310">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291D15"/>
@@ -2884,139 +2886,143 @@
     <w:rsid w:val="000956FA"/>
     <w:rsid w:val="000C3EF1"/>
     <w:rsid w:val="000C76B4"/>
     <w:rsid w:val="000D5DA2"/>
     <w:rsid w:val="000F0551"/>
     <w:rsid w:val="000F1DB3"/>
     <w:rsid w:val="000F6EBA"/>
     <w:rsid w:val="00121C45"/>
     <w:rsid w:val="00135AD2"/>
     <w:rsid w:val="00144148"/>
     <w:rsid w:val="00157A3F"/>
     <w:rsid w:val="00157CD2"/>
     <w:rsid w:val="00164343"/>
     <w:rsid w:val="00171FA7"/>
     <w:rsid w:val="00172832"/>
     <w:rsid w:val="001729CA"/>
     <w:rsid w:val="001B769C"/>
     <w:rsid w:val="001E005E"/>
     <w:rsid w:val="00210665"/>
     <w:rsid w:val="00221AD4"/>
     <w:rsid w:val="00223106"/>
     <w:rsid w:val="00244602"/>
     <w:rsid w:val="00245009"/>
     <w:rsid w:val="0025493F"/>
     <w:rsid w:val="00291D15"/>
+    <w:rsid w:val="002D05EF"/>
     <w:rsid w:val="002F688C"/>
     <w:rsid w:val="002F6A02"/>
     <w:rsid w:val="003001FB"/>
     <w:rsid w:val="003106DB"/>
     <w:rsid w:val="00346273"/>
     <w:rsid w:val="00395251"/>
     <w:rsid w:val="003E4CB1"/>
     <w:rsid w:val="003F5422"/>
     <w:rsid w:val="00405C68"/>
     <w:rsid w:val="00414371"/>
     <w:rsid w:val="00440804"/>
     <w:rsid w:val="00456325"/>
     <w:rsid w:val="00473B10"/>
     <w:rsid w:val="00485108"/>
     <w:rsid w:val="00496FCD"/>
     <w:rsid w:val="004A0837"/>
     <w:rsid w:val="004A158A"/>
     <w:rsid w:val="004A1EA6"/>
+    <w:rsid w:val="004A6D80"/>
     <w:rsid w:val="004B5D3C"/>
     <w:rsid w:val="004D4561"/>
     <w:rsid w:val="004E19E0"/>
     <w:rsid w:val="004F1708"/>
     <w:rsid w:val="00513592"/>
     <w:rsid w:val="00522773"/>
     <w:rsid w:val="005272F1"/>
     <w:rsid w:val="00571FE4"/>
     <w:rsid w:val="005A350D"/>
     <w:rsid w:val="005B00BF"/>
     <w:rsid w:val="005B3918"/>
     <w:rsid w:val="005D44D2"/>
     <w:rsid w:val="005D5145"/>
     <w:rsid w:val="005D76DF"/>
     <w:rsid w:val="00600921"/>
     <w:rsid w:val="00613ED9"/>
     <w:rsid w:val="00625C5A"/>
     <w:rsid w:val="0062752E"/>
     <w:rsid w:val="00637F35"/>
     <w:rsid w:val="00644B16"/>
     <w:rsid w:val="00660EBD"/>
     <w:rsid w:val="0066520E"/>
     <w:rsid w:val="006B43EF"/>
     <w:rsid w:val="006E4876"/>
     <w:rsid w:val="006E74DE"/>
     <w:rsid w:val="007142FB"/>
+    <w:rsid w:val="007568BD"/>
     <w:rsid w:val="0078366C"/>
     <w:rsid w:val="0079135D"/>
     <w:rsid w:val="007D419B"/>
     <w:rsid w:val="007F202F"/>
     <w:rsid w:val="007F66FE"/>
     <w:rsid w:val="00807B67"/>
     <w:rsid w:val="00817C3C"/>
     <w:rsid w:val="008223DB"/>
     <w:rsid w:val="00823EB6"/>
     <w:rsid w:val="008358B2"/>
     <w:rsid w:val="008960B2"/>
     <w:rsid w:val="0093648C"/>
     <w:rsid w:val="00977D7B"/>
     <w:rsid w:val="00983BF0"/>
     <w:rsid w:val="00985E7F"/>
     <w:rsid w:val="00986D94"/>
     <w:rsid w:val="00986E08"/>
     <w:rsid w:val="009B3AAD"/>
     <w:rsid w:val="009B57BC"/>
     <w:rsid w:val="009C4C07"/>
     <w:rsid w:val="009D12EA"/>
     <w:rsid w:val="00A14BB9"/>
     <w:rsid w:val="00A165A6"/>
     <w:rsid w:val="00A31AA6"/>
     <w:rsid w:val="00A40916"/>
     <w:rsid w:val="00A502D4"/>
     <w:rsid w:val="00A57D04"/>
     <w:rsid w:val="00A67870"/>
     <w:rsid w:val="00AA1678"/>
     <w:rsid w:val="00AB5799"/>
     <w:rsid w:val="00AF24BD"/>
     <w:rsid w:val="00AF54DB"/>
     <w:rsid w:val="00B14B3F"/>
     <w:rsid w:val="00B31E3E"/>
     <w:rsid w:val="00B6157A"/>
     <w:rsid w:val="00B61591"/>
     <w:rsid w:val="00B6732F"/>
     <w:rsid w:val="00B947CC"/>
     <w:rsid w:val="00B977EA"/>
     <w:rsid w:val="00BA57B9"/>
     <w:rsid w:val="00BC39D9"/>
     <w:rsid w:val="00BC4C1B"/>
     <w:rsid w:val="00BE377D"/>
     <w:rsid w:val="00BE6B07"/>
     <w:rsid w:val="00BF49E7"/>
+    <w:rsid w:val="00C1437B"/>
     <w:rsid w:val="00C40178"/>
     <w:rsid w:val="00C505EB"/>
     <w:rsid w:val="00C7091E"/>
     <w:rsid w:val="00C901CB"/>
     <w:rsid w:val="00CA335D"/>
     <w:rsid w:val="00CC4FAF"/>
     <w:rsid w:val="00CE00F1"/>
     <w:rsid w:val="00CE7517"/>
     <w:rsid w:val="00D16403"/>
     <w:rsid w:val="00D17668"/>
     <w:rsid w:val="00D275CA"/>
     <w:rsid w:val="00D51EEC"/>
     <w:rsid w:val="00DA01ED"/>
     <w:rsid w:val="00DA4A66"/>
     <w:rsid w:val="00DA6682"/>
     <w:rsid w:val="00DB4497"/>
     <w:rsid w:val="00DC1F7D"/>
     <w:rsid w:val="00DE3615"/>
     <w:rsid w:val="00DE690B"/>
     <w:rsid w:val="00DF0C8E"/>
     <w:rsid w:val="00E1715B"/>
     <w:rsid w:val="00E30ED8"/>
     <w:rsid w:val="00E76E5A"/>
     <w:rsid w:val="00E96DA5"/>
     <w:rsid w:val="00F009C5"/>
@@ -4412,51 +4418,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2112047469">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/sites/default/files/rusa/content/resources/guidelines/60plusGuidelines2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eldercare.acl.gov" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://order.nia.nih.gov/view-all-publications" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/sites/default/files/aboutala/content/Keys%20to%20Engaging%20Older%20Adults-8-19-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://order.nia.nih.gov/publication/caregivers-handbook" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/how-pubmed-works" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/pubmed-essentials-demand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/health-programming-your-library" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eldercare.acl.gov/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/sites/default/files/2023-09/ready-gov_disaster-preparedness-guide-for-older-adults.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/library/visualizations/interactive/exploring-age-groups-in-the-2020-census.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nei.nih.gov/learn-about-eye-health/outreach-resources/vision-and-aging-resources" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/health-care-professionals-information" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving/take-care-yourself-caregiver" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/clinicaltrialsgov-librarians-6" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acl.gov/sites/default/files/Profile%20of%20OA/ACL_ProfileOlderAmericans2023_508.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publiclibrariesonline.org/2024/12/best-practices-for-engaging-seniors-at-the-library/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acl.gov/oam/2025/older-americans-month-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/_3SXJmcAWQA?si=1tN9fi3AAWIaFKIk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/healthypeople" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/srrt/ejtf/library-services-older-adults" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/how-pubmedr-works-demand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/medlineplus-tutorial-librarians-and-health-educators" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Facl.gov%2Fsites%2Fdefault%2Ffiles%2FProfile%2520of%2520OA%2FACL_ProfileOlderAmericans2023_DataTables.xlsx&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/topic-searching-pubmed-using-medical-subject-headings" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/advocacy/diversity/services-alzheimers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/myhealthfinder" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/news/webjunction/health-happens-in-libraries.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/healthy-aging/looking-health-information-older-adults-multiple-languages" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.healthyagingpoll.org/reports-more/report/health-literacy-how-well-can-older-adults-find-understand-and-use-health" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/tools/atoz/older-adults" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/introduction-clinicaltrialsgov-demand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alzfdn.org/caregiving-resources/facts-tips/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/news/202505/support-older-americans-month-our-resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/older-adults" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/phrase-searching-pubmed" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/PkPb9xfAYBM?si=_DwwVG_Im8WZEQee" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.congressionaldistricthealthdashboard.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits/caregiving" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/using-pubmed-evidence-based-practice-demand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/sites/default/files/rusa/content/resources/guidelines/60plusGuidelines2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eldercare.acl.gov" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://order.nia.nih.gov/view-all-publications" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/sites/default/files/aboutala/content/Keys%20to%20Engaging%20Older%20Adults-8-19-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://order.nia.nih.gov/publication/caregivers-handbook" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/how-pubmed-works" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/pubmed-essentials-demand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/health-programming-your-library" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eldercare.acl.gov/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/sites/default/files/2023-09/ready-gov_disaster-preparedness-guide-for-older-adults.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/library/visualizations/interactive/exploring-age-groups-in-the-2020-census.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nei.nih.gov/learn-about-eye-health/outreach-resources/vision-and-aging-resources" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/health-care-professionals-information" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving/take-care-yourself-caregiver" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/clinicaltrialsgov-librarians-6" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acl.gov/sites/default/files/Profile%20of%20OA/ACL_ProfileOlderAmericans2023_508.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publiclibrariesonline.org/2024/12/best-practices-for-engaging-seniors-at-the-library/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acl.gov/oam/2025/older-americans-month-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/_3SXJmcAWQA?si=1tN9fi3AAWIaFKIk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/healthypeople" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/srrt/ejtf/library-services-older-adults" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/how-pubmedr-works-demand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/medlineplus-tutorial-librarians-and-health-educators" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/Mm6Gv" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/topic-searching-pubmed-using-medical-subject-headings" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/advocacy/diversity/services-alzheimers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/myhealthfinder" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/news/webjunction/health-happens-in-libraries.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/healthy-aging/looking-health-information-older-adults-multiple-languages" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.healthyagingpoll.org/reports-more/report/health-literacy-how-well-can-older-adults-find-understand-and-use-health" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/tools/atoz/older-adults" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/introduction-clinicaltrialsgov-demand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alzfdn.org/caregiving-resources/facts-tips/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/news/202505/support-older-americans-month-our-resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/older-adults" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/phrase-searching-pubmed" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/PkPb9xfAYBM?si=_DwwVG_Im8WZEQee" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.congressionaldistricthealthdashboard.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits/caregiving" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/using-pubmed-evidence-based-practice-demand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -4735,84 +4741,84 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91B2A4F3-67F8-4ADF-8244-44109B937FE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1097</Words>
-  <Characters>6255</Characters>
+  <Words>1077</Words>
+  <Characters>6112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>203</Lines>
+  <Paragraphs>224</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Connecting Older Adults to Health Information</vt:lpstr>
       <vt:lpstr>    Population Exercise</vt:lpstr>
       <vt:lpstr>    Persons Age 65 and Older as a Percentage of Total Population, 2022</vt:lpstr>
       <vt:lpstr>    NNLM Classes</vt:lpstr>
       <vt:lpstr>    Resources</vt:lpstr>
       <vt:lpstr>    National Institute on Aging</vt:lpstr>
       <vt:lpstr>    Sources Cited</vt:lpstr>
       <vt:lpstr>    2023 Profile of Older Americans from the Administration on Aging (PDF)</vt:lpstr>
       <vt:lpstr>    Health Literacy: How Well Can Older Adults Find, Understand, and Use Health Info</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7338</CharactersWithSpaces>
+  <CharactersWithSpaces>6965</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>