--- v1 (2025-12-04)
+++ v2 (2026-01-22)
@@ -196,67 +196,67 @@
           </w:rPr>
           <w:t>County Health Rankings</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="57C653C5" w14:textId="35A8FD3B" w:rsidR="00B6157A" w:rsidRDefault="00B6157A" w:rsidP="00C7091E">
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00B6157A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Congressional District Health Dashboard</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="46EAAB0B" w14:textId="75E9815B" w:rsidR="00B6157A" w:rsidRDefault="00B6157A" w:rsidP="00C7091E">
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00B6157A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Exploring Age Groups in the 2020 Census</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5398B75D" w14:textId="16F470D5" w:rsidR="00D17668" w:rsidRDefault="00D17668" w:rsidP="00C7091E">
+    <w:p w14:paraId="5398B75D" w14:textId="1403F330" w:rsidR="00D17668" w:rsidRDefault="00D17668" w:rsidP="00C7091E">
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00D17668">
-[...7 lines deleted...]
-    <w:p w14:paraId="6745A0BA" w14:textId="04FED936" w:rsidR="00D17668" w:rsidRDefault="00D17668" w:rsidP="00C7091E">
+        <w:r w:rsidR="000E044F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>MedlinePlus.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6745A0BA" w14:textId="50E30A27" w:rsidR="00D17668" w:rsidRDefault="00D17668" w:rsidP="00C7091E">
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00D17668">
-[...3 lines deleted...]
-          <w:t>PubMed</w:t>
+        <w:r w:rsidR="000E044F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>PubMed.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="507950E4" w14:textId="478303F0" w:rsidR="00C7091E" w:rsidRDefault="00DA6682" w:rsidP="00C7091E">
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ClinicalTrials.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="10102410" w14:textId="2FE892A9" w:rsidR="008960B2" w:rsidRDefault="008960B2" w:rsidP="00C7091E">
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Alzheimer's Foundation of America Facts &amp; Tips</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5AF7BD78" w14:textId="66238EF6" w:rsidR="0025493F" w:rsidRDefault="0025493F" w:rsidP="00C7091E">
       <w:hyperlink r:id="rId16" w:history="1">
@@ -1141,62 +1141,62 @@
       </w:pPr>
       <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="009B57BC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>How PubMed Works (webinar)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5F3BA249" w14:textId="77777777" w:rsidR="006E74DE" w:rsidRPr="009B57BC" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="009B57BC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>How PubMed Works On-Demand</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DCDACC1" w14:textId="77777777" w:rsidR="006E74DE" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
+    <w:p w14:paraId="0DCDACC1" w14:textId="38FC663A" w:rsidR="006E74DE" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId49" w:history="1">
-        <w:r w:rsidRPr="00210665">
-[...3 lines deleted...]
-          <w:t>Phrase Searching in PubMed</w:t>
+        <w:r w:rsidR="0066622E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Phrase Searching in PubMed On-Demand</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2669209C" w14:textId="77777777" w:rsidR="006E74DE" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="00210665">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>PubMed Essentials On-Demand</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2A14D8DD" w14:textId="77777777" w:rsidR="006E74DE" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId51" w:history="1">
@@ -1213,221 +1213,303 @@
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="00210665">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Using PubMed in Evidence-Based Practice On</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00210665">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Demand</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6236BB22" w14:textId="77777777" w:rsidR="006E74DE" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
-[...2 lines deleted...]
-          <w:color w:val="EE0000"/>
+    <w:p w14:paraId="68B5F3C5" w14:textId="77777777" w:rsidR="006E74DE" w:rsidRPr="00A502D4" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="00A502D4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>ClinicalTrials.gov for Librarians July 30, 2025</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="68B5F3C5" w14:textId="77777777" w:rsidR="006E74DE" w:rsidRPr="00A502D4" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
+          <w:t>An Introduction to ClinicalTrials.gov On-Demand</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2755C667" w14:textId="77777777" w:rsidR="006E74DE" w:rsidRPr="00210665" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId54" w:history="1">
-        <w:r w:rsidRPr="00A502D4">
-[...7 lines deleted...]
-    <w:p w14:paraId="2755C667" w14:textId="77777777" w:rsidR="006E74DE" w:rsidRPr="00210665" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
+        <w:r w:rsidRPr="00210665">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Health Programming at your Library</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="20A91E3C" w14:textId="77777777" w:rsidR="006E74DE" w:rsidRPr="00210665" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidRPr="00210665">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Health Programming at your Library</w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:t>MedlinePlus Tutorial for Librarians and Health Educators</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="73FE2F3C" w14:textId="0CDC8237" w:rsidR="006E74DE" w:rsidRPr="006E74DE" w:rsidRDefault="006E74DE" w:rsidP="006E74DE">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId56" w:history="1">
-        <w:r w:rsidRPr="00210665">
-[...17 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="00D84973">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>1-Minute Video: How to Claim CE from the Medical Library Association</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="414A1798" w14:textId="77777777" w:rsidR="004A0837" w:rsidRPr="00CE00F1" w:rsidRDefault="004A0837" w:rsidP="004A0837">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE00F1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sources Cited</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5277E86D" w14:textId="54507F5F" w:rsidR="004A0837" w:rsidRPr="00FC66EE" w:rsidRDefault="008223DB" w:rsidP="004A0837">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId58" w:history="1">
+      <w:hyperlink r:id="rId57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2023 Profile of Older Americans from the Administration on Aging (PDF)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42F3FE63" w14:textId="3BC9D235" w:rsidR="00440804" w:rsidRPr="001B769C" w:rsidRDefault="00F16E62" w:rsidP="001B769C">
+    <w:p w14:paraId="42F3FE63" w14:textId="3BC9D235" w:rsidR="00440804" w:rsidRDefault="00F16E62" w:rsidP="001B769C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId59" w:history="1">
+      </w:pPr>
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Health Literacy: How Well Can Older Adults Find, Understand, and Use Health Information?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00440804" w:rsidRPr="001B769C">
+    <w:p w14:paraId="59AAE83D" w14:textId="7A4E9ABE" w:rsidR="00233966" w:rsidRPr="00387325" w:rsidRDefault="00387325" w:rsidP="00387325">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00387325">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CHIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668BCDC0" w14:textId="24F7536E" w:rsidR="00233966" w:rsidRDefault="00233966" w:rsidP="00233966">
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidRPr="00233966">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Consumer Health Information Specialization (CHIS) from the Medical Library Association</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="59FFC09E" w14:textId="4DF1EB14" w:rsidR="00233966" w:rsidRDefault="00233966" w:rsidP="00233966">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233966">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>This class covers CHIS competencies 1, 2 and 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6CDC7C" w14:textId="77777777" w:rsidR="00233966" w:rsidRPr="00233966" w:rsidRDefault="00233966" w:rsidP="00233966">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233966">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1. Know the Community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61537D34" w14:textId="77777777" w:rsidR="00233966" w:rsidRPr="00233966" w:rsidRDefault="00233966" w:rsidP="00233966">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233966">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2. Know the Health Consumer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD2A87D" w14:textId="5AF70CFB" w:rsidR="00233966" w:rsidRPr="00233966" w:rsidRDefault="00233966" w:rsidP="00233966">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233966">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3. Knowledge of Subject Matter and Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00233966" w:rsidRPr="00233966">
       <w:headerReference w:type="default" r:id="rId60"/>
       <w:footerReference w:type="default" r:id="rId61"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7562BC29" w14:textId="77777777" w:rsidR="007568BD" w:rsidRDefault="007568BD" w:rsidP="00291D15">
+    <w:p w14:paraId="6A83DA78" w14:textId="77777777" w:rsidR="008528FC" w:rsidRDefault="008528FC" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BC63E8E" w14:textId="77777777" w:rsidR="007568BD" w:rsidRDefault="007568BD" w:rsidP="00291D15">
+    <w:p w14:paraId="2DC7E10D" w14:textId="77777777" w:rsidR="008528FC" w:rsidRDefault="008528FC" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1457,113 +1539,106 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="26651F3F" w14:textId="7FB70A8E" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
+  <w:p w14:paraId="26651F3F" w14:textId="7B0CEAA9" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00485108">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
     </w:r>
     <w:r w:rsidR="00BC4C1B">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="000956FA">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Updated </w:t>
     </w:r>
-    <w:r w:rsidR="00F438BF">
+    <w:r w:rsidR="0066622E">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>July</w:t>
+      <w:t>January</w:t>
+    </w:r>
+    <w:r w:rsidR="00007BCB">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="005D5145">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00003718">
+    <w:r w:rsidR="0066622E">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>21</w:t>
-[...13 lines deleted...]
-      <w:t>2025</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="000956FA">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C3873B0" w14:textId="762C8E89" w:rsidR="00485108" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1165859887"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
@@ -1587,61 +1662,61 @@
         </w:r>
         <w:r w:rsidR="00485108">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0C59B932" w14:textId="15E48E6C" w:rsidR="007F66FE" w:rsidRPr="007F66FE" w:rsidRDefault="007F66FE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6437A46F" w14:textId="77777777" w:rsidR="007568BD" w:rsidRDefault="007568BD" w:rsidP="00291D15">
+    <w:p w14:paraId="13F26301" w14:textId="77777777" w:rsidR="008528FC" w:rsidRDefault="008528FC" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="787B8451" w14:textId="77777777" w:rsidR="007568BD" w:rsidRDefault="007568BD" w:rsidP="00291D15">
+    <w:p w14:paraId="526023A9" w14:textId="77777777" w:rsidR="008528FC" w:rsidRDefault="008528FC" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75D7C759" w14:textId="0529AE74" w:rsidR="00F23CAF" w:rsidRDefault="00F23CAF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B164CF7" wp14:editId="028A9869">
           <wp:extent cx="5943600" cy="952500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -2857,196 +2932,210 @@
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291D15"/>
     <w:rsid w:val="00001D2B"/>
     <w:rsid w:val="00003718"/>
     <w:rsid w:val="00005885"/>
     <w:rsid w:val="00007BCB"/>
     <w:rsid w:val="0001624B"/>
+    <w:rsid w:val="000201CB"/>
     <w:rsid w:val="00021AB2"/>
     <w:rsid w:val="0003237F"/>
     <w:rsid w:val="00034A47"/>
     <w:rsid w:val="00090D50"/>
     <w:rsid w:val="000956FA"/>
     <w:rsid w:val="000C3EF1"/>
     <w:rsid w:val="000C76B4"/>
     <w:rsid w:val="000D5DA2"/>
+    <w:rsid w:val="000E044F"/>
     <w:rsid w:val="000F0551"/>
     <w:rsid w:val="000F1DB3"/>
     <w:rsid w:val="000F6EBA"/>
     <w:rsid w:val="00121C45"/>
     <w:rsid w:val="00135AD2"/>
     <w:rsid w:val="00144148"/>
     <w:rsid w:val="00157A3F"/>
     <w:rsid w:val="00157CD2"/>
     <w:rsid w:val="00164343"/>
     <w:rsid w:val="00171FA7"/>
     <w:rsid w:val="00172832"/>
     <w:rsid w:val="001729CA"/>
     <w:rsid w:val="001B769C"/>
     <w:rsid w:val="001E005E"/>
+    <w:rsid w:val="001F05FE"/>
     <w:rsid w:val="00210665"/>
     <w:rsid w:val="00221AD4"/>
     <w:rsid w:val="00223106"/>
+    <w:rsid w:val="00226FBB"/>
+    <w:rsid w:val="00233966"/>
     <w:rsid w:val="00244602"/>
     <w:rsid w:val="00245009"/>
     <w:rsid w:val="0025493F"/>
     <w:rsid w:val="00291D15"/>
     <w:rsid w:val="002D05EF"/>
     <w:rsid w:val="002F688C"/>
     <w:rsid w:val="002F6A02"/>
     <w:rsid w:val="003001FB"/>
     <w:rsid w:val="003106DB"/>
     <w:rsid w:val="00346273"/>
+    <w:rsid w:val="00387325"/>
     <w:rsid w:val="00395251"/>
+    <w:rsid w:val="003B1F23"/>
     <w:rsid w:val="003E4CB1"/>
     <w:rsid w:val="003F5422"/>
     <w:rsid w:val="00405C68"/>
     <w:rsid w:val="00414371"/>
     <w:rsid w:val="00440804"/>
     <w:rsid w:val="00456325"/>
     <w:rsid w:val="00473B10"/>
     <w:rsid w:val="00485108"/>
     <w:rsid w:val="00496FCD"/>
+    <w:rsid w:val="004978A5"/>
     <w:rsid w:val="004A0837"/>
     <w:rsid w:val="004A158A"/>
     <w:rsid w:val="004A1EA6"/>
     <w:rsid w:val="004A6D80"/>
     <w:rsid w:val="004B5D3C"/>
     <w:rsid w:val="004D4561"/>
     <w:rsid w:val="004E19E0"/>
     <w:rsid w:val="004F1708"/>
     <w:rsid w:val="00513592"/>
     <w:rsid w:val="00522773"/>
     <w:rsid w:val="005272F1"/>
     <w:rsid w:val="00571FE4"/>
     <w:rsid w:val="005A350D"/>
     <w:rsid w:val="005B00BF"/>
     <w:rsid w:val="005B3918"/>
     <w:rsid w:val="005D44D2"/>
     <w:rsid w:val="005D5145"/>
     <w:rsid w:val="005D76DF"/>
     <w:rsid w:val="00600921"/>
     <w:rsid w:val="00613ED9"/>
     <w:rsid w:val="00625C5A"/>
     <w:rsid w:val="0062752E"/>
     <w:rsid w:val="00637F35"/>
     <w:rsid w:val="00644B16"/>
     <w:rsid w:val="00660EBD"/>
     <w:rsid w:val="0066520E"/>
+    <w:rsid w:val="0066622E"/>
     <w:rsid w:val="006B43EF"/>
     <w:rsid w:val="006E4876"/>
     <w:rsid w:val="006E74DE"/>
     <w:rsid w:val="007142FB"/>
+    <w:rsid w:val="00716161"/>
     <w:rsid w:val="007568BD"/>
     <w:rsid w:val="0078366C"/>
     <w:rsid w:val="0079135D"/>
     <w:rsid w:val="007D419B"/>
     <w:rsid w:val="007F202F"/>
     <w:rsid w:val="007F66FE"/>
     <w:rsid w:val="00807B67"/>
     <w:rsid w:val="00817C3C"/>
     <w:rsid w:val="008223DB"/>
     <w:rsid w:val="00823EB6"/>
     <w:rsid w:val="008358B2"/>
+    <w:rsid w:val="008528FC"/>
     <w:rsid w:val="008960B2"/>
     <w:rsid w:val="0093648C"/>
     <w:rsid w:val="00977D7B"/>
     <w:rsid w:val="00983BF0"/>
     <w:rsid w:val="00985E7F"/>
     <w:rsid w:val="00986D94"/>
     <w:rsid w:val="00986E08"/>
     <w:rsid w:val="009B3AAD"/>
     <w:rsid w:val="009B57BC"/>
     <w:rsid w:val="009C4C07"/>
     <w:rsid w:val="009D12EA"/>
     <w:rsid w:val="00A14BB9"/>
     <w:rsid w:val="00A165A6"/>
     <w:rsid w:val="00A31AA6"/>
     <w:rsid w:val="00A40916"/>
     <w:rsid w:val="00A502D4"/>
     <w:rsid w:val="00A57D04"/>
     <w:rsid w:val="00A67870"/>
     <w:rsid w:val="00AA1678"/>
     <w:rsid w:val="00AB5799"/>
     <w:rsid w:val="00AF24BD"/>
     <w:rsid w:val="00AF54DB"/>
     <w:rsid w:val="00B14B3F"/>
     <w:rsid w:val="00B31E3E"/>
     <w:rsid w:val="00B6157A"/>
     <w:rsid w:val="00B61591"/>
     <w:rsid w:val="00B6732F"/>
     <w:rsid w:val="00B947CC"/>
     <w:rsid w:val="00B977EA"/>
     <w:rsid w:val="00BA57B9"/>
     <w:rsid w:val="00BC39D9"/>
     <w:rsid w:val="00BC4C1B"/>
     <w:rsid w:val="00BE377D"/>
     <w:rsid w:val="00BE6B07"/>
     <w:rsid w:val="00BF49E7"/>
     <w:rsid w:val="00C1437B"/>
     <w:rsid w:val="00C40178"/>
     <w:rsid w:val="00C505EB"/>
     <w:rsid w:val="00C7091E"/>
     <w:rsid w:val="00C901CB"/>
     <w:rsid w:val="00CA335D"/>
     <w:rsid w:val="00CC4FAF"/>
     <w:rsid w:val="00CE00F1"/>
     <w:rsid w:val="00CE7517"/>
     <w:rsid w:val="00D16403"/>
     <w:rsid w:val="00D17668"/>
     <w:rsid w:val="00D275CA"/>
     <w:rsid w:val="00D51EEC"/>
+    <w:rsid w:val="00D84973"/>
     <w:rsid w:val="00DA01ED"/>
     <w:rsid w:val="00DA4A66"/>
+    <w:rsid w:val="00DA4A93"/>
     <w:rsid w:val="00DA6682"/>
     <w:rsid w:val="00DB4497"/>
     <w:rsid w:val="00DC1F7D"/>
     <w:rsid w:val="00DE3615"/>
     <w:rsid w:val="00DE690B"/>
     <w:rsid w:val="00DF0C8E"/>
     <w:rsid w:val="00E1715B"/>
     <w:rsid w:val="00E30ED8"/>
     <w:rsid w:val="00E76E5A"/>
     <w:rsid w:val="00E96DA5"/>
+    <w:rsid w:val="00EC617B"/>
     <w:rsid w:val="00F009C5"/>
     <w:rsid w:val="00F16E62"/>
     <w:rsid w:val="00F23AFB"/>
     <w:rsid w:val="00F23CAF"/>
     <w:rsid w:val="00F276F5"/>
     <w:rsid w:val="00F438BF"/>
     <w:rsid w:val="00F539B1"/>
     <w:rsid w:val="00F906DB"/>
     <w:rsid w:val="00F91242"/>
     <w:rsid w:val="00FA66F1"/>
     <w:rsid w:val="00FC66EE"/>
     <w:rsid w:val="00FE279B"/>
     <w:rsid w:val="00FF5071"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -4418,51 +4507,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2112047469">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/sites/default/files/rusa/content/resources/guidelines/60plusGuidelines2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eldercare.acl.gov" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://order.nia.nih.gov/view-all-publications" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/sites/default/files/aboutala/content/Keys%20to%20Engaging%20Older%20Adults-8-19-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://order.nia.nih.gov/publication/caregivers-handbook" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/how-pubmed-works" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/pubmed-essentials-demand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/health-programming-your-library" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eldercare.acl.gov/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/sites/default/files/2023-09/ready-gov_disaster-preparedness-guide-for-older-adults.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/library/visualizations/interactive/exploring-age-groups-in-the-2020-census.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nei.nih.gov/learn-about-eye-health/outreach-resources/vision-and-aging-resources" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/health-care-professionals-information" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving/take-care-yourself-caregiver" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/clinicaltrialsgov-librarians-6" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acl.gov/sites/default/files/Profile%20of%20OA/ACL_ProfileOlderAmericans2023_508.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publiclibrariesonline.org/2024/12/best-practices-for-engaging-seniors-at-the-library/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acl.gov/oam/2025/older-americans-month-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/_3SXJmcAWQA?si=1tN9fi3AAWIaFKIk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/healthypeople" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/srrt/ejtf/library-services-older-adults" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/how-pubmedr-works-demand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/medlineplus-tutorial-librarians-and-health-educators" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/Mm6Gv" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/topic-searching-pubmed-using-medical-subject-headings" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/advocacy/diversity/services-alzheimers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/myhealthfinder" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/news/webjunction/health-happens-in-libraries.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/healthy-aging/looking-health-information-older-adults-multiple-languages" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.healthyagingpoll.org/reports-more/report/health-literacy-how-well-can-older-adults-find-understand-and-use-health" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/tools/atoz/older-adults" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/introduction-clinicaltrialsgov-demand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alzfdn.org/caregiving-resources/facts-tips/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/news/202505/support-older-americans-month-our-resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/older-adults" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/phrase-searching-pubmed" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/PkPb9xfAYBM?si=_DwwVG_Im8WZEQee" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.congressionaldistricthealthdashboard.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits/caregiving" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/using-pubmed-evidence-based-practice-demand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/sites/default/files/rusa/content/resources/guidelines/60plusGuidelines2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eldercare.acl.gov" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://order.nia.nih.gov/view-all-publications" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/sites/default/files/aboutala/content/Keys%20to%20Engaging%20Older%20Adults-8-19-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://order.nia.nih.gov/publication/caregivers-handbook" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/how-pubmed-works" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/pubmed-essentials-demand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/medlineplus-tutorial-librarians-and-health-educators" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eldercare.acl.gov/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/sites/default/files/2023-09/ready-gov_disaster-preparedness-guide-for-older-adults.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/library/visualizations/interactive/exploring-age-groups-in-the-2020-census.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nei.nih.gov/learn-about-eye-health/outreach-resources/vision-and-aging-resources" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/health-care-professionals-information" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving/take-care-yourself-caregiver" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/introduction-clinicaltrialsgov-demand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.healthyagingpoll.org/reports-more/report/health-literacy-how-well-can-older-adults-find-understand-and-use-health" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publiclibrariesonline.org/2024/12/best-practices-for-engaging-seniors-at-the-library/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acl.gov/oam/2025/older-americans-month-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/_3SXJmcAWQA?si=1tN9fi3AAWIaFKIk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/healthypeople" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/srrt/ejtf/library-services-older-adults" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/how-pubmedr-works-demand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/PkPb9xfAYBM?si=_DwwVG_Im8WZEQee" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/Mm6Gv" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/topic-searching-pubmed-using-medical-subject-headings" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/advocacy/diversity/services-alzheimers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/myhealthfinder" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/news/webjunction/health-happens-in-libraries.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/healthy-aging/looking-health-information-older-adults-multiple-languages" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlanet.org/Specializations/consumer-health-information-specialization/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/tools/atoz/older-adults" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/health/caregiving" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/health-programming-your-library" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alzfdn.org/caregiving-resources/facts-tips/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/news/202505/support-older-americans-month-our-resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/older-adults" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/phrase-searching-pubmed" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acl.gov/sites/default/files/Profile%20of%20OA/ACL_ProfileOlderAmericans2023_508.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.congressionaldistricthealthdashboard.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nia.nih.gov/toolkits/caregiving" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/using-pubmed-evidence-based-practice-demand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -4741,84 +4830,85 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91B2A4F3-67F8-4ADF-8244-44109B937FE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1077</Words>
-  <Characters>6112</Characters>
+  <Words>1109</Words>
+  <Characters>6301</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>203</Lines>
-  <Paragraphs>224</Paragraphs>
+  <Lines>210</Lines>
+  <Paragraphs>231</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Connecting Older Adults to Health Information</vt:lpstr>
       <vt:lpstr>    Population Exercise</vt:lpstr>
       <vt:lpstr>    Persons Age 65 and Older as a Percentage of Total Population, 2022</vt:lpstr>
-      <vt:lpstr>    NNLM Classes</vt:lpstr>
       <vt:lpstr>    Resources</vt:lpstr>
       <vt:lpstr>    National Institute on Aging</vt:lpstr>
+      <vt:lpstr>    7 Key Questions about Programming</vt:lpstr>
+      <vt:lpstr>    NNLM Classes</vt:lpstr>
       <vt:lpstr>    Sources Cited</vt:lpstr>
       <vt:lpstr>    2023 Profile of Older Americans from the Administration on Aging (PDF)</vt:lpstr>
       <vt:lpstr>    Health Literacy: How Well Can Older Adults Find, Understand, and Use Health Info</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6965</CharactersWithSpaces>
+  <CharactersWithSpaces>7179</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>