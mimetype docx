--- v0 (2025-11-03)
+++ v1 (2026-02-17)
@@ -1,51 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="432FDBAA" w14:textId="6F8E1775" w:rsidR="004B7A14" w:rsidRPr="00AA461E" w:rsidRDefault="00224260" w:rsidP="000D1388">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -299,80 +298,90 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>A symbol (be it text-based, numerical, date formatted, etc.) that represents information. It is not fixed in value, but can vary based on circumstances</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6646708F" w14:textId="426ACA4D" w:rsidR="00224260" w:rsidRDefault="00224260" w:rsidP="00296C7F">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
       </w:pPr>
       <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Database:</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> An organized collection of data stored electronically</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> An organized collection of data stored electronically.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="039C3AB5" w14:textId="15B3C264" w:rsidR="003A7EAB" w:rsidRPr="003A7EAB" w:rsidRDefault="003A7EAB" w:rsidP="00F40E09">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A7EAB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Spreadsheet How Tos</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Spreadsheet How </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A7EAB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Tos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1B84E1EF" w14:textId="77777777" w:rsidR="003A7EAB" w:rsidRDefault="003A7EAB" w:rsidP="003A7EAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7590"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Cell: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An individual rectangle/field in a spreadsheet. Each cell contains a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Value</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
@@ -482,51 +491,75 @@
     <w:p w14:paraId="486277A1" w14:textId="77777777" w:rsidR="003A7EAB" w:rsidRDefault="003A7EAB" w:rsidP="003A7EAB">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Numeric</w:t>
       </w:r>
       <w:r>
         <w:t>: For simple numeric counts, prices, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0494376E" w14:textId="77777777" w:rsidR="003A7EAB" w:rsidRDefault="003A7EAB" w:rsidP="003A7EAB">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Dates: </w:t>
       </w:r>
       <w:r>
-        <w:t>Set up according to your preferred format, e.g.: mm/dd/yy; mm/dd/yyyy; yyyy/mm/dd, etc.</w:t>
+        <w:t>Set up according to your preferred format, e.g.: mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>yy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>; mm/dd/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/mm/dd, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="451F2591" w14:textId="77777777" w:rsidR="003A7EAB" w:rsidRPr="00F40E09" w:rsidRDefault="003A7EAB" w:rsidP="003A7EAB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F40E09">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Primary vs. Secondary Data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F104C4" w14:textId="77777777" w:rsidR="003A7EAB" w:rsidRDefault="003A7EAB" w:rsidP="003A7EAB">
       <w:pPr>
         <w:rPr>
@@ -626,70 +659,196 @@
     </w:p>
     <w:p w14:paraId="248C61B9" w14:textId="3AA95CE4" w:rsidR="003A7EAB" w:rsidRDefault="003A7EAB" w:rsidP="003A7EAB">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Quantitative data</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> is measurable data and is generally expressed numerically. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EB9A92F" w14:textId="05BAE003" w:rsidR="003A7EAB" w:rsidRPr="00224260" w:rsidRDefault="003A7EAB" w:rsidP="005E5CBE">
+    <w:p w14:paraId="0EB9A92F" w14:textId="05BAE003" w:rsidR="003A7EAB" w:rsidRDefault="003A7EAB" w:rsidP="005E5CBE">
       <w:pPr>
         <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Qualitative data</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, especially in its rawest form, is not measurable, and is generally any kind of non-numeric data. Qualitative data often must be coded to be made quantifiable for analysis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA0D82B" w14:textId="648DE7A4" w:rsidR="00D25B01" w:rsidRPr="00AA461E" w:rsidRDefault="00D25B01" w:rsidP="00D25B01">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>General Resources</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F08FBC9" w14:textId="6C807B74" w:rsidR="00CC39CD" w:rsidRDefault="00CC39CD" w:rsidP="00CC39CD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00CC39CD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NNLM Data Pathways: Routes to Data Librarianship</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1B3114FD" w14:textId="506912F7" w:rsidR="00D25B01" w:rsidRDefault="00D25B01" w:rsidP="00CC39CD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00D25B01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NNLM YouTube Channel</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="098E92E8" w14:textId="24732F80" w:rsidR="00D25B01" w:rsidRDefault="00D25B01" w:rsidP="00CC39CD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00D25B01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NNLM National Center for Data Services YouTube Playlist</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6D77A826" w14:textId="3A879DA1" w:rsidR="00D25B01" w:rsidRDefault="00D25B01" w:rsidP="00CC39CD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00D25B01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">NNLM National Center for Data Services </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D25B01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Zenodo</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D25B01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Community</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6D31E3C0" w14:textId="302D5AD5" w:rsidR="00D25B01" w:rsidRPr="00224260" w:rsidRDefault="00D25B01" w:rsidP="00D25B01">
+      <w:r>
+        <w:t>NNLM YouTube</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22E9BEA4" w14:textId="2C5DF446" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00C75118">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Introductory Classes</w:t>
       </w:r>
@@ -710,500 +869,530 @@
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>On-Demand Classes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74A664FB" w14:textId="2906CB2D" w:rsidR="00A10E05" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00225830">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Data Services On</w:t>
         </w:r>
         <w:r w:rsidR="007B7BEA" w:rsidRPr="00225830">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00225830">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Demand (4 modules)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4739EBCA" w14:textId="6EA587E7" w:rsidR="00225830" w:rsidRPr="00AA461E" w:rsidRDefault="00225830" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00225830">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Health Data Standards and Terminologies A Tutorial</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="06B31DD7" w14:textId="1DC73B2F" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00225830">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Common Data Elements: Standardizing Data Collection</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="208C813F" w14:textId="77777777" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00C75118">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Webinars/Recordings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="494713F2" w14:textId="1512C77A" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00225830">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Making Sense of Numbers: Communicating Numerical Health Information</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="46D4FE62" w14:textId="24048CA4" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00225830">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Health Statistics on the Web</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="742FDCC6" w14:textId="1D9AAF91" w:rsidR="00A10E05" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00225830">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>The Research Data Services Landscape: How Do You Start And Where Does Your Library Fit In?</w:t>
+          <w:t xml:space="preserve">The Research Data Services Landscape: How Do You Start </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00225830">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>And</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00225830">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Where Does Your Library Fit In?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1691BB34" w14:textId="2A410D6F" w:rsidR="00225830" w:rsidRPr="00AA461E" w:rsidRDefault="00225830" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00225830">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>NNLM YouTube Channel</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="49E8BA68" w14:textId="60F80326" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00C75118">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Skill Building</w:t>
       </w:r>
       <w:r w:rsidR="00AA461E" w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50390DDD" w14:textId="77777777" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00C75118">
+    <w:p w14:paraId="50390DDD" w14:textId="7AF27372" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00C75118">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Data management</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26E79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> topics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37D5A74F" w14:textId="2C3CE6F0" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00A3699F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Research Data Management On</w:t>
         </w:r>
         <w:r w:rsidR="007B7BEA" w:rsidRPr="00A3699F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00A3699F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Demand</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1A805B3E" w14:textId="025C008D" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00A3699F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Creating Data Management Plans with the DMPTool</w:t>
-        </w:r>
+          <w:t xml:space="preserve">Creating Data Management Plans with the </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00A3699F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>DMPTool</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49390F52" w14:textId="3C6D462B" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
+    <w:p w14:paraId="7FBF947B" w14:textId="21A0D2BA" w:rsidR="00A10E05" w:rsidRPr="00E26E79" w:rsidRDefault="00A10E05" w:rsidP="00E26E79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidRPr="00A3699F">
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00E26E79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Fundamentals of Health Sciences Research Data Management</w:t>
+          <w:t>Open Tools for Data De-identification</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D0DA6AA" w14:textId="77777777" w:rsidR="00A10E05" w:rsidRPr="00A55BCD" w:rsidRDefault="00A10E05" w:rsidP="00A55BCD">
-[...15 lines deleted...]
-    <w:p w14:paraId="7FBF947B" w14:textId="21A0D2BA" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
+    <w:p w14:paraId="73B032E2" w14:textId="76548A56" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00E26E79" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidRPr="00A3699F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>OpenRefine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> for Health Sciences </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00E26E79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:t>Open Tools for Data De-identification</w:t>
+          </w:rPr>
+          <w:t>Part 1</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00A3699F">
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00E26E79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:t>Fundamentals of Health Data Science</w:t>
+          </w:rPr>
+          <w:t>Part 2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1E5E5743" w14:textId="0EB76252" w:rsidR="00A10E05" w:rsidRPr="008E74C7" w:rsidRDefault="00A10E05" w:rsidP="008E74C7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E74C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>NIH Data Management and Sharing Policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F23250" w14:textId="31D2A215" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="00A3699F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>NIH Data Management and Sharing Policy Overview</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A80EE2B" w14:textId="670A27B0" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00A3699F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>NIH Data Management and Sharing Policy Workshop On-Demand</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3F3DCFEC" w14:textId="1603DE93" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="005C1D6E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>NIH Data Management and Sharing Requirements Series – practitioners perspectives</w:t>
+          <w:t xml:space="preserve">NIH Data Management and Sharing Requirements Series – </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="005C1D6E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>practitioners</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="005C1D6E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> perspectives</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="415E6494" w14:textId="3F4E7871" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="00A10E05" w:rsidP="00A10E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="005C1D6E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>The NIH Data Management and Sharing Policy for non-data librarians – recording available</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CCACD20" w14:textId="343F8E31" w:rsidR="00A10E05" w:rsidRPr="00AA461E" w:rsidRDefault="004B7A14" w:rsidP="00C75118">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
@@ -1211,51 +1400,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Deep Dive (non-NNLM)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B9FC034" w14:textId="3F5E7645" w:rsidR="004B7A14" w:rsidRPr="00AA461E" w:rsidRDefault="004B7A14" w:rsidP="00AA461E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00AA461E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>The Carpentries</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5A9D464F" w14:textId="77777777" w:rsidR="004B7A14" w:rsidRPr="00AA461E" w:rsidRDefault="004B7A14" w:rsidP="004B7A14">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -1289,185 +1478,206 @@
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Software Carpentry</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="210C18EE" w14:textId="2BCC7056" w:rsidR="004B7A14" w:rsidRPr="00AA461E" w:rsidRDefault="004B7A14" w:rsidP="004B7A14">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="00AA461E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Data Services Continuing Professional Education (DSCPE)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2068DAF8" w14:textId="1324AE03" w:rsidR="004B7A14" w:rsidRPr="00AA461E" w:rsidRDefault="004B7A14" w:rsidP="00E1715B">
+    <w:p w14:paraId="2068DAF8" w14:textId="1324AE03" w:rsidR="004B7A14" w:rsidRDefault="004B7A14" w:rsidP="00E1715B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Cohorts run for 10 weeks in the Fall</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="0F60874B" w14:textId="034BAB45" w:rsidR="00E26E79" w:rsidRPr="00AA461E" w:rsidRDefault="00E26E79" w:rsidP="00E26E79">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidRPr="00E26E79">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Research Data Management Librarian Academy (RDMLA)</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
     <w:p w14:paraId="3F602AC9" w14:textId="3738C17A" w:rsidR="00E1715B" w:rsidRPr="00AA461E" w:rsidRDefault="00074FC8" w:rsidP="00C75118">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Resources</w:t>
       </w:r>
       <w:r w:rsidR="00AA461E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67797CD4" w14:textId="77777777" w:rsidR="00074FC8" w:rsidRPr="00AA461E" w:rsidRDefault="00074FC8" w:rsidP="00074FC8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00AA461E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>Data Literacy Project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (free courses)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB6CB60" w14:textId="6028D2A1" w:rsidR="00074FC8" w:rsidRPr="00AA461E" w:rsidRDefault="0003765F" w:rsidP="00074FC8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>Georgia State University Data Ready! Badges</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00074FC8" w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (recordings)</w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidR="00074FC8" w:rsidRPr="00AA461E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1EC169ED" w14:textId="7D097153" w:rsidR="00074FC8" w:rsidRPr="00AA461E" w:rsidRDefault="00074FC8" w:rsidP="00C75118">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidRPr="00AA461E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>Top data literacy skills for becoming data literate</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AA461E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (article)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E60779" w14:textId="17632DEE" w:rsidR="00074FC8" w:rsidRPr="00AA461E" w:rsidRDefault="00074FC8" w:rsidP="00C75118">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -1486,142 +1696,142 @@
         </w:rPr>
         <w:t>Resources for Common Health Data Terms</w:t>
       </w:r>
       <w:r w:rsidR="00AA461E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D14EDA5" w14:textId="629A80B5" w:rsidR="00074FC8" w:rsidRPr="00AA461E" w:rsidRDefault="00074FC8" w:rsidP="00074FC8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="00AA461E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>NCDS – NNLM Data Glossary</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="26EDD4F2" w14:textId="77777777" w:rsidR="00074FC8" w:rsidRPr="00AA461E" w:rsidRDefault="00074FC8" w:rsidP="00074FC8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="00AA461E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>NIH Common Data Element Repository</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0D0F0116" w14:textId="77777777" w:rsidR="00074FC8" w:rsidRPr="00AA461E" w:rsidRDefault="00074FC8" w:rsidP="00074FC8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="00AA461E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>Data management in clinical research – an overview</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="13A9732D" w14:textId="77777777" w:rsidR="00074FC8" w:rsidRPr="00AA461E" w:rsidRDefault="00074FC8" w:rsidP="00074FC8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="00AA461E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>Glossary of Commonly Used Healthcare Terminology</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="66B43214" w14:textId="17A308D6" w:rsidR="00074FC8" w:rsidRPr="00AA461E" w:rsidRDefault="00074FC8" w:rsidP="00074FC8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidRPr="0003765F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>H</w:t>
         </w:r>
         <w:r w:rsidR="0003765F" w:rsidRPr="0003765F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve">ealth and Human </w:t>
         </w:r>
         <w:r w:rsidRPr="0003765F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
@@ -1672,122 +1882,122 @@
           </w:rPr>
           <w:t>uation</w:t>
         </w:r>
         <w:r w:rsidRPr="0003765F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>, Office of Science &amp; Data Policy: Glossary of Common Data-Related Terms</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="13986D27" w14:textId="77777777" w:rsidR="00074FC8" w:rsidRPr="00AA461E" w:rsidRDefault="00074FC8" w:rsidP="00E1715B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00074FC8" w:rsidRPr="00AA461E">
-      <w:headerReference w:type="default" r:id="rId45"/>
-      <w:footerReference w:type="default" r:id="rId46"/>
+      <w:headerReference w:type="default" r:id="rId50"/>
+      <w:footerReference w:type="default" r:id="rId51"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71475F7F" w14:textId="77777777" w:rsidR="00163A26" w:rsidRDefault="00163A26" w:rsidP="00291D15">
+    <w:p w14:paraId="1C69A235" w14:textId="77777777" w:rsidR="00543184" w:rsidRDefault="00543184" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37D7946C" w14:textId="77777777" w:rsidR="00163A26" w:rsidRDefault="00163A26" w:rsidP="00291D15">
+    <w:p w14:paraId="2DAFA4E8" w14:textId="77777777" w:rsidR="00543184" w:rsidRDefault="00543184" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Corbel">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26651F3F" w14:textId="21E5F8AD" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
@@ -1866,61 +2076,61 @@
         </w:r>
         <w:r w:rsidR="00485108">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0C59B932" w14:textId="15E48E6C" w:rsidR="007F66FE" w:rsidRPr="007F66FE" w:rsidRDefault="007F66FE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B0C08C3" w14:textId="77777777" w:rsidR="00163A26" w:rsidRDefault="00163A26" w:rsidP="00291D15">
+    <w:p w14:paraId="57C23C50" w14:textId="77777777" w:rsidR="00543184" w:rsidRDefault="00543184" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35CDA261" w14:textId="77777777" w:rsidR="00163A26" w:rsidRDefault="00163A26" w:rsidP="00291D15">
+    <w:p w14:paraId="3935B682" w14:textId="77777777" w:rsidR="00543184" w:rsidRDefault="00543184" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75D7C759" w14:textId="0529AE74" w:rsidR="00F23CAF" w:rsidRDefault="00F23CAF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B164CF7" wp14:editId="028A9869">
           <wp:extent cx="5943600" cy="952500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -2497,50 +2707,163 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E9C6FE3E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DF57FDB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A3A21652"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="288A63CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F17A8378"/>
     <w:lvl w:ilvl="0" w:tplc="0EA4F46A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="212259A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2636,51 +2959,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="960CF4BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="348D3F27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08888334"/>
     <w:lvl w:ilvl="0" w:tplc="C7B298B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="735E59F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2776,51 +3099,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CC9E6F86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EE01BBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3FA40024"/>
     <w:lvl w:ilvl="0" w:tplc="E3CCB5D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="213A1C32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2916,51 +3239,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F802F568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FB92754"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5978EA2A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3002,51 +3325,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="646070D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDDCD746"/>
     <w:lvl w:ilvl="0" w:tplc="29F028E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C2E9E5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3142,51 +3465,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80247E62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68A71D62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECC4AA62"/>
     <w:lvl w:ilvl="0" w:tplc="F710E8F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="28106762">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -3281,51 +3604,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CCBE4124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70F24F5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B7E3EC8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3394,51 +3717,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75842346"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1FE030B0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3535,190 +3858,199 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="62801458">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="80833258">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="886642812">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="301932250">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2024478887">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2024478887">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="2076926669">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="478688505">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1935819313">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="684095385">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="116333754">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="803932785">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1234924654">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="257711177">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="178"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291D15"/>
     <w:rsid w:val="00001D2B"/>
     <w:rsid w:val="0001624B"/>
     <w:rsid w:val="00021AB2"/>
     <w:rsid w:val="00034A47"/>
     <w:rsid w:val="0003765F"/>
     <w:rsid w:val="00074FC8"/>
     <w:rsid w:val="000956FA"/>
     <w:rsid w:val="000D1388"/>
     <w:rsid w:val="000F0551"/>
     <w:rsid w:val="00144148"/>
     <w:rsid w:val="00163A26"/>
     <w:rsid w:val="00164343"/>
     <w:rsid w:val="00171FA7"/>
     <w:rsid w:val="001C3B69"/>
     <w:rsid w:val="001E005E"/>
     <w:rsid w:val="00221AD4"/>
     <w:rsid w:val="00223106"/>
     <w:rsid w:val="00224260"/>
     <w:rsid w:val="00225830"/>
+    <w:rsid w:val="0024418B"/>
     <w:rsid w:val="00245009"/>
     <w:rsid w:val="00291D15"/>
     <w:rsid w:val="00296C7F"/>
     <w:rsid w:val="003106DB"/>
     <w:rsid w:val="003A7EAB"/>
     <w:rsid w:val="00456325"/>
     <w:rsid w:val="00473B10"/>
     <w:rsid w:val="00485108"/>
     <w:rsid w:val="004A1EA6"/>
     <w:rsid w:val="004B5D3C"/>
     <w:rsid w:val="004B7A14"/>
     <w:rsid w:val="004D4561"/>
     <w:rsid w:val="004D77C5"/>
     <w:rsid w:val="004F1708"/>
     <w:rsid w:val="00513592"/>
+    <w:rsid w:val="00543184"/>
     <w:rsid w:val="00571FE4"/>
     <w:rsid w:val="005A350D"/>
     <w:rsid w:val="005B3918"/>
     <w:rsid w:val="005C1D6E"/>
     <w:rsid w:val="005D44D2"/>
     <w:rsid w:val="005D5145"/>
     <w:rsid w:val="005E5CBE"/>
     <w:rsid w:val="00613ED9"/>
     <w:rsid w:val="00625C5A"/>
     <w:rsid w:val="00637F35"/>
     <w:rsid w:val="00660EBD"/>
     <w:rsid w:val="006B7885"/>
     <w:rsid w:val="006E4876"/>
     <w:rsid w:val="00773603"/>
     <w:rsid w:val="007B7BEA"/>
     <w:rsid w:val="007F66FE"/>
     <w:rsid w:val="00807B67"/>
     <w:rsid w:val="00823EB6"/>
     <w:rsid w:val="008E102B"/>
     <w:rsid w:val="008E74C7"/>
     <w:rsid w:val="00985E7F"/>
     <w:rsid w:val="00986D94"/>
     <w:rsid w:val="009B3AAD"/>
     <w:rsid w:val="00A10E05"/>
     <w:rsid w:val="00A3699F"/>
+    <w:rsid w:val="00A505CA"/>
     <w:rsid w:val="00A55BCD"/>
     <w:rsid w:val="00A57D04"/>
     <w:rsid w:val="00AA461E"/>
     <w:rsid w:val="00B14B3F"/>
     <w:rsid w:val="00B6732F"/>
     <w:rsid w:val="00B947CC"/>
     <w:rsid w:val="00BC4C1B"/>
     <w:rsid w:val="00BF49E7"/>
     <w:rsid w:val="00C505EB"/>
     <w:rsid w:val="00C75118"/>
     <w:rsid w:val="00CA335D"/>
+    <w:rsid w:val="00CC39CD"/>
     <w:rsid w:val="00CE7517"/>
+    <w:rsid w:val="00D25B01"/>
     <w:rsid w:val="00D51EEC"/>
     <w:rsid w:val="00DF0BE9"/>
     <w:rsid w:val="00DF0C8E"/>
     <w:rsid w:val="00E1715B"/>
+    <w:rsid w:val="00E26E79"/>
     <w:rsid w:val="00E30ED8"/>
     <w:rsid w:val="00E87A9B"/>
     <w:rsid w:val="00F23AFB"/>
     <w:rsid w:val="00F23CAF"/>
     <w:rsid w:val="00F40E09"/>
     <w:rsid w:val="00F539B1"/>
     <w:rsid w:val="00FA66F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -4863,51 +5195,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1849824999">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/variable" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/data-services-demand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/creating-data-management-plans-dmptool" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tableau.com/data-insights/data-literacy/skills" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/making-sense-numbers-communicating-numerical-health-information" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://carpentries.org/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC3326906/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/quantitative-data" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/fundamentals-health-data-science" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/data-analysis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@NnlmGov" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=M_LDO359BHs" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://research.library.gsu.edu/dataservices/rds-workshops-recordings" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/variable" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/research-data-services-landscape-how-do-you-start-and-where-does-your" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/open-tools-data-de-identification" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thedataliteracyproject.org/data-literacy-courses/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/data-collection" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/oet/ed/healthdatastandards/index.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/nih-data-management-and-sharing-policy-workshop-demand-0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aspe.hhs.gov/sites/default/files/documents/248275672affa2035cccfbcdaa3670d2/aspe-working-paper-data-terms.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/data-wrangling" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/database" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/health-statistics-web" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/fundamentals-health-sciences-research-data-management" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/nih-data-management-and-sharing-policy-overview" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dscpe.github.io/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/OHS/Health-IT-Advisory-Council/Miscellaneous/20161117_Glossary_of_Terms_FINAL.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/data" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/metadata" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/qualitative-data" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/research-data-management" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=6JAj5rHpFd0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tableau.com/data-insights/data-literacy/skills" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/common-data-elements-standardizing-data-collection" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cde.nlm.nih.gov/home" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/variable" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/data-pathways" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/health-statistics-web" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dscpe.github.io/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/communities/nnlm-ncds/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/nih-data-management-and-sharing-policy-overview" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://research.library.gsu.edu/dataservices/rds-workshops-recordings" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC3326906/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/quantitative-data" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/research-data-management" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/data-analysis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/common-data-elements-standardizing-data-collection" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/openrefine-health-sciences-part-1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=6JAj5rHpFd0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdmla.github.io/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/data-collection" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@NnlmGov" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/open-tools-data-de-identification" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tableau.com/data-insights/data-literacy/skills" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/data-wrangling" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/database" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/data-services-demand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/research-data-services-landscape-how-do-you-start-and-where-does-your" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/creating-data-management-plans-dmptool" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/nih-data-management-and-sharing-policy-workshop-demand-0" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tableau.com/data-insights/data-literacy/skills" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/OHS/Health-IT-Advisory-Council/Miscellaneous/20161117_Glossary_of_Terms_FINAL.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/data" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/metadata" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/qualitative-data" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/making-sense-numbers-communicating-numerical-health-information" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/openrefine-health-sciences-part-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://carpentries.org/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cde.nlm.nih.gov/home" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=r7JB6JDqB_0&amp;list=PLUlRqrjIldD4521oQemvbK7kZoNwMfDuK" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thedataliteracyproject.org/data-literacy-courses/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/data-glossary/variable" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/oet/ed/healthdatastandards/index.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@NnlmGov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=M_LDO359BHs" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aspe.hhs.gov/sites/default/files/documents/248275672affa2035cccfbcdaa3670d2/aspe-working-paper-data-terms.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -5183,93 +5515,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91B2A4F3-67F8-4ADF-8244-44109B937FE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1073</Words>
-  <Characters>6118</Characters>
+  <Words>1145</Words>
+  <Characters>6529</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
-      <vt:lpstr>Resources and Learning Opportunities</vt:lpstr>
-[...13 lines deleted...]
-      <vt:lpstr>    Resources for Common Health Data Terms:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7177</CharactersWithSpaces>
+  <CharactersWithSpaces>7659</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>