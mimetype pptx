--- v0 (2025-10-08)
+++ v1 (2025-12-01)
@@ -37,51 +37,50 @@
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tags/tag1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
@@ -138,143 +137,140 @@
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing4.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/tags/tag21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/tags/tag29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/tags/tag29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/tags/tag37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId53"/>
+    <p:notesMasterId r:id="rId52"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="475" r:id="rId2"/>
     <p:sldId id="428" r:id="rId3"/>
     <p:sldId id="424" r:id="rId4"/>
     <p:sldId id="258" r:id="rId5"/>
     <p:sldId id="429" r:id="rId6"/>
     <p:sldId id="261" r:id="rId7"/>
     <p:sldId id="430" r:id="rId8"/>
     <p:sldId id="264" r:id="rId9"/>
     <p:sldId id="439" r:id="rId10"/>
     <p:sldId id="431" r:id="rId11"/>
     <p:sldId id="265" r:id="rId12"/>
     <p:sldId id="266" r:id="rId13"/>
     <p:sldId id="455" r:id="rId14"/>
     <p:sldId id="463" r:id="rId15"/>
     <p:sldId id="432" r:id="rId16"/>
     <p:sldId id="464" r:id="rId17"/>
     <p:sldId id="433" r:id="rId18"/>
     <p:sldId id="268" r:id="rId19"/>
     <p:sldId id="442" r:id="rId20"/>
     <p:sldId id="440" r:id="rId21"/>
     <p:sldId id="466" r:id="rId22"/>
     <p:sldId id="443" r:id="rId23"/>
     <p:sldId id="456" r:id="rId24"/>
     <p:sldId id="441" r:id="rId25"/>
     <p:sldId id="444" r:id="rId26"/>
     <p:sldId id="445" r:id="rId27"/>
     <p:sldId id="452" r:id="rId28"/>
     <p:sldId id="457" r:id="rId29"/>
     <p:sldId id="270" r:id="rId30"/>
     <p:sldId id="271" r:id="rId31"/>
     <p:sldId id="272" r:id="rId32"/>
     <p:sldId id="446" r:id="rId33"/>
     <p:sldId id="273" r:id="rId34"/>
     <p:sldId id="274" r:id="rId35"/>
-    <p:sldId id="275" r:id="rId36"/>
-[...15 lines deleted...]
-    <p:sldId id="302" r:id="rId52"/>
+    <p:sldId id="474" r:id="rId36"/>
+    <p:sldId id="461" r:id="rId37"/>
+    <p:sldId id="467" r:id="rId38"/>
+    <p:sldId id="473" r:id="rId39"/>
+    <p:sldId id="449" r:id="rId40"/>
+    <p:sldId id="462" r:id="rId41"/>
+    <p:sldId id="471" r:id="rId42"/>
+    <p:sldId id="469" r:id="rId43"/>
+    <p:sldId id="470" r:id="rId44"/>
+    <p:sldId id="346" r:id="rId45"/>
+    <p:sldId id="365" r:id="rId46"/>
+    <p:sldId id="426" r:id="rId47"/>
+    <p:sldId id="460" r:id="rId48"/>
+    <p:sldId id="451" r:id="rId49"/>
+    <p:sldId id="259" r:id="rId50"/>
+    <p:sldId id="302" r:id="rId51"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -358,91 +354,91 @@
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="95097" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="83" d="100"/>
           <a:sy n="83" d="100"/>
         </p:scale>
         <p:origin x="686" y="77"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="mainScheme" pri="10300"/>
   </dgm:catLst>
@@ -12717,51 +12713,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/2/2025</a:t>
+              <a:t>10/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -13101,99 +13097,95 @@
 <file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide42.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide43.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide45.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide46.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide47.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide48.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide49.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide50.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide51.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -16452,173 +16444,50 @@
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide33.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
-[...121 lines deleted...]
-<file path=ppt/notesSlides/notesSlide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -16689,70 +16558,70 @@
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>36</a:t>
+              <a:t>35</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="177708228"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -16782,70 +16651,70 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>National institute of child health and human development</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>37</a:t>
+              <a:t>36</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1413372837"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -16866,70 +16735,70 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>38</a:t>
+              <a:t>37</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="871647494"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 233"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="234" name="Google Shape;234;p6:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -17040,70 +16909,70 @@
             <a:off x="4221010" y="9119475"/>
             <a:ext cx="3229150" cy="481726"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="96636" tIns="48318" rIns="96636" bIns="48318" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buSzPts val="1400"/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:buSzPts val="1400"/>
               </a:pPr>
-              <a:t>40</a:t>
+              <a:t>39</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2317615031"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -17226,70 +17095,70 @@
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>41</a:t>
+              <a:t>40</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2040316191"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -17321,60 +17190,155 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
+              <a:t>41</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1310148372"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="654050" y="1162050"/>
+            <a:ext cx="5575300" cy="3136900"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>42</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1310148372"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1839354859"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -17487,175 +17451,80 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
-[...93 lines deleted...]
-          <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>44</a:t>
+              <a:t>43</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1325244894"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide42.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 214"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="215" name="Google Shape;215;p17:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -17802,78 +17671,78 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:pPr>
                 <a:buClr>
                   <a:srgbClr val="000000"/>
                 </a:buClr>
                 <a:buSzPts val="1200"/>
               </a:pPr>
-              <a:t>45</a:t>
+              <a:t>44</a:t>
             </a:fld>
             <a:endParaRPr>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2007887311"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide43.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -17908,70 +17777,70 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>46</a:t>
+              <a:t>45</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="6096685"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide44.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 97"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="98" name="Google Shape;98;p:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -18035,51 +17904,51 @@
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1250916779"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide45.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -18100,70 +17969,70 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>49</a:t>
+              <a:t>48</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2091209926"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide46.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 159"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="160" name="Google Shape;160;p4:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -18247,51 +18116,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3090999444"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide47.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide46.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 509"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="510" name="Google Shape;510;p47:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -30517,123 +30386,119 @@
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag24.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag28.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acrl.libguides.com/marketingresources/readings_videos" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org/pla/resources/tools/public-relations-marketing/marketing-strategies" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag29.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="nnlm.gov/reading-club" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="nnlm.gov/reading-club" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/mental-health-information-community-partnerships-toolkit" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/community-engagement-resource-guide" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag29.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/public-libraries/resources-for-public-libraries" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/nnlm-proposal-writing-toolkit" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/order" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/mental-health-information-community-partnerships-toolkit" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/community-engagement-resource-guide" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag30.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/public-libraries/resources-for-public-libraries" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/nnlm-proposal-writing-toolkit" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/order" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/membership/join" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag31.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/membership/directory" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/membership/join" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag32.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/membership/directory" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag32.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/funding" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide42.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag33.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/funding" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide42.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag33.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/nnlm-proposal-writing-toolkit" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide43.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag34.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/nnlm-proposal-writing-toolkit" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide43.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag34.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/guides/consumer-health-information-specialization" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide44.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag35.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/guides/consumer-health-information-specialization" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/librarians-guide-consumer-health" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/providing-mental-health-resources-your-library" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/medlineplus-tutorial-librarians-and-health-educators" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/prescription-and-over-counter-drugs-supporting-patients-evidence-based-information" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/librarians-guide-consumer-health" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/providing-mental-health-resources-your-library" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/medlineplus-tutorial-librarians-and-health-educators" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/prescription-and-over-counter-drugs-supporting-patients-evidence-based-information" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide45.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide45.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag35.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/FpS5Z" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lor.nnlm.gov/op/op.Download_Share.php?documentid=5600" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide46.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag36.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide47.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag37.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide46.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag36.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -38598,300 +38463,50 @@
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 316"/>
-[...248 lines deleted...]
-      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BDFF143-605D-69BF-AEF7-AC2D83C44A6B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -38964,51 +38579,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3042356" y="3247156"/>
             <a:ext cx="6107288" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>36</a:t>
+              <a:t>35</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF49BC57-C719-8D43-037F-117516441449}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10248900" y="6356350"/>
             <a:ext cx="1104900" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -39105,70 +38720,70 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>36</a:t>
+              <a:t>35</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4086884940"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{022E1D04-D12C-5488-DF71-322B209CF3F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -39351,70 +38966,70 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>37</a:t>
+              <a:t>36</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="65122825"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02680E26-D50F-BC24-A16A-97F1C92C4D2C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -39607,70 +39222,70 @@
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{73EC528A-CA5A-46BB-8272-1C12E9D32C74}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>38</a:t>
+              <a:t>37</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2148973430"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D3D21-7019-C6EC-6A87-7F68EF10BC67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -39817,51 +39432,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>39</a:t>
+              <a:t>38</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Content Placeholder 6" descr="Citizen science month is in april">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDED5285-051A-3137-CAFF-82CAF377D85D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
@@ -40002,50 +39617,459 @@
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3100" kern="1200" dirty="0"/>
               <a:t>Citizen Science</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="668175288"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 237"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="238" name="Google Shape;238;p6"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="465963" y="300158"/>
+            <a:ext cx="5950511" cy="1114500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Helvetica Neue"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Helvetica Neue"/>
+              </a:rPr>
+              <a:t>NNLM Reading Club</a:t>
+            </a:r>
+            <a:endParaRPr b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Helvetica Neue"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:sym typeface="Helvetica Neue"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4A96F2F-2670-F0DC-C129-013CD750604E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="310662" y="1816592"/>
+            <a:ext cx="6105812" cy="3244158"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Helvetica" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Ready-to-use toolkit for hosting health-topic book discussions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Helvetica" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Books, discussion guides, and health resources</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Helvetica" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Over 40 topics and 130 titles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="NNLM reading club highlighting picks about complementary and integrative medicine">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2039E7CC-2D3C-4751-F7B7-08DB6EFC9583}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7063153" y="857408"/>
+            <a:ext cx="4888523" cy="4888523"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{607E6C80-A138-1B35-21E4-E56050C8304F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5199186" y="6155908"/>
+            <a:ext cx="5404043" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Helvetica" pitchFamily="2" charset="0"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Explore the NNLM Reading Club</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Helvetica" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F78A77A-9A8F-0E1B-E1EF-11DE7E4C63E8}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10846776" y="6314003"/>
+            <a:ext cx="1104900" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>39</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="210334817"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 155"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="156" name="Google Shape;156;p3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
@@ -40360,459 +40384,50 @@
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 237"/>
-[...407 lines deleted...]
-      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C2F21F4-A494-D6F7-905D-18C2EEE60368}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -40989,70 +40604,70 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>41</a:t>
+              <a:t>40</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1241164666"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F95B613-DED2-723F-3A3B-AA7163AFA2D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -41377,73 +40992,73 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>42</a:t>
+              <a:t>41</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1183207646"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E45B2A3C-5548-EA1A-2A8A-D8EC12F86A7A}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -41552,51 +41167,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{C8BD5518-C465-4C1F-8E36-9195006C4AB9}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>43</a:t>
+              <a:t>42</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1934437" y="129969"/>
             <a:ext cx="7886700" cy="828675"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -41684,51 +41299,51 @@
           <a:xfrm>
             <a:off x="2332966" y="1041616"/>
             <a:ext cx="6401385" cy="4134787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1632655090"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -42251,73 +41866,73 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>44</a:t>
+              <a:t>43</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4217657065"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 218"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="219" name="Google Shape;219;p17"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -42687,73 +42302,73 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>45</a:t>
+              <a:t>44</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2596575463"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9295972-5E27-32AF-56C1-0D3762AD89F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -42909,51 +42524,51 @@
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>46</a:t>
+              <a:t>45</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Content Placeholder 6" descr="NNLM proposal writing toolkit">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F544205-EA5B-DFAA-4097-C930F4871BB9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
@@ -43049,51 +42664,51 @@
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3474638692"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 100"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="101" name="Google Shape;101;p17"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -43256,77 +42871,77 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>47</a:t>
+              <a:t>46</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3148600230"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61BB33DF-4F56-3165-F7B3-DF1307905240}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -43638,70 +43253,70 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>48</a:t>
+              <a:t>47</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1104312969"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6794DDD-794F-7BC0-38DC-31CACBC91306}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -43946,234 +43561,70 @@
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>49</a:t>
+              <a:t>48</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4046397836"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
-[...163 lines deleted...]
-<file path=ppt/slides/slide50.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 162"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="163" name="Google Shape;163;p4"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -44428,73 +43879,237 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>50</a:t>
+              <a:t>49</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="483606423"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA5B990A-DF32-D603-4022-F54B5100B37B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Class Resources</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC489F6A-9A80-02D1-C088-E22FDCDED17E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="4276725" cy="2660650"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Slides</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>Class Handout</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7711C9F8-2A7E-3E8B-B62D-E8D853201CA1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
+              <a:rPr lang="en-US" sz="1800" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4096265308"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide50.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 512"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="513" name="Google Shape;513;p47"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -44808,51 +44423,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>51</a:t>
+              <a:t>50</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 176"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -46437,56 +46052,50 @@
 <file path=ppt/tags/tag32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag36.xml><?xml version="1.0" encoding="utf-8"?>
-<p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...4 lines deleted...]
-<file path=ppt/tags/tag37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -47083,126 +46692,125 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1526</Words>
+  <Words>1523</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>313</Paragraphs>
-[...1 lines deleted...]
-  <Notes>47</Notes>
+  <Paragraphs>311</Paragraphs>
+  <Slides>50</Slides>
+  <Notes>46</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>51</vt:i4>
+        <vt:i4>50</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="59" baseType="lpstr">
+    <vt:vector size="58" baseType="lpstr">
       <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Corbel</vt:lpstr>
       <vt:lpstr>Helvetica</vt:lpstr>
       <vt:lpstr>Helvetica Neue</vt:lpstr>
       <vt:lpstr>Noto Sans Symbols</vt:lpstr>
       <vt:lpstr>Basis</vt:lpstr>
       <vt:lpstr>Health Programming at Your Library</vt:lpstr>
       <vt:lpstr>Which picture most closely matches how you feel about health programming? </vt:lpstr>
       <vt:lpstr>Learning Objectives</vt:lpstr>
       <vt:lpstr>Network of the National Library of Medicine (NNLM)</vt:lpstr>
       <vt:lpstr>Class Resources</vt:lpstr>
       <vt:lpstr>What is an example of health outreach or programming that you have seen recently? </vt:lpstr>
       <vt:lpstr>Why might libraries conduct health outreach?</vt:lpstr>
       <vt:lpstr>Health Outreach at Your Organization</vt:lpstr>
       <vt:lpstr>Health Outreach &amp; Programming Landscape </vt:lpstr>
       <vt:lpstr> Where to begin? Know Your Community</vt:lpstr>
       <vt:lpstr>State Health Facts</vt:lpstr>
       <vt:lpstr>County Health Rankings and Roadmaps</vt:lpstr>
       <vt:lpstr>County Health Rankings - Example</vt:lpstr>
       <vt:lpstr>County Health Rankings and Roadmaps - Snapshot</vt:lpstr>
       <vt:lpstr>City Health Dashboard</vt:lpstr>
       <vt:lpstr>City Health Dashboard Sample</vt:lpstr>
       <vt:lpstr>Activity 1: Choose Your Own Adventure</vt:lpstr>
       <vt:lpstr>Initial Planning</vt:lpstr>
       <vt:lpstr>Types of Projects &amp; Programs</vt:lpstr>
       <vt:lpstr>Getting Started</vt:lpstr>
       <vt:lpstr>Inspiration and Ideas</vt:lpstr>
       <vt:lpstr>Finding Programming Inspiration and Ideas</vt:lpstr>
       <vt:lpstr>Activity 2: Choose a Resource</vt:lpstr>
       <vt:lpstr>Getting Started: Partnerships</vt:lpstr>
       <vt:lpstr>"Period Pantry" at the Brooklyn Public Central Library              (Kings County, NY)</vt:lpstr>
       <vt:lpstr>Virtual Health at the Pottsboro Public Library</vt:lpstr>
       <vt:lpstr>Planning for Health Programming: Implementation Tips</vt:lpstr>
       <vt:lpstr>7 Key Questions</vt:lpstr>
       <vt:lpstr>Logic Model</vt:lpstr>
       <vt:lpstr>Completed Logic Model</vt:lpstr>
       <vt:lpstr>Storytime Logic Model</vt:lpstr>
       <vt:lpstr>Activity 3: Your Turn</vt:lpstr>
       <vt:lpstr>Marketing</vt:lpstr>
       <vt:lpstr>Marketing and Publicity</vt:lpstr>
-      <vt:lpstr>Libraries Transform</vt:lpstr>
       <vt:lpstr>Check NIH Institutes</vt:lpstr>
       <vt:lpstr>Printable Flyers </vt:lpstr>
       <vt:lpstr>Getting a jump start with NLM and NNLM Resources </vt:lpstr>
       <vt:lpstr>Activities with NNLM Partners!</vt:lpstr>
       <vt:lpstr>NNLM Reading Club</vt:lpstr>
       <vt:lpstr>Host a Book Discussion</vt:lpstr>
       <vt:lpstr>NNLM Guides &amp; Resources</vt:lpstr>
       <vt:lpstr>Partner with NNLM</vt:lpstr>
       <vt:lpstr>NNLM Membership – always free</vt:lpstr>
       <vt:lpstr>NNLM Funding Opportunities</vt:lpstr>
       <vt:lpstr>Tools for NNLM Funding</vt:lpstr>
       <vt:lpstr>Consumer Health Information Specialization (CHIS)</vt:lpstr>
       <vt:lpstr>CHIS Classes</vt:lpstr>
       <vt:lpstr>Reflection</vt:lpstr>
       <vt:lpstr>Connect with NIH, NLM &amp; NNLM</vt:lpstr>
       <vt:lpstr>Questions?</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>