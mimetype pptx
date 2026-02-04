--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -31,87 +31,81 @@
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/slides/slide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tags/tag1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/tags/tag3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
-  <Override PartName="/ppt/tags/tag3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
@@ -146,131 +140,115 @@
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/tags/tag32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/tags/tag33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId52"/>
+    <p:notesMasterId r:id="rId46"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="475" r:id="rId2"/>
+    <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="428" r:id="rId3"/>
     <p:sldId id="424" r:id="rId4"/>
     <p:sldId id="258" r:id="rId5"/>
-    <p:sldId id="429" r:id="rId6"/>
-[...44 lines deleted...]
-    <p:sldId id="302" r:id="rId51"/>
+    <p:sldId id="261" r:id="rId6"/>
+    <p:sldId id="430" r:id="rId7"/>
+    <p:sldId id="264" r:id="rId8"/>
+    <p:sldId id="439" r:id="rId9"/>
+    <p:sldId id="431" r:id="rId10"/>
+    <p:sldId id="265" r:id="rId11"/>
+    <p:sldId id="266" r:id="rId12"/>
+    <p:sldId id="455" r:id="rId13"/>
+    <p:sldId id="463" r:id="rId14"/>
+    <p:sldId id="432" r:id="rId15"/>
+    <p:sldId id="464" r:id="rId16"/>
+    <p:sldId id="433" r:id="rId17"/>
+    <p:sldId id="268" r:id="rId18"/>
+    <p:sldId id="442" r:id="rId19"/>
+    <p:sldId id="440" r:id="rId20"/>
+    <p:sldId id="466" r:id="rId21"/>
+    <p:sldId id="443" r:id="rId22"/>
+    <p:sldId id="456" r:id="rId23"/>
+    <p:sldId id="441" r:id="rId24"/>
+    <p:sldId id="444" r:id="rId25"/>
+    <p:sldId id="445" r:id="rId26"/>
+    <p:sldId id="452" r:id="rId27"/>
+    <p:sldId id="457" r:id="rId28"/>
+    <p:sldId id="270" r:id="rId29"/>
+    <p:sldId id="271" r:id="rId30"/>
+    <p:sldId id="272" r:id="rId31"/>
+    <p:sldId id="446" r:id="rId32"/>
+    <p:sldId id="273" r:id="rId33"/>
+    <p:sldId id="274" r:id="rId34"/>
+    <p:sldId id="474" r:id="rId35"/>
+    <p:sldId id="461" r:id="rId36"/>
+    <p:sldId id="467" r:id="rId37"/>
+    <p:sldId id="473" r:id="rId38"/>
+    <p:sldId id="449" r:id="rId39"/>
+    <p:sldId id="462" r:id="rId40"/>
+    <p:sldId id="471" r:id="rId41"/>
+    <p:sldId id="426" r:id="rId42"/>
+    <p:sldId id="460" r:id="rId43"/>
+    <p:sldId id="451" r:id="rId44"/>
+    <p:sldId id="259" r:id="rId45"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -354,91 +332,91 @@
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="95097" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="83" d="100"/>
-          <a:sy n="83" d="100"/>
+          <a:sx n="77" d="100"/>
+          <a:sy n="77" d="100"/>
         </p:scale>
-        <p:origin x="686" y="77"/>
+        <p:origin x="67" y="312"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
-      <p:origin x="0" y="0"/>
+      <p:origin x="0" y="-7764"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="mainScheme" pri="10300"/>
   </dgm:catLst>
@@ -12713,51 +12691,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/22/2025</a:t>
+              <a:t>1/8/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -12981,310 +12959,686 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...35 lines deleted...]
-<file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...35 lines deleted...]
-<file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide43.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide45.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...15 lines deleted...]
-<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 122"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="123" name="Google Shape;123;p1:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg"/>
+            <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="654050" y="1162050"/>
+            <a:ext cx="5575300" cy="3136900"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="124" name="Google Shape;124;p1:notes"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="688975" y="4473575"/>
+            <a:ext cx="5505450" cy="3660775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="92425" tIns="46200" rIns="92425" bIns="46200" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Welcome to Health Programming at Your Library</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>(Introduce self) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>I have just a few informational items to share with you about this session: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Captions are available by clicking on the CC button at the bottom of your screen. If you don’t see the CC button, locate the three dots at the bottom of your screen and then select Closed Captions.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Everyone’s microphones have been muted to cut down on background noise, but we still welcome your participation through questions and comments in the chat and your reactions. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>One of the things past participants have enjoyed about this class is the exchange of ideas with others in the class, so please don’t hesitate to share yours. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Rebecca Brown from our National Training Office will be monitoring the Chat, so please be sure to post to “Everyone” to ensure both Rebecca and I can see them. Rebecca will queue up your questions as they come in and save them for us to address during one of our question breaks. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>We are recording today’s session. It can take up to 30 days to prepare the recording. When it’s done, everyone who registered for this class will be emailed the link for the recording, so keep an eye out for that.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This class is eligible for 1½ Medical Library Association Continuing Education credits, and you’ll be able to claim your CE using the evaluation link we share with you at the end of class.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>And lastly, we have a handout for today’s session. You don’t need to complete it to get your CE – it’s just meant to help guide your note taking. Rebecca will put the link for the handout in the chat. It will download to your Downloads folder as a Word document. </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="125" name="Google Shape;125;p1:notes"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3897313" y="8829675"/>
+            <a:ext cx="2982912" cy="466725"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="92425" tIns="46200" rIns="92425" bIns="46200" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
-[...1 lines deleted...]
-              <a:t>2</a:t>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>1</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 221"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -13683,51 +14037,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>13</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="92872624"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
@@ -13908,51 +14262,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>15</a:t>
+              <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2256286759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -14039,51 +14393,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2318916719"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
@@ -14136,51 +14490,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>17</a:t>
+              <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="887621661"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 237"/>
         <p:cNvGrpSpPr/>
@@ -14358,51 +14712,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>19</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1140451551"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -14453,51 +14807,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>20</a:t>
+              <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3338537340"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -14537,60 +14891,60 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3</a:t>
+              <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1679164027"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2747864072"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14668,51 +15022,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>21</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4088016283"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
@@ -14778,51 +15132,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>22</a:t>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3486766365"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -14862,51 +15216,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>23</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="134301216"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -14957,51 +15311,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>24</a:t>
+              <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2857963291"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 492"/>
         <p:cNvGrpSpPr/>
@@ -15164,51 +15518,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>26</a:t>
+              <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3382978287"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -15248,51 +15602,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>27</a:t>
+              <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4081377241"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 282"/>
         <p:cNvGrpSpPr/>
@@ -15632,483 +15986,126 @@
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 152"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="153" name="Google Shape;153;p3:notes"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...38 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="154" name="Google Shape;154;p3:notes"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...11 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="92425" tIns="46200" rIns="92425" bIns="46200" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
-[...32 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
-[...294 lines deleted...]
-            <a:endParaRPr dirty="0"/>
+            <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1679164027"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -16137,51 +16134,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>32</a:t>
+              <a:t>31</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2295101094"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 299"/>
         <p:cNvGrpSpPr/>
@@ -16306,51 +16303,51 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="92425" tIns="46200" rIns="92425" bIns="46200" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>33</a:t>
+              <a:t>32</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 307"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -16558,51 +16555,51 @@
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>35</a:t>
+              <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="177708228"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -16651,51 +16648,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>National institute of child health and human development</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>36</a:t>
+              <a:t>35</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1413372837"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -16735,51 +16732,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>37</a:t>
+              <a:t>36</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="871647494"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 233"/>
         <p:cNvGrpSpPr/>
@@ -16909,51 +16906,51 @@
             <a:off x="4221010" y="9119475"/>
             <a:ext cx="3229150" cy="481726"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="96636" tIns="48318" rIns="96636" bIns="48318" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buSzPts val="1400"/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:buSzPts val="1400"/>
               </a:pPr>
-              <a:t>39</a:t>
+              <a:t>38</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2317615031"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -17095,51 +17092,51 @@
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>40</a:t>
+              <a:t>39</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2040316191"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -17190,657 +17187,70 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>41</a:t>
+              <a:t>40</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1310148372"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide39.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...585 lines deleted...]
-<file path=ppt/notesSlides/notesSlide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 97"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="98" name="Google Shape;98;p:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -17904,51 +17314,492 @@
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1250916779"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide44.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 152"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="153" name="Google Shape;153;p3:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="154" name="Google Shape;154;p3:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="688975" y="4473575"/>
+            <a:ext cx="5505450" cy="3660775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="92425" tIns="46200" rIns="92425" bIns="46200" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Before we get into our class today, a word about who we are!</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Though you may be familiar with some of these acronyms, I think this helps set the stage for why I’m here today. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The National Institutes of Health is the nation’s leading medical research agency. Many of you might be familiar with the National Cancer Institute which is one of the many institutes and centers at NIH.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-95250" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The National Library of Medicine is also an institute at NIH. It is the world’s largest biomedical library which maintains and makes available a vast print collection and produces electronic information resources like MedlinePlus and PubMed.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-95250" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>NNLM is the Network of the National Library of Medicine and is an outreach program of NLM.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-95250" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="0" indent="-171450" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The NNLM is made up of 7 geographic regions. I’m from the Network of the National Library of Medicine Training Office (NTO) supports the training and educational missions of the Network of the National Library of Medicine (NNLM). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>At NNLM, our mission is to provide equal access to biomedical information to health professionals as well as access to quality health information for the general public, so they are better able to make informed decisions about their health.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The NNLM is made up of 7 geographic regions. I’m from the Network of the National Library of Medicine Training Office (NTO) supports the training and educational missions of the Network of the National Library of Medicine (NNLM). </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>We do this through resources on our website, funding of projects, in person trainings, and webinars – just like this one, and by partnering with great organizations to support health information access in their communities.</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -17969,70 +17820,70 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>48</a:t>
+              <a:t>43</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2091209926"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide45.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 159"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="160" name="Google Shape;160;p4:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -18109,173 +17960,50 @@
           <a:p>
             <a:pPr marL="158750" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3090999444"/>
       </p:ext>
     </p:extLst>
-  </p:cSld>
-[...121 lines deleted...]
-    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 173"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -18473,51 +18201,51 @@
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7</a:t>
+              <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2142488119"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 204"/>
         <p:cNvGrpSpPr/>
@@ -18693,51 +18421,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>9</a:t>
+              <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="888939139"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -18777,51 +18505,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C7E6AD7-DB55-4C21-A3E2-E144C78DA0A5}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10</a:t>
+              <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3773732332"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -30274,600 +30002,557 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.PNG"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.PNG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag17.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag17.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy/2/community/public-libraries" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag19.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/explore-topics/ehealth.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/ideas/topic?topic=948" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/program-ideas/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jbrary.com/youtube-playlists/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy/2/community/public-libraries" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag19.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/explore-topics/ehealth.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/ideas/topic?topic=948" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/program-ideas/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jbrary.com/youtube-playlists/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jbrary.com/youtube-playlists/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/program-ideas/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy/2/community/public-libraries" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/explore-topics/ehealth.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/news/category/national-health-observances" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/ideas/topic?topic=948" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jbrary.com/youtube-playlists/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/program-ideas/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy/2/community/public-libraries" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/explore-topics/ehealth.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/news/category/national-health-observances" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/ideas/topic?topic=948" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag21.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbsnews.com/newyork/news/central-library-provides-free-menstrual-products/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag21.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbsnews.com/newyork/news/central-library-provides-free-menstrual-products/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/pV32iJ4WL-g" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/pV32iJ4WL-g" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/sites/default/files/2021-08/Logic%20Model.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/sites/default/files/2021-08/Logic%20Model.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag24.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag24.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag28.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acrl.libguides.com/marketingresources/readings_videos" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org/pla/resources/tools/public-relations-marketing/marketing-strategies" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag28.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acrl.libguides.com/marketingresources/readings_videos" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ala.org/pla/resources/tools/public-relations-marketing/marketing-strategies" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="nnlm.gov/reading-club" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="nnlm.gov/reading-club" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/mental-health-information-community-partnerships-toolkit" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/community-engagement-resource-guide" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag29.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/public-libraries/resources-for-public-libraries" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/nnlm-proposal-writing-toolkit" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/order" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/mental-health-information-community-partnerships-toolkit" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/community-engagement-resource-guide" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag29.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/public-libraries/resources-for-public-libraries" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/nnlm-proposal-writing-toolkit" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/order" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag30.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/guides/consumer-health-information-specialization" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/librarians-guide-consumer-health" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class-catalog/providing-mental-health-resources-your-library" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/medlineplus-tutorial-librarians-and-health-educators" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/prescription-and-over-counter-drugs-supporting-patients-evidence-based-information" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/membership/join" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag31.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/membership/directory" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag32.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/funding" TargetMode="External"/></Relationships>
-[...19 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide45.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag35.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/FpS5Z" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lor.nnlm.gov/op/op.Download_Share.php?documentid=5600" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide46.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag36.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 126"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="6" name="Title 5">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{543CA580-CBCF-59B3-B813-5A65A17B5037}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{903772A9-D1CF-74FA-6197-63DFDC4D5C34}"/>
               </a:ext>
-            </a:extLst>
-[...144 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B65C805-AE02-E5F7-D9F9-1E652D19833C}"/>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4"/>
-          <a:srcRect t="42619" r="235" b="1455"/>
+          <a:srcRect l="28571" t="-296" r="-150" b="-225"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="664803" y="2083532"/>
-            <a:ext cx="10862394" cy="3419105"/>
+            <a:off x="3486" y="-28808"/>
+            <a:ext cx="6085873" cy="6171424"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Slide Number Placeholder 2">
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Group 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5F3332E-B9CD-7483-2553-6A7DB0F324A3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B73031F0-BC3E-FA3A-F439-F303402B0C07}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="2440011" y="-28808"/>
+            <a:ext cx="9751989" cy="6175439"/>
+            <a:chOff x="2439916" y="-17923"/>
+            <a:chExt cx="9802231" cy="6244501"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Rectangle 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E887EE40-D0E6-2050-7CEA-D1A97AD6F564}"/>
+                </a:ext>
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5906867" y="-17923"/>
+              <a:ext cx="6335280" cy="6220164"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Flowchart: Delay 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF314CFE-57F1-2636-0658-1CDFAA52B479}"/>
+                </a:ext>
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm rot="10800000">
+              <a:off x="2439916" y="-17922"/>
+              <a:ext cx="7206086" cy="6244500"/>
+            </a:xfrm>
+            <a:prstGeom prst="flowChartDelay">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="129" name="Google Shape;129;p1"/>
           <p:cNvSpPr txBox="1">
-            <a:spLocks/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3398648" y="2381722"/>
+            <a:ext cx="8415164" cy="1151068"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" vert="horz" wrap="square" lIns="68569" tIns="34275" rIns="68569" bIns="34275" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Health Programming at Your Library</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94D7F5CD-E865-F754-773F-3BABB2BA619C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10248900" y="6356350"/>
-            <a:ext cx="1104900" cy="365125"/>
+            <a:off x="4888998" y="6356356"/>
+            <a:ext cx="7250481" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
-[...11 lines deleted...]
-              <a:defRPr sz="1200" kern="1200">
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...84 lines deleted...]
-          </a:lstStyle>
+              </a:rPr>
+              <a:t>This work was supported by the National Library Of Medicine of the National Institutes of Health under Award Number UG4LM013732. The content is solely the responsibility of the authors and does not necessarily represent the official views of the National Institutes of Health.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="900" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{325819E7-C541-91D0-8E62-E13F0BA32200}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr>
-[...2 lines deleted...]
-              <a:t>10</a:t>
+              <a:pPr/>
+              <a:t>1</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 224"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="230" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCA8244E-823A-8A18-372C-CF4059F9BCBB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -30992,72 +30677,72 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{F813DF46-D727-42FF-B33D-5AD4637A71FA}" type="slidenum">
               <a:rPr lang="en-US" sz="1800" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>11</a:t>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 229"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0F07036-592C-0768-7C35-29584F5946E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -31259,98 +30944,98 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{73EC528A-CA5A-46BB-8272-1C12E9D32C74}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>12</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="County Health Ranking and Roadmaps home page">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72BE7890-B75F-85F7-011F-758816CE40DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5840027" y="330994"/>
             <a:ext cx="5513773" cy="5234594"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B19C088B-9777-F064-81AC-7346259E837E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -31462,51 +31147,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>13</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="12" name="Straight Arrow Connector 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{816038FC-74C6-927E-5190-3730DE0FCFC1}"/>
               </a:ext>
@@ -31578,51 +31263,51 @@
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="402260589"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 229"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0F07036-592C-0768-7C35-29584F5946E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -31850,73 +31535,73 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>14</a:t>
+              <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2732918528"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D45D3D79-1893-B3B1-BBE1-354AEC1D006D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -32147,73 +31832,73 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>15</a:t>
+              <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1426167195"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7FBB85A-64BF-2ECB-9473-A4B2EDAEE311}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -32445,86 +32130,86 @@
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{73EC528A-CA5A-46BB-8272-1C12E9D32C74}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2490189997"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{745450CD-CE4C-9610-9154-BD650DAA4CEF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -32767,77 +32452,77 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{73EC528A-CA5A-46BB-8272-1C12E9D32C74}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>17</a:t>
+              <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3284755511"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 240"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="241" name="Google Shape;241;p13"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -33024,72 +32709,72 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>18</a:t>
+              <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -33414,67 +33099,508 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>19</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3254750812"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3647517" y="195067"/>
+            <a:ext cx="4896965" cy="811421"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Getting Started</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A16F67C4-E7F1-6B69-6D27-4099BD8A71CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="849038" y="1693654"/>
+            <a:ext cx="4245887" cy="811421"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="002060"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="76200" dir="13500000" sy="23000" kx="1200000" algn="br" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="20000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Considerations</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{160DE623-1A87-768D-49D5-1436DEEBAE56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="2678247"/>
+            <a:ext cx="5181600" cy="3498716"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Unique to your community</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Evidence of need</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The next big thing vs. basics</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Is your project easy to explain?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{561D06D8-30F7-20E5-978F-12F8F751DBC7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6261064" y="1715119"/>
+            <a:ext cx="4021450" cy="811421"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="75000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="76200" dir="13500000" sy="23000" kx="1200000" algn="br" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="20000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Cautions</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" b="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Content Placeholder 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2ACBBA5B-A649-D6D9-4262-0131628ABC1F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6259112" y="2678247"/>
+            <a:ext cx="5181600" cy="3349357"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Competitions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Know who you’re inviting</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sales</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Registered Dietician vs Nutritionist</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Differing opinions and care</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D271207A-495A-D393-CF14-49E5ACD06664}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10248900" y="6356350"/>
+            <a:ext cx="1104900" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2201042513"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -33939,491 +34065,50 @@
                 <a:defRPr/>
               </a:pPr>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2968137141"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...439 lines deleted...]
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6149D387-447A-EEE4-BC32-E6ABE7A9AA27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -34564,51 +34249,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9256670" y="242887"/>
             <a:ext cx="2722160" cy="6372225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="235737158"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -34910,77 +34595,77 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1800" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>22</a:t>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1250789077"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E141812F-60B3-095C-928D-E4AB9841630C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -35638,70 +35323,70 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>23</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="61205608"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -35770,77 +35455,77 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1800" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>24</a:t>
+              <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="191895536"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 495"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="496" name="Google Shape;496;p44"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -36102,73 +35787,73 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>25</a:t>
+              <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="475575045"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{731D0C53-F4AF-39DA-265F-CC456367A5D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -36351,73 +36036,73 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{73EC528A-CA5A-46BB-8272-1C12E9D32C74}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>26</a:t>
+              <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2065363445"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5024B9B6-55DE-528A-04FD-2F062F21CDF9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -36564,100 +36249,100 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>27</a:t>
+              <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4" descr="5 women standing around a table at a planning meeting.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA6D7AFD-BDB8-0CB2-825B-99512D0D8366}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3504975" y="1509823"/>
             <a:ext cx="5182049" cy="4352921"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2145800894"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76D7822B-1265-2356-753F-AFB38D843CCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -36732,74 +36417,74 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>28</a:t>
+              <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="150908521"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 285"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C933ED58-B6AD-1B5C-D08F-288CA8BD8944}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -37042,202 +36727,68 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{73EC528A-CA5A-46BB-8272-1C12E9D32C74}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>29</a:t>
+              <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-[...133 lines deleted...]
-<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 290"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="291" name="Google Shape;291;p16"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -37425,68 +36976,202 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>30</a:t>
+              <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5020B33D-B159-AD21-C25C-0C78452DAD2C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="307118" y="152537"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Learning Objectives</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Diagram 3" descr="Why health outreach programs? &#10;Planning for health programs: Ideas and implementation &#10;Partners in programming &#10;Resources and support ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E6AA0E4-28D1-2C05-C7EC-F12333048027}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="2152649" y="1690693"/>
+          <a:ext cx="7886700" cy="4351339"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5ADC2AF3-F6DA-6538-8771-4CBA18BA163D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="126983437"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 296"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD26A08-D0C3-1DD9-5892-37962644F962}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -37561,72 +37246,72 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>31</a:t>
+              <a:t>30</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05BC290E-B0BB-FCE0-2468-51777108171A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -37837,73 +37522,73 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>32</a:t>
+              <a:t>31</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="777562491"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 303"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="304" name="Google Shape;304;p18"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -38097,100 +37782,100 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>33</a:t>
+              <a:t>32</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40D4CCB2-7D6E-0B06-B83D-BBC71A96DDDA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4"/>
           <a:srcRect t="11182" r="478" b="21086"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5880538" y="195004"/>
             <a:ext cx="5567868" cy="5716782"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 310"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="311" name="Google Shape;311;p19"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -38441,68 +38126,68 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>34</a:t>
+              <a:t>33</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BDFF143-605D-69BF-AEF7-AC2D83C44A6B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -38579,51 +38264,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3042356" y="3247156"/>
             <a:ext cx="6107288" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>35</a:t>
+              <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF49BC57-C719-8D43-037F-117516441449}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10248900" y="6356350"/>
             <a:ext cx="1104900" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -38720,70 +38405,70 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>35</a:t>
+              <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4086884940"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{022E1D04-D12C-5488-DF71-322B209CF3F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -38966,70 +38651,70 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>36</a:t>
+              <a:t>35</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="65122825"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02680E26-D50F-BC24-A16A-97F1C92C4D2C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -39222,70 +38907,70 @@
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{73EC528A-CA5A-46BB-8272-1C12E9D32C74}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>37</a:t>
+              <a:t>36</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2148973430"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D3D21-7019-C6EC-6A87-7F68EF10BC67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -39432,51 +39117,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>38</a:t>
+              <a:t>37</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Content Placeholder 6" descr="Citizen science month is in april">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDED5285-051A-3137-CAFF-82CAF377D85D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
@@ -39617,51 +39302,51 @@
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3100" kern="1200" dirty="0"/>
               <a:t>Citizen Science</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="668175288"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 237"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="238" name="Google Shape;238;p6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -40007,60 +39692,304 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
+              <a:t>38</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="210334817"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C2F21F4-A494-D6F7-905D-18C2EEE60368}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="218768" y="83820"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3700" dirty="0"/>
+              <a:t>Host a Book Discussion</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="Example of one of the books from the NNLM reading club. Titles include a curated list of resources, such as videos and a discussion guide so you can host a discussion at your library.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1879E596-D9E8-ACAB-93F7-18A644441C87}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="588197" y="1440180"/>
+            <a:ext cx="11015605" cy="4197325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{836D5C41-3154-608C-35C6-8F77428D6073}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10892366" y="6345061"/>
+            <a:ext cx="1104900" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>39</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="210334817"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1241164666"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 155"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -40398,294 +40327,50 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2">
-[...242 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F95B613-DED2-723F-3A3B-AA7163AFA2D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="417786" y="430815"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
@@ -40992,1723 +40677,73 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>41</a:t>
+              <a:t>40</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1183207646"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
-[...1649 lines deleted...]
-<file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 100"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="101" name="Google Shape;101;p17"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -42871,77 +40906,77 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>46</a:t>
+              <a:t>41</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3148600230"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61BB33DF-4F56-3165-F7B3-DF1307905240}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -43253,70 +41288,70 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>47</a:t>
+              <a:t>42</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1104312969"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6794DDD-794F-7BC0-38DC-31CACBC91306}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -43561,70 +41596,70 @@
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>48</a:t>
+              <a:t>43</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4046397836"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 162"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="163" name="Google Shape;163;p4"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -43879,612 +41914,73 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>49</a:t>
+              <a:t>44</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="483606423"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...537 lines deleted...]
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 176"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="178" name="Google Shape;178;p6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -44572,72 +42068,72 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1800" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>6</a:t>
+              <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A015669-4C4A-A6F5-5409-0FEEEE7DBB39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -44713,77 +42209,77 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1800" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>7</a:t>
+              <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="168462010"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 207"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="208" name="Google Shape;208;p9"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
@@ -45499,68 +42995,68 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>8</a:t>
+              <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94B7DD16-9C89-E9D1-10C6-FB794A91AC7F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -45855,63 +43351,314 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>9</a:t>
+              <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2949164510"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8592D49C-CD94-0F83-A7A5-54DAB395D896}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="933856" y="280457"/>
+            <a:ext cx="10124997" cy="1352144"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:br>
+              <a:rPr lang="en-US" sz="4400" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0"/>
+              <a:t>Where to begin?</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="4400" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" b="1" dirty="0"/>
+              <a:t>Know Your Community</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4400" b="1" dirty="0">
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3" descr="A group of people sitting on the floor">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B65C805-AE02-E5F7-D9F9-1E652D19833C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4"/>
+          <a:srcRect t="42619" r="235" b="1455"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="664803" y="2083532"/>
+            <a:ext cx="10862394" cy="3419105"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5F3332E-B9CD-7483-2553-6A7DB0F324A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10248900" y="6356350"/>
+            <a:ext cx="1104900" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{53385912-A4F2-414C-811D-22BA556D6430}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3643166686"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/tags/tag1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
@@ -46022,80 +43769,50 @@
 <file path=ppt/tags/tag28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag31.xml><?xml version="1.0" encoding="utf-8"?>
-<p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...28 lines deleted...]
-<file path=ppt/tags/tag36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -46692,136 +44409,130 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1523</Words>
+  <Words>1695</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>311</Paragraphs>
-[...1 lines deleted...]
-  <Notes>46</Notes>
+  <Paragraphs>294</Paragraphs>
+  <Slides>44</Slides>
+  <Notes>41</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>50</vt:i4>
+        <vt:i4>44</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="58" baseType="lpstr">
+    <vt:vector size="52" baseType="lpstr">
       <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Corbel</vt:lpstr>
       <vt:lpstr>Helvetica</vt:lpstr>
       <vt:lpstr>Helvetica Neue</vt:lpstr>
       <vt:lpstr>Noto Sans Symbols</vt:lpstr>
       <vt:lpstr>Basis</vt:lpstr>
       <vt:lpstr>Health Programming at Your Library</vt:lpstr>
       <vt:lpstr>Which picture most closely matches how you feel about health programming? </vt:lpstr>
       <vt:lpstr>Learning Objectives</vt:lpstr>
       <vt:lpstr>Network of the National Library of Medicine (NNLM)</vt:lpstr>
-      <vt:lpstr>Class Resources</vt:lpstr>
       <vt:lpstr>What is an example of health outreach or programming that you have seen recently? </vt:lpstr>
       <vt:lpstr>Why might libraries conduct health outreach?</vt:lpstr>
       <vt:lpstr>Health Outreach at Your Organization</vt:lpstr>
       <vt:lpstr>Health Outreach &amp; Programming Landscape </vt:lpstr>
       <vt:lpstr> Where to begin? Know Your Community</vt:lpstr>
       <vt:lpstr>State Health Facts</vt:lpstr>
       <vt:lpstr>County Health Rankings and Roadmaps</vt:lpstr>
       <vt:lpstr>County Health Rankings - Example</vt:lpstr>
       <vt:lpstr>County Health Rankings and Roadmaps - Snapshot</vt:lpstr>
       <vt:lpstr>City Health Dashboard</vt:lpstr>
       <vt:lpstr>City Health Dashboard Sample</vt:lpstr>
       <vt:lpstr>Activity 1: Choose Your Own Adventure</vt:lpstr>
       <vt:lpstr>Initial Planning</vt:lpstr>
       <vt:lpstr>Types of Projects &amp; Programs</vt:lpstr>
       <vt:lpstr>Getting Started</vt:lpstr>
       <vt:lpstr>Inspiration and Ideas</vt:lpstr>
       <vt:lpstr>Finding Programming Inspiration and Ideas</vt:lpstr>
       <vt:lpstr>Activity 2: Choose a Resource</vt:lpstr>
       <vt:lpstr>Getting Started: Partnerships</vt:lpstr>
       <vt:lpstr>"Period Pantry" at the Brooklyn Public Central Library              (Kings County, NY)</vt:lpstr>
       <vt:lpstr>Virtual Health at the Pottsboro Public Library</vt:lpstr>
       <vt:lpstr>Planning for Health Programming: Implementation Tips</vt:lpstr>
       <vt:lpstr>7 Key Questions</vt:lpstr>
       <vt:lpstr>Logic Model</vt:lpstr>
       <vt:lpstr>Completed Logic Model</vt:lpstr>
       <vt:lpstr>Storytime Logic Model</vt:lpstr>
       <vt:lpstr>Activity 3: Your Turn</vt:lpstr>
       <vt:lpstr>Marketing</vt:lpstr>
       <vt:lpstr>Marketing and Publicity</vt:lpstr>
       <vt:lpstr>Check NIH Institutes</vt:lpstr>
       <vt:lpstr>Printable Flyers </vt:lpstr>
       <vt:lpstr>Getting a jump start with NLM and NNLM Resources </vt:lpstr>
       <vt:lpstr>Activities with NNLM Partners!</vt:lpstr>
       <vt:lpstr>NNLM Reading Club</vt:lpstr>
       <vt:lpstr>Host a Book Discussion</vt:lpstr>
       <vt:lpstr>NNLM Guides &amp; Resources</vt:lpstr>
-      <vt:lpstr>Partner with NNLM</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Tools for NNLM Funding</vt:lpstr>
       <vt:lpstr>Consumer Health Information Specialization (CHIS)</vt:lpstr>
       <vt:lpstr>CHIS Classes</vt:lpstr>
       <vt:lpstr>Reflection</vt:lpstr>
       <vt:lpstr>Connect with NIH, NLM &amp; NNLM</vt:lpstr>
-      <vt:lpstr>Questions?</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>