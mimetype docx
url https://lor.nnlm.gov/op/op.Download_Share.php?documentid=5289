--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -188,72 +188,89 @@
           <w:t>State Health Facts</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6CE1C66F" w14:textId="69AA941C" w:rsidR="00F24E0F" w:rsidRPr="004966FA" w:rsidRDefault="00F24E0F" w:rsidP="004966FA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="004966FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>County Health Rankings and Roadmaps</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0EA4F85F" w14:textId="31D57F75" w:rsidR="00F24E0F" w:rsidRPr="004966FA" w:rsidRDefault="00F24E0F" w:rsidP="004966FA">
+    <w:p w14:paraId="0EA4F85F" w14:textId="31D57F75" w:rsidR="00F24E0F" w:rsidRDefault="00F24E0F" w:rsidP="004966FA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="004966FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>City Health Dashboard</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="051652B8" w14:textId="75B6F2B8" w:rsidR="009445CE" w:rsidRPr="009445CE" w:rsidRDefault="009445CE" w:rsidP="004966FA">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="009445CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>Congressional District Health Dashboard</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
     <w:p w14:paraId="09CBDCC9" w14:textId="0D988E8B" w:rsidR="00F24E0F" w:rsidRPr="00B20C6E" w:rsidRDefault="008019F4" w:rsidP="00FA1ADC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20C6E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Activity 2: Explore Programming Ideas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D36DC2" w14:textId="4B0F205A" w:rsidR="00E32FDA" w:rsidRPr="004966FA" w:rsidRDefault="00E32FDA" w:rsidP="004966FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -338,226 +355,178 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Share what you used, and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">what you learned about it or could use from it. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="434D62B4" w14:textId="344302F4" w:rsidR="002639D1" w:rsidRPr="004966FA" w:rsidRDefault="002639D1" w:rsidP="004966FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="004966FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Let’s Move in Libraries</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004966FA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AD06A50" w14:textId="09BAE29B" w:rsidR="002639D1" w:rsidRPr="004966FA" w:rsidRDefault="002639D1" w:rsidP="004966FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="004966FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ALA: Programming Librarian</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004966FA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="788B2725" w14:textId="463D0619" w:rsidR="002639D1" w:rsidRPr="004966FA" w:rsidRDefault="002639D1" w:rsidP="004966FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-[...46 lines deleted...]
-      </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="004966FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Rural Healt</w:t>
-[...15 lines deleted...]
-          <w:t xml:space="preserve"> Literacy Toolkit</w:t>
+          <w:t>WebJunction: Health Happens in Libraries</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="004966FA">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2C963DFF" w14:textId="2F06CA60" w:rsidR="002639D1" w:rsidRPr="004966FA" w:rsidRDefault="002639D1" w:rsidP="004966FA">
+    <w:p w14:paraId="0D69BD77" w14:textId="13BDAC30" w:rsidR="002639D1" w:rsidRPr="004966FA" w:rsidRDefault="002639D1" w:rsidP="004966FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="004966FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Re</w:t>
+          <w:t>Rural Health Literacy Toolkit</w:t>
         </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2C963DFF" w14:textId="2F06CA60" w:rsidR="002639D1" w:rsidRPr="004966FA" w:rsidRDefault="002639D1" w:rsidP="004966FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="004966FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>a</w:t>
-[...7 lines deleted...]
-          <w:t>dy.gov </w:t>
+          <w:t>Ready.gov </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004966FA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD52938" w14:textId="55F10960" w:rsidR="002639D1" w:rsidRPr="00953243" w:rsidRDefault="00953243" w:rsidP="004966FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -571,241 +540,225 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://jbrary.com/"</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="002639D1" w:rsidRPr="00953243">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>J</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">rary Storytime Resources </w:t>
+        <w:t xml:space="preserve">Jbrary Storytime Resources </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46B10345" w14:textId="458B0677" w:rsidR="00C9082F" w:rsidRPr="004E47A8" w:rsidRDefault="00953243" w:rsidP="004966FA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="002639D1" w:rsidRPr="004966FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>NNLM Past Funded Projects</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="69B082B6" w14:textId="2C6C3B44" w:rsidR="004E47A8" w:rsidRPr="004E47A8" w:rsidRDefault="004E47A8" w:rsidP="004E47A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="004E47A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>National Health Observances</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7B788C54" w14:textId="45E3C38C" w:rsidR="00C9082F" w:rsidRPr="00B20C6E" w:rsidRDefault="00C9082F" w:rsidP="00FA1ADC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20C6E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Getting Started: Partnerships</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F0971F6" w14:textId="5221F31D" w:rsidR="00222E5D" w:rsidRPr="00CB1CA7" w:rsidRDefault="00222E5D" w:rsidP="00263F5A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00CB1CA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>“Period Pantry” at the Brooklyn Public Central Library</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2865DA16" w14:textId="2482699F" w:rsidR="00222E5D" w:rsidRDefault="00222E5D" w:rsidP="00263F5A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00CB1CA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>NNLM Discovery-Virtual Health. Virtual Health at the Pottsboro Public Library  </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CB1CA7">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44538F88" w14:textId="16F3A24A" w:rsidR="00263F5A" w:rsidRPr="005806AF" w:rsidRDefault="00263F5A" w:rsidP="005806AF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005806AF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Planning and Implementation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCC8669" w14:textId="2AA73DCB" w:rsidR="00CB1CA7" w:rsidRPr="00CB1CA7" w:rsidRDefault="00CB1CA7" w:rsidP="00263F5A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00CB1CA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>NNLM Logic Model</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="447F5FD2" w14:textId="4E33B552" w:rsidR="00CB1CA7" w:rsidRDefault="00CC6E64" w:rsidP="00263F5A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Storytime Logic Model: Library Research Service</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0F0B5FBB" w14:textId="3888A9B2" w:rsidR="00CB2E88" w:rsidRPr="00B20C6E" w:rsidRDefault="00CB2E88" w:rsidP="00FA1ADC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20C6E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
@@ -2024,784 +1977,648 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="11F0EF12" w14:textId="77777777" w:rsidR="004C4D0A" w:rsidRDefault="004C4D0A" w:rsidP="00D41081">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Will you conduct the activity?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63104A79" w14:textId="77777777" w:rsidR="004C4D0A" w:rsidRDefault="004C4D0A" w:rsidP="00D41081">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Will you tell if it was successful?</w:t>
+              <w:t xml:space="preserve">Will you </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>tell</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> if it was successful?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0305E1FF" w14:textId="77777777" w:rsidR="004C4D0A" w:rsidRDefault="004C4D0A" w:rsidP="00D41081">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E562925" w14:textId="77777777" w:rsidR="00FA64D4" w:rsidRDefault="00FA64D4" w:rsidP="00FA64D4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="049AA557" w14:textId="265B0204" w:rsidR="00E34671" w:rsidRDefault="00E34671" w:rsidP="00FA64D4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>How to Claim MLA CE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3882D8DC" w14:textId="44CD7B8C" w:rsidR="00E34671" w:rsidRPr="00E34671" w:rsidRDefault="00E34671" w:rsidP="00E34671">
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00E34671">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Wa</w:t>
-[...11 lines deleted...]
-          <w:t>ch a 1-minute video</w:t>
+          <w:t>Watch a 1-minute video</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4819AB7D" w14:textId="1ED8F779" w:rsidR="00B27E05" w:rsidRPr="00B20C6E" w:rsidRDefault="00B27E05" w:rsidP="00FA64D4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20C6E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Marketing Ideas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C1828C7" w14:textId="7B8C86DD" w:rsidR="00556ABD" w:rsidRDefault="00B27E05" w:rsidP="00263F5A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00B27E05">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Public Library Association’s</w:t>
-[...11 lines deleted...]
-          <w:t>Marketing Strategies Page</w:t>
+          <w:t>Public Library Association’s Marketing Strategies Page</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="63A84FA1" w14:textId="0206D0D3" w:rsidR="00263F5A" w:rsidRPr="00556ABD" w:rsidRDefault="00263F5A" w:rsidP="00556ABD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00263F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>ACRL Libr</w:t>
-[...11 lines deleted...]
-          <w:t>ry Marketing Outreach Library Guide</w:t>
+          <w:t>ACRL Library Marketing Outreach Library Guide</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1546E208" w14:textId="480D2994" w:rsidR="008B396D" w:rsidRPr="003C00CC" w:rsidRDefault="0023622B" w:rsidP="003C00CC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C00CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Activities with NNLM Partners</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62748E09" w14:textId="309482A9" w:rsidR="00651983" w:rsidRPr="00651983" w:rsidRDefault="00651983" w:rsidP="00263F5A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="120"/>
-        <w:rPr>
-[...77 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00651983">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>NNLM</w:t>
+          <w:t>SciStarter</w:t>
         </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0C4BDE1C" w14:textId="44034E0D" w:rsidR="00E804FE" w:rsidRPr="00B20C6E" w:rsidRDefault="00E804FE" w:rsidP="00651983">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk161132929"/>
+      <w:r w:rsidRPr="00B20C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NNLM </w:t>
+      </w:r>
+      <w:r w:rsidR="00651983" w:rsidRPr="00B20C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Activities, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Guides &amp; Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD64367" w14:textId="62043509" w:rsidR="00651983" w:rsidRPr="00651983" w:rsidRDefault="00651983" w:rsidP="00651983">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00651983">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
+          <w:t>NNLM Reading Club</w:t>
         </w:r>
-        <w:r w:rsidRPr="00651983">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="458D989C" w14:textId="3E3DE8F5" w:rsidR="00E804FE" w:rsidRPr="005A7EF2" w:rsidRDefault="00505BDA" w:rsidP="00651983">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Reading Club</w:t>
+          <w:t>Download Free Informational Materials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="458D989C" w14:textId="416975BE" w:rsidR="00E804FE" w:rsidRPr="005A7EF2" w:rsidRDefault="00E804FE" w:rsidP="00651983">
-[...65 lines deleted...]
-    <w:p w14:paraId="7C373180" w14:textId="1D9F8234" w:rsidR="005A7EF2" w:rsidRPr="005A7EF2" w:rsidRDefault="005A7EF2" w:rsidP="005A7EF2">
+    <w:p w14:paraId="14C51DD5" w14:textId="17698FD2" w:rsidR="005A7EF2" w:rsidRPr="005A7EF2" w:rsidRDefault="005A7EF2" w:rsidP="00651983">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="005A7EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Community Engagement Res</w:t>
+          <w:t>Introduction to Health Literacy Guide</w:t>
         </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7C373180" w14:textId="1D9F8234" w:rsidR="005A7EF2" w:rsidRPr="005A7EF2" w:rsidRDefault="005A7EF2" w:rsidP="005A7EF2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="005A7EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>o</w:t>
-[...7 lines deleted...]
-          <w:t>urce Guide</w:t>
+          <w:t>Community Engagement Resource Guide</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7A1207BD" w14:textId="110177CC" w:rsidR="005A7EF2" w:rsidRPr="005A7EF2" w:rsidRDefault="005A7EF2" w:rsidP="005A7EF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="005A7EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:spacing w:val="-15"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Mental Health Information C</w:t>
-[...19 lines deleted...]
-          <w:t>mmunity Partnerships Toolkit</w:t>
+          <w:t>Mental Health Information Community Partnerships Toolkit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A7EF2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58DC02C1" w14:textId="46D11B3F" w:rsidR="005A7EF2" w:rsidRPr="00651983" w:rsidRDefault="005A7EF2" w:rsidP="00651983">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="005A7EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Resources for Publi</w:t>
+          <w:t>Resources for Public Libraries</w:t>
         </w:r>
-        <w:r w:rsidRPr="005A7EF2">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2F4F1619" w14:textId="6FD3011F" w:rsidR="008F0F34" w:rsidRPr="0039389E" w:rsidRDefault="004102BE" w:rsidP="00B20C6E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039389E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Consumer Health Information Specialization</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17C90" w:rsidRPr="0039389E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CHIS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583753FA" w14:textId="7E55F3C5" w:rsidR="008F0F34" w:rsidRPr="00CD2688" w:rsidRDefault="00C52FA2" w:rsidP="00DB7353">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00CD2688">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>c</w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> Libraries</w:t>
+          <w:t>Learn more about CHIS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A6C0D6B" w14:textId="3C862EE0" w:rsidR="00A11B0E" w:rsidRPr="00B20C6E" w:rsidRDefault="00A11B0E" w:rsidP="00EE3955">
-[...135 lines deleted...]
-    <w:p w14:paraId="583753FA" w14:textId="7E55F3C5" w:rsidR="008F0F34" w:rsidRPr="00CD2688" w:rsidRDefault="00C52FA2" w:rsidP="00DB7353">
+    <w:p w14:paraId="5995DA43" w14:textId="17A93043" w:rsidR="00DB7353" w:rsidRPr="00CA6DA6" w:rsidRDefault="00EE3955" w:rsidP="006B18BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00CD2688">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Learn more abou</w:t>
-[...54 lines deleted...]
-          <w:t>S classes</w:t>
+          <w:t>Find CHIS classes</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00DB7353" w:rsidRPr="00CD2688">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId36"/>
+    <w:p w14:paraId="5BEFCD19" w14:textId="6F8AAF58" w:rsidR="00CA6DA6" w:rsidRPr="00CA6DA6" w:rsidRDefault="00CA6DA6" w:rsidP="00CA6DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This course has been approved for 1.5 hours of Medical Library Association Continuing Education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and fulfills the following </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consumer Health Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Specialization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CHIS) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Competencies: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199C2E52" w14:textId="77777777" w:rsidR="00CA6DA6" w:rsidRPr="00CA6DA6" w:rsidRDefault="00CA6DA6" w:rsidP="00CA6DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C1. Know the community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A9CB65" w14:textId="77777777" w:rsidR="00CA6DA6" w:rsidRPr="00CA6DA6" w:rsidRDefault="00CA6DA6" w:rsidP="00CA6DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C3. Knowledge of Subject Matter and Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67EC9FBB" w14:textId="77777777" w:rsidR="00CA6DA6" w:rsidRPr="00CA6DA6" w:rsidRDefault="00CA6DA6" w:rsidP="00CA6DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This class qualifies as additional continuing education credit towards CHIS level 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C30987" w14:textId="77777777" w:rsidR="00CA6DA6" w:rsidRPr="00CA6DA6" w:rsidRDefault="00CA6DA6" w:rsidP="00CA6DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CA6DA6" w:rsidRPr="00CA6DA6">
+      <w:headerReference w:type="default" r:id="rId34"/>
+      <w:footerReference w:type="default" r:id="rId35"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32EFB0AF" w14:textId="77777777" w:rsidR="00647045" w:rsidRDefault="00647045" w:rsidP="00291D15">
+    <w:p w14:paraId="0C82CA8C" w14:textId="77777777" w:rsidR="00914D16" w:rsidRDefault="00914D16" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04EEF177" w14:textId="77777777" w:rsidR="00647045" w:rsidRDefault="00647045" w:rsidP="00291D15">
+    <w:p w14:paraId="0C393939" w14:textId="77777777" w:rsidR="00914D16" w:rsidRDefault="00914D16" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2811,112 +2628,105 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="26651F3F" w14:textId="71FC903C" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
+  <w:p w14:paraId="26651F3F" w14:textId="7B2E938F" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00485108">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
     </w:r>
     <w:r w:rsidR="00BC4C1B">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="000956FA">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Updated </w:t>
     </w:r>
-    <w:r w:rsidR="00151074">
+    <w:r w:rsidR="003E5433">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>October</w:t>
-[...6 lines deleted...]
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t>January 2026</w:t>
     </w:r>
     <w:r w:rsidR="000956FA">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C3873B0" w14:textId="762C8E89" w:rsidR="00485108" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1165859887"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
@@ -2940,125 +2750,107 @@
         </w:r>
         <w:r w:rsidR="00485108">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0C59B932" w14:textId="15E48E6C" w:rsidR="007F66FE" w:rsidRPr="007F66FE" w:rsidRDefault="007F66FE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FFA4522" w14:textId="77777777" w:rsidR="00647045" w:rsidRDefault="00647045" w:rsidP="00291D15">
+    <w:p w14:paraId="13AB3AC9" w14:textId="77777777" w:rsidR="00914D16" w:rsidRDefault="00914D16" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2407D6B8" w14:textId="77777777" w:rsidR="00647045" w:rsidRDefault="00647045" w:rsidP="00291D15">
+    <w:p w14:paraId="78CBAEE6" w14:textId="77777777" w:rsidR="00914D16" w:rsidRDefault="00914D16" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="60044905" w14:textId="28D884C8" w:rsidR="00291D15" w:rsidRDefault="00291D15">
+  <w:p w14:paraId="60044905" w14:textId="4B16D1FB" w:rsidR="00291D15" w:rsidRDefault="003E5433">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="156AA647" wp14:editId="34891889">
-          <wp:extent cx="5943600" cy="953770"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45826226" wp14:editId="7B3FEF04">
+          <wp:extent cx="5943600" cy="715645"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1" name="Picture 1">
-[...5 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="2122780378" name="Picture 1" descr="Network of the National Library of Medicine logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Picture 1">
-[...5 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="2122780378" name="Picture 1" descr="Network of the National Library of Medicine logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="5943600" cy="953770"/>
+                    <a:ext cx="5943600" cy="715645"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="039B0526"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08028460"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -4874,281 +4666,297 @@
   </w:num>
   <w:num w:numId="11" w16cid:durableId="308754856">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1902249303">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1970436573">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="484467227">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1007370298">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1137332195">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291D15"/>
     <w:rsid w:val="000110F6"/>
     <w:rsid w:val="00013607"/>
     <w:rsid w:val="0006122D"/>
     <w:rsid w:val="000956FA"/>
     <w:rsid w:val="000E7972"/>
     <w:rsid w:val="000F0551"/>
     <w:rsid w:val="000F28E7"/>
     <w:rsid w:val="000F5E96"/>
     <w:rsid w:val="00100E5E"/>
     <w:rsid w:val="001111F6"/>
     <w:rsid w:val="00144148"/>
     <w:rsid w:val="00151074"/>
     <w:rsid w:val="0015613F"/>
     <w:rsid w:val="00164343"/>
     <w:rsid w:val="001700B0"/>
     <w:rsid w:val="00171FA7"/>
     <w:rsid w:val="00183F2E"/>
     <w:rsid w:val="00193C09"/>
     <w:rsid w:val="00196DB8"/>
     <w:rsid w:val="001B2322"/>
     <w:rsid w:val="001C2BDA"/>
     <w:rsid w:val="001D3440"/>
     <w:rsid w:val="001D7734"/>
     <w:rsid w:val="001E7B0F"/>
+    <w:rsid w:val="001F6AF9"/>
     <w:rsid w:val="00207D95"/>
     <w:rsid w:val="00221AD4"/>
     <w:rsid w:val="00222E5D"/>
     <w:rsid w:val="0022669F"/>
     <w:rsid w:val="0023622B"/>
     <w:rsid w:val="002364D0"/>
     <w:rsid w:val="002415F6"/>
     <w:rsid w:val="00252F72"/>
     <w:rsid w:val="002639D1"/>
     <w:rsid w:val="00263F5A"/>
     <w:rsid w:val="0028561A"/>
     <w:rsid w:val="00291D15"/>
     <w:rsid w:val="002A4173"/>
     <w:rsid w:val="002F1089"/>
     <w:rsid w:val="003106DB"/>
     <w:rsid w:val="00364A6C"/>
     <w:rsid w:val="00365090"/>
     <w:rsid w:val="0039389E"/>
     <w:rsid w:val="0039415E"/>
     <w:rsid w:val="0039502E"/>
     <w:rsid w:val="003969B6"/>
     <w:rsid w:val="003B1287"/>
     <w:rsid w:val="003B5938"/>
     <w:rsid w:val="003B7868"/>
     <w:rsid w:val="003C00CC"/>
     <w:rsid w:val="003E1826"/>
+    <w:rsid w:val="003E5433"/>
     <w:rsid w:val="003F7598"/>
+    <w:rsid w:val="00404051"/>
     <w:rsid w:val="004102BE"/>
     <w:rsid w:val="00445A80"/>
     <w:rsid w:val="00452E45"/>
     <w:rsid w:val="00470BD8"/>
     <w:rsid w:val="004831CE"/>
     <w:rsid w:val="00485108"/>
     <w:rsid w:val="004966FA"/>
     <w:rsid w:val="004C4D0A"/>
     <w:rsid w:val="004D4561"/>
     <w:rsid w:val="004E47A8"/>
+    <w:rsid w:val="004F6828"/>
+    <w:rsid w:val="00505BDA"/>
     <w:rsid w:val="00525277"/>
     <w:rsid w:val="00542066"/>
     <w:rsid w:val="0054452F"/>
     <w:rsid w:val="00554C99"/>
     <w:rsid w:val="00556ABD"/>
     <w:rsid w:val="0056121A"/>
     <w:rsid w:val="005806AF"/>
     <w:rsid w:val="00582A21"/>
     <w:rsid w:val="005A7EF2"/>
     <w:rsid w:val="005B2BFB"/>
     <w:rsid w:val="005B3918"/>
     <w:rsid w:val="005D44D2"/>
     <w:rsid w:val="005E520C"/>
     <w:rsid w:val="005F7768"/>
     <w:rsid w:val="006006D9"/>
     <w:rsid w:val="006248A1"/>
     <w:rsid w:val="00625C5A"/>
     <w:rsid w:val="0062770C"/>
     <w:rsid w:val="006364C4"/>
     <w:rsid w:val="00637F35"/>
     <w:rsid w:val="00647045"/>
     <w:rsid w:val="00651983"/>
     <w:rsid w:val="00654EC8"/>
     <w:rsid w:val="00692924"/>
+    <w:rsid w:val="00692FA9"/>
     <w:rsid w:val="006B18BD"/>
     <w:rsid w:val="006B3902"/>
     <w:rsid w:val="006B7789"/>
     <w:rsid w:val="006C2EA5"/>
     <w:rsid w:val="006E4876"/>
     <w:rsid w:val="006E649C"/>
     <w:rsid w:val="006E77FD"/>
     <w:rsid w:val="0070456F"/>
     <w:rsid w:val="007064E7"/>
     <w:rsid w:val="007073C4"/>
     <w:rsid w:val="007303BB"/>
+    <w:rsid w:val="007643FB"/>
     <w:rsid w:val="007A67AF"/>
     <w:rsid w:val="007C270E"/>
     <w:rsid w:val="007E4A00"/>
     <w:rsid w:val="007F66FE"/>
     <w:rsid w:val="008019F4"/>
     <w:rsid w:val="00807B67"/>
     <w:rsid w:val="00825679"/>
     <w:rsid w:val="008863B8"/>
     <w:rsid w:val="00894217"/>
     <w:rsid w:val="008A5DD6"/>
     <w:rsid w:val="008B396D"/>
     <w:rsid w:val="008B6484"/>
     <w:rsid w:val="008C1633"/>
     <w:rsid w:val="008C5532"/>
     <w:rsid w:val="008C710E"/>
     <w:rsid w:val="008F0F34"/>
     <w:rsid w:val="008F390F"/>
     <w:rsid w:val="00906B59"/>
     <w:rsid w:val="009123EF"/>
+    <w:rsid w:val="00914D16"/>
     <w:rsid w:val="00931E1B"/>
     <w:rsid w:val="00933D0A"/>
+    <w:rsid w:val="009445CE"/>
     <w:rsid w:val="0094498D"/>
     <w:rsid w:val="00951729"/>
     <w:rsid w:val="00952D74"/>
     <w:rsid w:val="00953243"/>
     <w:rsid w:val="009532B7"/>
     <w:rsid w:val="009754FE"/>
     <w:rsid w:val="00984075"/>
     <w:rsid w:val="00985E7F"/>
     <w:rsid w:val="00986D94"/>
+    <w:rsid w:val="009A0F95"/>
     <w:rsid w:val="009A74C1"/>
     <w:rsid w:val="00A11B0E"/>
     <w:rsid w:val="00A1316A"/>
     <w:rsid w:val="00A31D52"/>
     <w:rsid w:val="00A44EA4"/>
     <w:rsid w:val="00A47E83"/>
     <w:rsid w:val="00A57D04"/>
     <w:rsid w:val="00A63B55"/>
     <w:rsid w:val="00A72F81"/>
     <w:rsid w:val="00A82178"/>
+    <w:rsid w:val="00A82248"/>
     <w:rsid w:val="00A9614D"/>
     <w:rsid w:val="00AC07B0"/>
     <w:rsid w:val="00AF6AD9"/>
     <w:rsid w:val="00B005DB"/>
     <w:rsid w:val="00B14B3F"/>
     <w:rsid w:val="00B20C6E"/>
     <w:rsid w:val="00B27E05"/>
     <w:rsid w:val="00B4546A"/>
     <w:rsid w:val="00B61D64"/>
     <w:rsid w:val="00B6732F"/>
     <w:rsid w:val="00B71A8E"/>
     <w:rsid w:val="00B840A6"/>
     <w:rsid w:val="00B84952"/>
     <w:rsid w:val="00B85485"/>
     <w:rsid w:val="00B947CC"/>
     <w:rsid w:val="00BC4C1B"/>
     <w:rsid w:val="00BD4EE6"/>
     <w:rsid w:val="00BF49E7"/>
     <w:rsid w:val="00C113C4"/>
     <w:rsid w:val="00C14716"/>
+    <w:rsid w:val="00C172BF"/>
     <w:rsid w:val="00C17C90"/>
     <w:rsid w:val="00C17FEE"/>
     <w:rsid w:val="00C20BC1"/>
     <w:rsid w:val="00C255EC"/>
     <w:rsid w:val="00C27117"/>
+    <w:rsid w:val="00C47EC7"/>
     <w:rsid w:val="00C52FA2"/>
     <w:rsid w:val="00C63DDB"/>
     <w:rsid w:val="00C83660"/>
     <w:rsid w:val="00C9082F"/>
     <w:rsid w:val="00CA335D"/>
+    <w:rsid w:val="00CA6DA6"/>
     <w:rsid w:val="00CB1CA7"/>
     <w:rsid w:val="00CB2E88"/>
     <w:rsid w:val="00CC50E7"/>
     <w:rsid w:val="00CC6E64"/>
     <w:rsid w:val="00CC7A76"/>
     <w:rsid w:val="00CD2688"/>
     <w:rsid w:val="00CD3AAA"/>
     <w:rsid w:val="00CD7C76"/>
     <w:rsid w:val="00CE7517"/>
     <w:rsid w:val="00D16EF2"/>
+    <w:rsid w:val="00D27AD1"/>
     <w:rsid w:val="00D51EEC"/>
     <w:rsid w:val="00D65764"/>
     <w:rsid w:val="00D72B1B"/>
     <w:rsid w:val="00D83BF2"/>
     <w:rsid w:val="00DA08B7"/>
     <w:rsid w:val="00DB7353"/>
     <w:rsid w:val="00DD41DF"/>
     <w:rsid w:val="00DE08C9"/>
     <w:rsid w:val="00DF0C8E"/>
     <w:rsid w:val="00E30ED8"/>
     <w:rsid w:val="00E32FDA"/>
     <w:rsid w:val="00E34671"/>
     <w:rsid w:val="00E42F3A"/>
     <w:rsid w:val="00E51175"/>
     <w:rsid w:val="00E647C8"/>
     <w:rsid w:val="00E65DD8"/>
     <w:rsid w:val="00E8002E"/>
     <w:rsid w:val="00E804FE"/>
     <w:rsid w:val="00E915EF"/>
     <w:rsid w:val="00EA287B"/>
     <w:rsid w:val="00EB4A1E"/>
     <w:rsid w:val="00EC4CBA"/>
     <w:rsid w:val="00EC7BED"/>
     <w:rsid w:val="00EE3955"/>
     <w:rsid w:val="00F13146"/>
     <w:rsid w:val="00F24E0F"/>
     <w:rsid w:val="00F3317D"/>
     <w:rsid w:val="00F42386"/>
     <w:rsid w:val="00FA1ADC"/>
     <w:rsid w:val="00FA64D4"/>
+    <w:rsid w:val="00FB361A"/>
     <w:rsid w:val="00FC466D"/>
     <w:rsid w:val="00FE72BD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -5604,51 +5412,50 @@
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A9614D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -6027,51 +5834,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="374355948">
           <w:marLeft w:val="360"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="200"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy/2/community/public-libraries" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=pV32iJ4WL-g" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/order" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/PkPb9xfAYBM?si=YksM5vkN52x4Vxk4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/schedule?combine=&amp;ce_categories_121%5B%5D=3&amp;ce_categories_121%5B%5D=4&amp;class_format_133=All" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kff.org/statedata/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/explore-topics/ehealth.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbsnews.com/newyork/news/central-library-provides-free-menstrual-products/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/reading-club" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/consumer-health-information-specialization" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/news/category/national-health-observances" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lrs.org/2020/09/09/the-logic-model-take-it-one-step-at-a-time/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/mental-health-information-community-partnerships-toolkit" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/browse-programs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scistarter.org/citizensciencemonth-resources" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/nnlm-proposal-writing-toolkit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acrl.libguides.com/marketingresources/readings_videos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/community-engagement-resource-guide" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/program-ideas/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/sites/default/files/2021-08/Logic%20Model.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/toolkits" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/pla/resources/tools/public-relations-marketing/marketing-strategies" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/intro-health-literacy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/public-libraries/resources-for-public-libraries" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.webjunction.org/explore-topics/ehealth.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbsnews.com/newyork/news/central-library-provides-free-menstrual-products/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/reading-club" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lrs.org/2020/09/09/the-logic-model-take-it-one-step-at-a-time/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kff.org/statedata/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programminglibrarian.org/browse-programs" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/news/category/national-health-observances" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scistarter.org/citizensciencemonth-resources" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/schedule?combine=&amp;ce_categories_121%5B%5D=3&amp;ce_categories_121%5B%5D=4&amp;class_format_133=All" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/funding/funded" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/sites/default/files/2021-08/Logic%20Model.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/community-engagement-resource-guide" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://letsmovelibraries.org/program-ideas/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acrl.libguides.com/marketingresources/readings_videos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/consumer-health-information-specialization" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ready.gov/toolkits" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ala.org/pla/resources/tools/public-relations-marketing/marketing-strategies" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/intro-health-literacy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.congressionaldistricthealthdashboard.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=pV32iJ4WL-g" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/public-libraries/resources-for-public-libraries" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/toolkits/health-literacy/2/community/public-libraries" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/PkPb9xfAYBM?si=YksM5vkN52x4Vxk4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/order" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/mental-health-information-community-partnerships-toolkit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -6334,91 +6141,89 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>700</Words>
-  <Characters>3935</Characters>
+  <Words>740</Words>
+  <Characters>4155</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>245</Lines>
-  <Paragraphs>178</Paragraphs>
+  <Lines>259</Lines>
+  <Paragraphs>188</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="17" baseType="lpstr">
+    <vt:vector size="15" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Health Programming at Your Library</vt:lpstr>
       <vt:lpstr>    Activity 1: Choose Your Own Adventure</vt:lpstr>
       <vt:lpstr>    Activity 2: Explore Programming Ideas</vt:lpstr>
       <vt:lpstr>    Getting Started: Partnerships</vt:lpstr>
       <vt:lpstr>    Planning and Implementation</vt:lpstr>
       <vt:lpstr>    Activity 3: Your Turn</vt:lpstr>
       <vt:lpstr>        Logic Model</vt:lpstr>
       <vt:lpstr>        7 Questions:</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    How to Claim MLA CE</vt:lpstr>
       <vt:lpstr>    Marketing Ideas</vt:lpstr>
-      <vt:lpstr>    NLM Exhibition Program (on pause until further notice)</vt:lpstr>
       <vt:lpstr>    Activities with NNLM Partners</vt:lpstr>
       <vt:lpstr>    NNLM Activities, Guides &amp; Resources</vt:lpstr>
-      <vt:lpstr>    NNLM Funding Opportunities</vt:lpstr>
       <vt:lpstr>    Consumer Health Information Specialization (CHIS)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4457</CharactersWithSpaces>
+  <CharactersWithSpaces>4707</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>