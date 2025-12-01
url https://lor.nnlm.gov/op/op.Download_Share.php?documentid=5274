--- v0 (2025-10-06)
+++ v1 (2025-12-01)
@@ -1,1251 +1,601 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/slideMasters/slideMaster5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...36 lines deleted...]
-  <Override PartName="/ppt/theme/theme7.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483684" r:id="rId4"/>
-[...3 lines deleted...]
-    <p:sldMasterId id="2147483696" r:id="rId8"/>
+    <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId30"/>
+    <p:notesMasterId r:id="rId22"/>
   </p:notesMasterIdLst>
-  <p:handoutMasterIdLst>
-[...1 lines deleted...]
-  </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId9"/>
-[...19 lines deleted...]
-    <p:sldId id="331" r:id="rId29"/>
+    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="725" r:id="rId3"/>
+    <p:sldId id="1586" r:id="rId4"/>
+    <p:sldId id="258" r:id="rId5"/>
+    <p:sldId id="272" r:id="rId6"/>
+    <p:sldId id="1581" r:id="rId7"/>
+    <p:sldId id="308" r:id="rId8"/>
+    <p:sldId id="260" r:id="rId9"/>
+    <p:sldId id="1589" r:id="rId10"/>
+    <p:sldId id="259" r:id="rId11"/>
+    <p:sldId id="1590" r:id="rId12"/>
+    <p:sldId id="1584" r:id="rId13"/>
+    <p:sldId id="355" r:id="rId14"/>
+    <p:sldId id="1585" r:id="rId15"/>
+    <p:sldId id="356" r:id="rId16"/>
+    <p:sldId id="266" r:id="rId17"/>
+    <p:sldId id="309" r:id="rId18"/>
+    <p:sldId id="330" r:id="rId19"/>
+    <p:sldId id="1587" r:id="rId20"/>
+    <p:sldId id="331" r:id="rId21"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
-  <p:notesSz cx="6881813" cy="9296400"/>
+  <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...13 lines deleted...]
-      <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
-<file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...22 lines deleted...]
-  </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-[...177 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldSorterView">
   <p:normalViewPr>
-    <p:restoredLeft sz="15611" autoAdjust="0"/>
-    <p:restoredTop sz="78177" autoAdjust="0"/>
+    <p:restoredLeft sz="23250" autoAdjust="0"/>
+    <p:restoredTop sz="65617" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="87" d="100"/>
-          <a:sy n="87" d="100"/>
+          <a:sx n="54" d="100"/>
+          <a:sy n="54" d="100"/>
         </p:scale>
-        <p:origin x="816" y="90"/>
+        <p:origin x="1430" y="53"/>
       </p:cViewPr>
-      <p:guideLst>
-[...2 lines deleted...]
-      </p:guideLst>
+      <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:outlineViewPr>
-[...7 lines deleted...]
-  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
-      <p:origin x="0" y="-2124"/>
+      <p:origin x="0" y="-3432"/>
     </p:cViewPr>
   </p:sorterViewPr>
-  <p:notesViewPr>
-[...10 lines deleted...]
-  </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme7.xml"/></Relationships>
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
-<file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgPr>
-[...4 lines deleted...]
-      </p:bgPr>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Header Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="2982913" cy="466725"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...223 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3897313" y="0"/>
-            <a:ext cx="2982912" cy="466725"/>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...7 lines deleted...]
-              <a:t>11/20/2024</a:t>
+            <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/17/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="654050" y="1162050"/>
-            <a:ext cx="5575300" cy="3136900"/>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:endParaRPr lang="en-US" noProof="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="688975" y="4473575"/>
-            <a:ext cx="5505450" cy="3660775"/>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" noProof="0"/>
-              <a:t>Edit Master text styles</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" noProof="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" noProof="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" noProof="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" noProof="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="8829675"/>
-            <a:ext cx="2982913" cy="466725"/>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...1 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3897313" y="8829675"/>
-            <a:ext cx="2982912" cy="466725"/>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...6 lines deleted...]
-              </a:pPr>
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1196040206"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3700270967"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
-    <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
@@ -1260,123 +610,115 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/webdocs/publications/100089/eib-221.pdf?v=7818.3" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/webdocs/publications/100089/eib-221.pdf?v=7818.3" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...2 lines deleted...]
-<file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -1490,60 +832,60 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>11</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="524096958"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3957100052"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1553,87 +895,97 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>12</a:t>
+              <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3957100052"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1409315471"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1643,97 +995,139 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l" rtl="0" fontAlgn="base">
-[...1 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Rural America at a Glance: 2020 Edition (usda.gov)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Note: Underlying health problems are measured as the average yearly age-standardized mortality rate in 2014-18 from natural causes (excludes accidents, including overdoses; homicide, and suicide). The old adult population scale is measured by the percent of adult population ages 60 to 74 plus double the percent ages 75 and over. Distance is measured between county geographic population centers. Both nonmetro and metro population percentages can be under 20 when vulnerability is greater in counties with relatively small populations. Sources: USDA, Economic Research Service using National Center for Health Statistics Detailed Mortality file, the U.S. Department of Commerce, Bureau of the Census, American Community Survey 2018 5-year data, and the Kaiser News Foundation.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>13</a:t>
+              <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1409315471"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254090327"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1743,139 +1137,310 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
-[...14 lines deleted...]
-              <a:defRPr/>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-                <a:hlinkClick r:id="rId3"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Rural America at a Glance: 2020 Edition (usda.gov)</a:t>
+              <a:t>Access to healthcare is an issue that has come up on multiple slides and that includes hospitals.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...20 lines deleted...]
-              <a:defRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Note: Underlying health problems are measured as the average yearly age-standardized mortality rate in 2014-18 from natural causes (excludes accidents, including overdoses; homicide, and suicide). The old adult population scale is measured by the percent of adult population ages 60 to 74 plus double the percent ages 75 and over. Distance is measured between county geographic population centers. Both nonmetro and metro population percentages can be under 20 when vulnerability is greater in counties with relatively small populations. Sources: USDA, Economic Research Service using National Center for Health Statistics Detailed Mortality file, the U.S. Department of Commerce, Bureau of the Census, American Community Survey 2018 5-year data, and the Kaiser News Foundation.</a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Why are rural hospitals closing? According to an American Hospital Association Report from September 2022 (read slide). The Centers for Medicare and Medicaid Services are attempting to address this trend with the new designation of Rural Emergency Hospital, which became effective in January 2023. The designation keeps emergency departments open in rural counties but requires hospitals to stop inpatient services. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>From a two-year progress report on the Rural Emergency Hospital Model (October 2024), 32 hospitals in 14 states have converted. “</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>The relatively rapid growth of the REH model has helped reduce the national rate of rural hospital closures from an average of 14 closures per year before the COVID-19 pandemic to three closures so far in 2024.”</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>https://bipartisanpolicy.org/wp-content/uploads/2024/10/Final_BPC_Rural_Emergency_Hospital_2024.pdf </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Have any hospitals in your area made the switch? How has that been?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr>
+              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Aptos" panose="02110004020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="100000"/>
+                </a:lnSpc>
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buClrTx/>
+                <a:buSzTx/>
+                <a:buFontTx/>
+                <a:buNone/>
+                <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>14</a:t>
+              <a:t>15</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Aptos" panose="02110004020202020204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254090327"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="703317084"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1885,87 +1450,92 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+            <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr>
-[...2 lines deleted...]
-              <a:t>15</a:t>
+              <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="703317084"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2635458812"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1986,86 +1556,81 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>16</a:t>
+              <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1003883914"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2560340329"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2086,81 +1651,93 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="inherit"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>17</a:t>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2635458812"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="386397269"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2170,92 +1747,87 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0">
-[...9 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>18</a:t>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2560340329"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4052852908"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2265,194 +1837,896 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0">
-[...10 lines deleted...]
-            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2F5496"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>USDA ERS </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="444444"/>
+                <a:srgbClr val="2F5496"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="inherit"/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Reports | Data | Charts | Maps </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Research Spotlight &gt; Rural America at a Glance </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data &gt; See More &gt; State Fact Sheets | Charts of Note | Data Visualizations </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Charts of Note &gt; Filter by Topic &gt; Rural Economy and Population &gt; Copyright-free visuals from the Federal Government &gt; location of the report </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Filter for Food Choices and Health &gt; Go back to Data Products </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>State Fact Sheets &gt; Tennessee &gt; last updated (today) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>General Census information + Farm data &gt; Export Excel, pdf, CSV </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2F5496"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="2F5496"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2F5496"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="2F5496"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2F5496"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Rural Health Information Hub </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="2F5496"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data Visualizations &gt; Chart Gallery | Tools for Success &gt; Evidence-Based Toolkits </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Rural Community Health Toolkit &gt; Modules  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Telehealth (and mention anything from the chat) &gt; Published 2012  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>For more information &gt; Published July 2021 &gt; State Policies </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2F5496"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>County Health Rankings </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="2F5496"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2022 impact data includes deaths attributable to COVID-19 </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Berkshire, Massachusetts </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ranking among counties in Massachusetts &gt; Download data &gt; nice reports </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Premature Death (pre-pandemic) &gt; Download image &gt; Click on Outcome </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Map &gt; Map | Data | Description | Data Source </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2F5496"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>MedlinePlus </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="2F5496"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Health Topics | Drugs and Supplements | Genetics | Medical Tests | Encyclopedia </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Espanol</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> available on every Health Topics page </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Health Topics &gt; Mental Health &gt; Page Overview &gt; Categories &gt; Picture &gt; Multiple sources </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Encyclopedia &gt; Related Topics &gt; Spanish &gt; Mental Disorders &gt; review page </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Seniors &gt; Filter to Health Topics &gt; Healthy Aging &gt; Older Adult Health &gt; Consumer-level </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Cannabis &gt; Marijuana &gt; What you need to know &gt; Glaucoma </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Water &gt; Water Pollution &gt; Safe Water and Your Health </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+            <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr>
-[...2 lines deleted...]
-              <a:t>19</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="386397269"/>
-[...89 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4052852908"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3085939360"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2550,1068 +2824,126 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4206312398"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
-[...21 lines deleted...]
-              <a:buChar char="•"/>
+            <a:pPr marL="158750" indent="0">
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
-[...458 lines deleted...]
-              <a:t>Espanol</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The NNLM Reading Club includes 3 titles on Rural Health.  The Reading Club serves to help libraries with health literacy outreach and engagement through reading</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
-[...6 lines deleted...]
-              <a:t> available on every Health Topics page </a:t>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t>.</a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
-[...6 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> It's similar to a book club with book selections and guides related to health topics.  On the NNLM reading club page you </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
-[...11 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
-[...6 lines deleted...]
-              <a:t>Health Topics &gt; Mental Health &gt; Page Overview &gt; Categories &gt; Picture &gt; Multiple sources </a:t>
+              <a:rPr lang="en-US" baseline="0" dirty="0"/>
+              <a:t>are able to see recommended books by health topic, download discussion guides and promotional materials.</a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:pPr algn="l" rtl="0" fontAlgn="base"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
-[...6 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
-[...292 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3085939360"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2656008088"/>
       </p:ext>
     </p:extLst>
-  </p:cSld>
-[...124 lines deleted...]
-    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -3619,124 +2951,110 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...34 lines deleted...]
-              <a:defRPr/>
+            <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t> </a:t>
+              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{D1A7AD0A-31D3-4637-AD29-2397108B8EFD}" type="slidenum">
+            <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3806145698"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1165306779"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3746,110 +3064,92 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
-[...1 lines deleted...]
-          <a:p>
             <a:pPr marL="0" marR="0">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
-            <a:r>
-[...14 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1165306779"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="489584218"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3870,81 +3170,86 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6</a:t>
+              <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="489584218"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3916753813"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3954,97 +3259,86 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0">
-[...10 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3916753813"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="775672946"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4054,86 +3348,97 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9</a:t>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="775672946"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1343981647"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4143,941 +3448,1553 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0">
-[...15 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{D766152A-293C-4793-9402-D3CFB00CE653}" type="slidenum">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10</a:t>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1343981647"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="524096958"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
-[...19 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-</file>
-[...38 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-</file>
-[...26 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Custom Layout">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Two Content" type="twoObj">
+  <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 25"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="26" name="Google Shape;26;p26"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...5 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Slide Number Placeholder 2">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="27" name="Google Shape;27;p26"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2057399"/>
+            <a:ext cx="4754880" cy="4023360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...12 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Footer Placeholder 3">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="28" name="Google Shape;28;p26"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6267612" y="2057400"/>
+            <a:ext cx="4754880" cy="4023360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Content Placeholder 2">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="29" name="Google Shape;29;p26"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="3319463" cy="4127703"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...34 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Content Placeholder 2">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="30" name="Google Shape;30;p26"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="12"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4209645" y="1825625"/>
-            <a:ext cx="3319464" cy="4127703"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...3 lines deleted...]
-            <a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
-[...90 lines deleted...]
-            </a:r>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2912780891"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="76704747"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
-  <p:cSld name="Picture with Caption">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Content 1">
+  <p:cSld name="Title and Content 1">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 94"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="95" name="Google Shape;95;g2b91989fa34_0_173"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-            <a:ext cx="3932237" cy="1600200"/>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Picture Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="96" name="Google Shape;96;g2b91989fa34_0_173"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5183188" y="987427"/>
-            <a:ext cx="6172200" cy="4873625"/>
+            <a:off x="609599" y="1780032"/>
+            <a:ext cx="10972800" cy="4036500"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0">
-            <a:normAutofit/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2800"/>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400"/>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...127 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2361556403"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="768398003"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="3824">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="576">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
-  <p:cSld name="Title and Vertical Text">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj">
+  <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
@@ -5094,1898 +5011,102 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
-            <a:fld id="{9D98945B-9468-4E5A-98FD-3F0DF03BC1B2}" type="slidenum">
+            <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="364155490"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3688499877"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
-[...1795 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -7114,14461 +5235,10284 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3797814811"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="407332440"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Content with Caption">
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Custom Layout">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7EA63AE-028A-990F-A79E-E1AD1333E886}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F42C4153-C1EC-1F9A-9B36-5533B71B8F4F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
-[...4 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2">
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49F4AE61-CDF9-EA62-1BFA-2EF8E421A1B8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{884B9236-C280-9972-01C0-8C5CFC8BBAA1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
-[...160 lines deleted...]
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{736FB45A-6202-4A5E-ABB9-9720AD326EF3}" type="datetimeFigureOut">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{41A894B9-6BEC-426D-BF1F-2B69C5221DC2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/20/2024</a:t>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 5">
+          <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC41FB96-41A1-7B56-E1DF-EE2FFB4BFA33}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF9249E0-88E6-3F44-98EE-276FF3E63696}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Slide Number Placeholder 6">
+          <p:cNvPr id="5" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{419C5BFA-D7D8-29D5-47DC-3359511CCDF8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA2206EC-A810-30EE-6FEB-F5F0CB709731}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="12"/>
+            <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="3319463" cy="4127703"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6E8BA650-8752-4DFF-B643-A25B9F44DA7B}" type="slidenum">
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{191C1871-4A73-804E-4D24-6D4BA3F697F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4209645" y="1825625"/>
+            <a:ext cx="3319464" cy="4127703"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A49D3A1A-BD2D-8E5C-090F-0D6A5BAA02F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7840494" y="1847850"/>
+            <a:ext cx="3513306" cy="3998473"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="411120270"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1057933510"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Picture with Caption">
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and body" type="tx">
+  <p:cSld name="Title and body">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 83"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="84" name="Google Shape;84;g1625dafa4b0_2_131"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-            <a:ext cx="3932237" cy="1600200"/>
+            <a:off x="415600" y="421233"/>
+            <a:ext cx="11360700" cy="1108500"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="3200"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Picture Placeholder 2">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="85" name="Google Shape;85;g1625dafa4b0_2_131"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5183188" y="987425"/>
-            <a:ext cx="6172200" cy="4873625"/>
+            <a:off x="415600" y="1633633"/>
+            <a:ext cx="11360700" cy="4472100"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2800"/>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400"/>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-355600" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-355600" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-355600" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-355600" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Text Placeholder 3">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="86" name="Google Shape;86;g1625dafa4b0_2_131"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="2"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="2057400"/>
-            <a:ext cx="3932237" cy="3811588"/>
+            <a:off x="11296600" y="6272000"/>
+            <a:ext cx="731700" cy="169200"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600"/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1400"/>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Click to edit Master text styles</a:t>
-[...80 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3267302315"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1747704197"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title and Vertical Text">
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Picture with Caption" type="picTx">
+  <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 31"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="32" name="Google Shape;32;p30"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...5 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="33" name="Google Shape;33;p30"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="pic" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5413248" y="1069847"/>
+            <a:ext cx="6099048" cy="4800600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Google Shape;34;p30"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="2880360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-[...34 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="35" name="Google Shape;35;p30"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="36" name="Google Shape;36;p30"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...28 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3568722031"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="126809145"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Vertical Title and Text">
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Section Header" type="secHead">
+  <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 37"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Vertical Title 1">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="38" name="Google Shape;38;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" orient="vert"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8724900" y="365125"/>
-            <a:ext cx="2628900" cy="5811838"/>
+            <a:off x="1106424" y="1173575"/>
+            <a:ext cx="9966960" cy="2926080"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-[...5 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="7200"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="7200" b="0" cap="none"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="39" name="Google Shape;39;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365125"/>
-            <a:ext cx="7734300" cy="5811838"/>
+            <a:off x="1709928" y="4154520"/>
+            <a:ext cx="8769096" cy="1363806"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-[...34 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buNone/>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="40" name="Google Shape;40;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="41" name="Google Shape;41;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...27 lines deleted...]
-      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="42" name="Google Shape;42;p25"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1981200" y="4020408"/>
+            <a:ext cx="8229601" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="10000" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3365159118"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1282190589"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title Slide">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Blank" type="blank">
+  <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
-[...237 lines deleted...]
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 43"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="44" name="Google Shape;44;p23"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...5 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="45" name="Google Shape;45;p23"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...3 lines deleted...]
-            <a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
-[...58 lines deleted...]
-              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
-[...25 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="985770861"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4202769349"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout26.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Section Header">
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Comparison" type="twoTxTwoObj">
+  <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 55"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="56" name="Google Shape;56;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831851" y="1709740"/>
-            <a:ext cx="10515600" cy="2852737"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="6000"/>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="57" name="Google Shape;57;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831851" y="4589465"/>
-            <a:ext cx="10515600" cy="1500187"/>
+            <a:off x="1143000" y="2001511"/>
+            <a:ext cx="4754880" cy="777240"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...5 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="58" name="Google Shape;58;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2721483"/>
+            <a:ext cx="4754880" cy="3383280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="59" name="Google Shape;59;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="body" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269173" y="1999032"/>
+            <a:ext cx="4754880" cy="777240"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="Google Shape;60;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269173" y="2719322"/>
+            <a:ext cx="4754880" cy="3383280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="Google Shape;61;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Google Shape;62;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2465490652"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4232036581"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Two Content">
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Content with Caption" type="objTx">
+  <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 67"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="68" name="Google Shape;68;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...5 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="69" name="Google Shape;69;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="5181600" cy="4351338"/>
+            <a:off x="5852159" y="1097280"/>
+            <a:ext cx="5212080" cy="4663440"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...34 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-391160" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2560"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-370840" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2240"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-350519" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="70" name="Google Shape;70;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172200" y="1825625"/>
-            <a:ext cx="5181600" cy="4351338"/>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="3017520"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...34 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="71" name="Google Shape;71;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="72" name="Google Shape;72;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1765295612"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="360677754"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout28.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Comparison">
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Vertical Text" type="vertTx">
+  <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 73"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="74" name="Google Shape;74;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="365127"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...5 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="75" name="Google Shape;75;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="5157787" cy="823912"/>
+          <a:xfrm rot="5400000">
+            <a:off x="4060136" y="-859735"/>
+            <a:ext cx="4038600" cy="9872871"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400" b="1"/>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1800" b="1"/>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="76" name="Google Shape;76;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839789" y="2505075"/>
-            <a:ext cx="5157787" cy="3684588"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...34 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Text Placeholder 4"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="77" name="Google Shape;77;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="3"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172201" y="1681163"/>
-            <a:ext cx="5183188" cy="823912"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400" b="1"/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1800" b="1"/>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
-[...86 lines deleted...]
-              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
-[...25 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2343691660"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1661178564"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout29.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title Only">
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Vertical Title and Text" type="vertTitleAndTx">
+  <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 78"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="79" name="Google Shape;79;p32"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="7181850" y="2305050"/>
+            <a:ext cx="5410200" cy="2324100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...5 lines deleted...]
-            </a:r>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="80" name="Google Shape;80;p32"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="2152650" y="-247650"/>
+            <a:ext cx="5410200" cy="7429500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...35 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="17968012"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3196523652"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title and Content">
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Two Content 1">
+  <p:cSld name="Two Content 1">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 88"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="89" name="Google Shape;89;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="90" name="Google Shape;90;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="Google Shape;93;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...72 lines deleted...]
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...35 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1601166364"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4064170915"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout30.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Blank">
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Number Placeholder 5"/>
-[...89 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="10" name="Google Shape;10;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-[...6856 lines deleted...]
-            <a:ext cx="12192000" cy="681037"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="ctr"/>
-[...11 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4400"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="11" name="Google Shape;11;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10248900" y="6356350"/>
-[...107 lines deleted...]
-            <a:ext cx="2892764" cy="464122"/>
+            <a:off x="1143000" y="2057400"/>
+            <a:ext cx="9872871" cy="4038600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
-[...475 lines deleted...]
-      </p:grpSpPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-340360" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1760"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-320039" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1440"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-309880" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title Placeholder 1">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="12" name="Google Shape;12;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365125"/>
-[...1061 lines deleted...]
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="1142996" y="6223828"/>
+            <a:ext cx="2329074" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...5 lines deleted...]
-            </a:r>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2051" name="Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="13" name="Google Shape;13;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="10515600" cy="4351338"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...33 lines deleted...]
-            </a:r>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Rectangle 7"/>
-[...54 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="14" name="Google Shape;14;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10248900" y="6356350"/>
-[...107 lines deleted...]
-            <a:ext cx="2892764" cy="588962"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
-[...477 lines deleted...]
-      </p:grpSpPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3074" name="Title Placeholder 1"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="15" name="Google Shape;15;p21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365125"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="0" y="6128028"/>
+            <a:ext cx="12192000" cy="726141"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="20558A"/>
+          </a:solidFill>
+          <a:ln w="19050" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="20455A"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Corbel"/>
+              <a:ea typeface="Corbel"/>
+              <a:cs typeface="Corbel"/>
+              <a:sym typeface="Corbel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Google Shape;16;p21"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId16">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="81041" y="6275073"/>
+            <a:ext cx="3556464" cy="429301"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...322 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1819768716"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147484377" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147484354" r:id="rId11"/>
+    <p:sldLayoutId id="2147483662" r:id="rId1"/>
+    <p:sldLayoutId id="2147483663" r:id="rId2"/>
+    <p:sldLayoutId id="2147483664" r:id="rId3"/>
+    <p:sldLayoutId id="2147483665" r:id="rId4"/>
+    <p:sldLayoutId id="2147483667" r:id="rId5"/>
+    <p:sldLayoutId id="2147483669" r:id="rId6"/>
+    <p:sldLayoutId id="2147483670" r:id="rId7"/>
+    <p:sldLayoutId id="2147483671" r:id="rId8"/>
+    <p:sldLayoutId id="2147483673" r:id="rId9"/>
+    <p:sldLayoutId id="2147483674" r:id="rId10"/>
+    <p:sldLayoutId id="2147483675" r:id="rId11"/>
+    <p:sldLayoutId id="2147483676" r:id="rId12"/>
+    <p:sldLayoutId id="2147483677" r:id="rId13"/>
+    <p:sldLayoutId id="2147483678" r:id="rId14"/>
   </p:sldLayoutIdLst>
-  <p:hf hdr="0" ftr="0" dt="0"/>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400" kern="1200">
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mj-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="1371600" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="1828800" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="228600" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2800" kern="1200">
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="685800" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2400" kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
-      <a:defPPr>
-        <a:defRPr lang="en-US"/>
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...406 lines deleted...]
-      <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400" kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...411 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://carsey.unh.edu/publication/growing-racial-diversity-in-rural-america" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/reading-club/topic/339" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phdl@umassmed.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="1608303"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Rural Health Resources</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Subtitle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1524000" y="3962764"/>
-            <a:ext cx="9144000" cy="1608303"/>
+            <a:off x="1524000" y="3388284"/>
+            <a:ext cx="9144000" cy="2067646"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="11200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Sarah Levin-Lederer</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="11200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Education and Outreach Coordinator</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="11200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>National Rural Health Day</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="11200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>November 21, 2024</a:t>
+              <a:t>November 20, 2025</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DE05171-722A-84CC-07F4-F5FD49C77484}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>1</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1253877674"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CA081D4-168B-4993-A7F4-6BFDD8D43893}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1158239" y="2857"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Economic Research Service (ERS)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Content Placeholder 6" descr="United States department of agriculture Economic Research Service home page">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F5360D5-18F4-C442-C593-3352CEC6B7BC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1797384" y="1825625"/>
-            <a:ext cx="8597231" cy="4351338"/>
+            <a:off x="1956121" y="1594132"/>
+            <a:ext cx="8068104" cy="4083530"/>
           </a:xfrm>
-          <a:effectLst>
-[...3 lines deleted...]
-          </a:effectLst>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{434B8011-6101-8EB7-42D8-05CE5959F218}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="798000037"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B72CA05-9FE9-EAD3-C620-E6393FBA7D57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1158240" y="198783"/>
+            <a:ext cx="9875520" cy="980660"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Rural America Take Aways at a Glance, 2023</a:t>
+              <a:t>Rural America at-a-Glance, 2024</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="3" name="Content Placeholder 2">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Content Placeholder 6" descr="1) Rural population concentrated among younger (under 15 years) and older (65 years or older) age groups.&#10;2)  Growth of the over 65 cohort has been outpacing younger adults in counties where 20%+ is 65+.&#10;3) A community’s age structure influences demand for various kinds of goods and services and people’s ability to balance work with caregiver responsibilities&#10;&#10;&#10;&#10;">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB5A55A-42B6-6052-A61F-FFAB15634E03}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{129297D6-F4E2-4FD0-D0CC-FAC2A309FF48}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
-        </p:nvSpPr>
-[...55 lines deleted...]
-      </p:sp>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1268698" y="1409700"/>
+            <a:ext cx="9654603" cy="4038600"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1023657408"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3596035883"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99F725D1-6621-1002-50DB-0CC8299008A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="308658" y="180589"/>
+            <a:ext cx="11574683" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Rural Demographics Becoming More Diverse</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B899ACF7-98B8-F909-C84C-261583817DFA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="2420541"/>
-            <a:ext cx="3319463" cy="2603156"/>
+            <a:off x="433918" y="1909356"/>
+            <a:ext cx="7181906" cy="996871"/>
           </a:xfrm>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Total Rural Residents: 46 million</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>This number is going down</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Content Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C318C0E-8CCE-A9EE-E7D3-FF7B211051AC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4329565" y="2420541"/>
-            <a:ext cx="3319464" cy="2603156"/>
+            <a:off x="433918" y="3042272"/>
+            <a:ext cx="7181906" cy="1129260"/>
           </a:xfrm>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Non-Hispanic Whites: 35 million</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>This number is going down</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="002060"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Content Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DBE506B-027C-5585-8B46-E881C5A72709}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7840494" y="2442765"/>
-            <a:ext cx="3513306" cy="2603156"/>
+            <a:off x="433918" y="4345345"/>
+            <a:ext cx="7181906" cy="915585"/>
           </a:xfrm>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Racial/Ethnic Minority: 11 million</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>This number is going up</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="TextBox 8">
+          <p:cNvPr id="2" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03A2C769-8016-6E0D-7B4C-64F82E904AC6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4C1DF8F-0A3E-9444-0E52-BAC77486A307}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3381778" y="6400412"/>
-            <a:ext cx="8540399" cy="276999"/>
+            <a:off x="10012436" y="6111094"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...10 lines deleted...]
-                <a:hlinkClick r:id="rId3"/>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Growing Racial Diversity in Rural America: Results from the 2020 Census</a:t>
-[...28 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="987479722"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -21577,228 +15521,340 @@
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Title 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6976DF2C-01A5-6A6B-9A42-56097747B4C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="463446" y="841063"/>
-            <a:ext cx="3314075" cy="2587937"/>
+            <a:ext cx="3865486" cy="3082755"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="ctr">
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Intersection of Poverty and Race/Ethnicity</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Content Placeholder 5" descr="Across all races and ethnicities, U.S. poverty rates in 2019 were higher at 15.4 percent in nonmetro (rural) areas than in metro (urban) areas at 11.9 percent. Rural Black or African American residents had the highest incidence of poverty in 2019 at 30.7 percent, compared with 20.4 percent for that demographic group in urban areas. Rural American Indians or Alaska Natives had the second highest rate at 29.6 percent, compared with 19.4 percent in urban areas. The poverty rate for White residents was about half the rate for either Blacks or American Indians at 13.3 percent in rural areas and 9.7 percent in urban settings. Rural Hispanic residents of any race had the third highest poverty rate at 21.7 percent, compared with 16.9 percent in urban areas. Non-Hispanic White residents had the lowest poverty rates in both rural (12.7 percent) and urban (8.2 percent) areas in 2019. This chart appears in the Economic Research Service topic page for Rural Poverty &amp; Well-Being, updated June 2021.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCC3666D-BC07-DD1C-8FF5-2B2393CED0D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5138622" y="604805"/>
             <a:ext cx="6118992" cy="5078763"/>
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="TextBox 1">
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BCE98-DB8A-A000-C104-982B3B1DE386}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AF371F7-2A35-91D7-5B8F-41F5C533D7CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3672590" y="6145967"/>
-            <a:ext cx="8519410" cy="646331"/>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...7 lines deleted...]
-            </a:r>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2199975384"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FC4461A-5DD7-F842-EAFD-D8BD2D97F91A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1158240" y="159187"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Rural Health Vulnerability </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Table 5" descr="Percentages of nonmetro and metro adult populations in U.S. high vulnerability counties (in top 20 percent) defined by each source of vulnerability. ">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D36608CF-0F20-291D-76B3-551EE6586FE4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
-            <p:extLst>
-[...3 lines deleted...]
-            </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="609600" y="1798819"/>
-          <a:ext cx="10972800" cy="3642606"/>
+          <a:ext cx="10972800" cy="3858465"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="5761220">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3097669882"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2733643">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3310302386"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2477937">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -22095,682 +16151,1490 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="2400" dirty="0"/>
                         <a:t>0.3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="955527272"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC5B28DA-5A20-CA6A-1469-C235DE13F623}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F55305E-A82E-4C1E-9C12-57670F7EE593}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:pPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
               <a:defRPr/>
             </a:pPr>
-            <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
-[...1 lines deleted...]
-              <a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
                 <a:defRPr/>
               </a:pPr>
               <a:t>14</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2788060915"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23DBEFF2-21D6-E12A-BA05-E9AFF6D0302A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="215153" y="266700"/>
+            <a:ext cx="11779623" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
+            <a:br>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+            </a:br>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" sz="6000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>136 Rural Hospitals Closed (2022)</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Trend in Hospital Closures 2010-2020</a:t>
-            </a:r>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Content Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98C492AA-E1EA-A40E-6674-F1E31EB5A2D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="2035488"/>
-            <a:ext cx="10515600" cy="4351338"/>
+            <a:off x="838200" y="1954306"/>
+            <a:ext cx="10515600" cy="3926542"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-              <a:buNone/>
+            <a:pPr lvl="1">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="0" i="0" dirty="0">
-[...10 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>L</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600" b="0" i="0" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>ow reimbursement rates</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1"/>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>S</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600" b="0" i="0" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>taffing shortages</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1"/>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>L</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600" b="0" i="0" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>ow patient volumes</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1"/>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>R</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600" b="0" i="0" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>egulatory barriers</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>E</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600" b="0" i="0" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>xpenses for labor, drugs, supplies and equipment</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="002060"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1434643507"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...67 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F512253-65F8-1A0B-19E2-3AD66DBB8A5F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="395749" y="88490"/>
-            <a:ext cx="5926393" cy="1325563"/>
+            <a:off x="2084189" y="106745"/>
+            <a:ext cx="8023621" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Rural Health Information Hub</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Content Placeholder 9" descr="Home page view of the rural health information hub.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FB1851D-D702-BE07-FF8E-43668BAD255D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1222012" y="1737135"/>
-            <a:ext cx="9413678" cy="4351338"/>
+            <a:off x="1680356" y="1601222"/>
+            <a:ext cx="8831286" cy="4082136"/>
           </a:xfrm>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A54918A-DF3E-10E0-184F-9221EE8F1D26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="197384263"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32AFD2C1-570A-4A41-95BF-2FA901E18692}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="880533" y="1367833"/>
             <a:ext cx="10430934" cy="3149568"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Find information on health conditions, for demographic groups and on social issues.</a:t>
+              <a:t>Locate information on health conditions, for demographic groups and on social issues.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" u="sng" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="002060"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF201820-6DCB-6875-6054-FB18D745344E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1606069982"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4544D612-3EC2-41BF-A89F-6B85244CD88C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1073552" y="223459"/>
+            <a:ext cx="9875520" cy="934009"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>MedlinePlus for Patients and Caregivers</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Content Placeholder 9" descr="MedlinePlus home page view via a smart phone.">
+          <p:cNvPr id="5" name="Content Placeholder 4" descr="Home page for MedlinePlus.gov">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10F29149-4A74-55BD-13AC-3568B64317C3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1582018" y="1429349"/>
+            <a:ext cx="4825295" cy="4351338"/>
+          </a:xfrm>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Content Placeholder 9" descr="MedlinePlus home page view via a cell phone.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E316C441-6814-454F-A463-D87D1D2CD4CA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7539798" y="1825625"/>
+            <a:off x="7759716" y="1429349"/>
             <a:ext cx="2446404" cy="4351338"/>
           </a:xfrm>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A812EE9-F384-0F48-91C1-C594F7D560DA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3676394201"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C9D1DF0-5FAD-3855-D106-38E960D6B9BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2351693" y="229120"/>
+            <a:ext cx="7180613" cy="500373"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>CDC Rural Health</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Content Placeholder 4" descr="View of the home page for MedlinePlus.gov">
+          <p:cNvPr id="6" name="Content Placeholder 5" descr="CDC's Rural Health topic page">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10F29149-4A74-55BD-13AC-3568B64317C3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F54E043-3026-A380-661B-25ADF754F24E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1547294" y="1579819"/>
-            <a:ext cx="4825295" cy="4351338"/>
+            <a:off x="1151373" y="962896"/>
+            <a:ext cx="9581251" cy="4932207"/>
           </a:xfrm>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{284DF11A-724D-91C7-F608-78AE04E0718E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3676394201"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2245560257"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -22830,1992 +17694,2393 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93BF469A-BC33-763E-FEA6-58FCC15230AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2717800" y="626194"/>
+            <a:off x="2845121" y="221080"/>
             <a:ext cx="8184143" cy="5662680"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5024DB75-173E-5514-8B74-814295189B83}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2423646746"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2798251781"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...135 lines deleted...]
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB818440-6FA0-4649-91B6-C1A5237F0B5F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="389467" y="1467409"/>
             <a:ext cx="10955866" cy="2602379"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Demonstrations</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9663DECB-ADA8-4615-6560-35C854BAB54F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2622838125"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 109"/>
-[...506 lines deleted...]
-      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Title 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="86157" y="635885"/>
+            <a:ext cx="11360800" cy="763600"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
-[...3 lines deleted...]
-            <a:normAutofit/>
+          <a:bodyPr>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" kern="1200">
-[...1 lines deleted...]
-                  <a:srgbClr val="002060"/>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
-                <a:ea typeface="+mj-ea"/>
-                <a:cs typeface="+mj-cs"/>
               </a:rPr>
-              <a:t>Public Health Digital Library</a:t>
+              <a:t>NNLM Reading Club</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Content Placeholder 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="NNLM reading club suggestions: The Hospital; The Most Costly Journey; Wastelands.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB9E7544-4977-4172-AC5E-F24FC320EE7B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E025AC6C-95B9-36BC-66D5-DA88B9EECB86}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1936901"/>
+            <a:ext cx="12192000" cy="2524124"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54F16410-C6CB-260C-2BA9-0D493CD118E5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4467827" y="6222115"/>
+            <a:ext cx="6808239" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US">
-[...31 lines deleted...]
-                <a:hlinkClick r:id="rId3">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId4">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
-              <a:t>phdl@umassmed.edu</a:t>
+              <a:t>Rural Health Book Suggestions</a:t>
             </a:r>
-            <a:r>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...33 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="531439564"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="290714677"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{090B557C-F9E0-45B1-A538-D14B2A025058}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="130783" y="161582"/>
             <a:ext cx="6279745" cy="1044648"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Objectives</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Objectives:</a:t>
+              <a:t>:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DC0BD46-0FAF-4A32-B0A2-9E19C5C8BB06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="743625" y="1830175"/>
             <a:ext cx="9737562" cy="3785419"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Describe current demographic trends in rural America.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Download data sets and visualizations from rural health resources.</a:t>
+              <a:t>Explore data sets and visualizations from rural health resources.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Find information on health conditions, demographic groups and social issues.</a:t>
+              <a:t>Locate information on health conditions, demographic groups and social issues.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Health conditions </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Demographic groups</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Social issues</a:t>
+              <a:t>Structural Changes</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC9C38A1-029D-FC65-1016-7656AC7D6975}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2233357653"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3D7E632-FEB6-47F4-9857-777AB6D08F9B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="354519" y="341566"/>
             <a:ext cx="6586491" cy="893847"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Rural Challenges:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Content Placeholder 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63AEEDB4-88A2-457F-93FC-7B628DB16AF8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1091498" y="1832317"/>
-            <a:ext cx="5598809" cy="3907002"/>
+            <a:ext cx="7080229" cy="3907002"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Emergency services</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Routine screenings </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Dentists and specialists</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Higher cancer rates </a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53DA2A27-33AD-0918-FC66-600B6591D123}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1982476191"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F374796D-DBD0-5D59-F70A-B20990E29FF9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="460094" y="320232"/>
+            <a:ext cx="11230336" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Chat: What Impacts Health in Rural Communities?</a:t>
+              <a:t>What Impacts Health in Rural Communities?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29EC017A-6814-C602-0996-118D76454A44}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2057400"/>
+            <a:ext cx="9872871" cy="3243805"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Transportation issues</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Lack of broadband</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Lack of insurance</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Lack of providers</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Environmental hazards</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Occupational hazards</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{873C5B9B-629D-D69B-B473-758836C54013}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3638483394"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{595CAB48-527A-44FC-94C4-A1A2A48923D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1032933" y="2258137"/>
+            <a:off x="1032933" y="1239565"/>
             <a:ext cx="10126134" cy="2341725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Describe the current demographic trends in rural America. </a:t>
+              <a:t>Describe current demographic trends in rural America. </a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEB2279B-EBC3-E6FD-E24A-4BD49E3DD692}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4192560726"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0189F99B-1154-4E30-A749-94FE03010D64}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1140351" y="169762"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="5400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Federal Definition of Rural </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6A1A187-2B7A-D4FA-2CDC-AE75EDB07355}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="376659" y="2645533"/>
+            <a:ext cx="11438681" cy="1512146"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="116840" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="0" i="0">
-[...1 lines deleted...]
-                  <a:srgbClr val="002060"/>
+              <a:rPr lang="en-US" sz="4000" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Any area that is not urban is rural.</a:t>
+              <a:t>Any area that isn’t urban is rural.</a:t>
             </a:r>
           </a:p>
-          <a:p>
-[...4 lines deleted...]
-                </a:solidFill>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E7A9953-D3AB-D2BE-636C-8B5A8367C1F6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10012436" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Urban Cores:</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="4000" b="0" i="0">
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="002060"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst/>
-[...63 lines deleted...]
-              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1512946549"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E002582-949C-728C-29FD-BD7F13045E2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="415650" y="173447"/>
+            <a:ext cx="11360700" cy="894949"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Different definitions of urban and rural</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BC9144B-38E1-EA13-BD88-EB56EDE5E7D6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="533395" y="1813743"/>
+            <a:ext cx="11360700" cy="1802294"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Office of Management and Budget (OMB)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Census Bureau</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC05F97D-AF84-61A2-0998-610C639DA9A8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="4361384"/>
+            <a:ext cx="12192000" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0"/>
+              <a:t>15-20% of Americans are considered rural </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2711470303"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="NTO White w gray text">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Basis">
   <a:themeElements>
-    <a:clrScheme name="Custom 1">
+    <a:clrScheme name="Custom 15">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="366092"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="953734"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="586D2D"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="76923C"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F78629"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="632423"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="632423"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Calibri">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Tahoma"/>
-[...34 lines deleted...]
-        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Custom Design">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -24823,51 +20088,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -24934,65 +20199,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -25013,1760 +20278,139 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1622 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>NTO Template (NEW LOGO 4-27-17)</Template>
   <TotalTime></TotalTime>
-  <Words>1209</Words>
+  <Words>1253</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>176</Paragraphs>
-[...1 lines deleted...]
-  <Notes>20</Notes>
+  <Paragraphs>177</Paragraphs>
+  <Slides>20</Slides>
+  <Notes>18</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>21</vt:i4>
+        <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="32" baseType="lpstr">
+    <vt:vector size="28" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Corbel</vt:lpstr>
       <vt:lpstr>inherit</vt:lpstr>
       <vt:lpstr>Segoe UI</vt:lpstr>
-      <vt:lpstr>NTO White w gray text</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>NTO Gray</vt:lpstr>
+      <vt:lpstr>Basis</vt:lpstr>
       <vt:lpstr>Rural Health Resources</vt:lpstr>
       <vt:lpstr>NNLM</vt:lpstr>
-      <vt:lpstr>About NNLM and NLM </vt:lpstr>
-      <vt:lpstr>Public Health Digital Library</vt:lpstr>
+      <vt:lpstr>NNLM Reading Club</vt:lpstr>
       <vt:lpstr>Objectives:</vt:lpstr>
       <vt:lpstr>Rural Challenges:</vt:lpstr>
-      <vt:lpstr>Chat: What Impacts Health in Rural Communities?</vt:lpstr>
-      <vt:lpstr>Describe the current demographic trends in rural America. </vt:lpstr>
+      <vt:lpstr>What Impacts Health in Rural Communities?</vt:lpstr>
+      <vt:lpstr>Describe current demographic trends in rural America. </vt:lpstr>
       <vt:lpstr>Federal Definition of Rural </vt:lpstr>
+      <vt:lpstr>Different definitions of urban and rural</vt:lpstr>
       <vt:lpstr>Economic Research Service (ERS)</vt:lpstr>
-      <vt:lpstr>Rural America Take Aways at a Glance, 2023</vt:lpstr>
+      <vt:lpstr>Rural America at-a-Glance, 2024</vt:lpstr>
       <vt:lpstr>Rural Demographics Becoming More Diverse</vt:lpstr>
       <vt:lpstr>Intersection of Poverty and Race/Ethnicity</vt:lpstr>
       <vt:lpstr>Rural Health Vulnerability </vt:lpstr>
-      <vt:lpstr>Trend in Hospital Closures 2010-2020</vt:lpstr>
-      <vt:lpstr>Download data sets and visualizations from rural health resources</vt:lpstr>
+      <vt:lpstr> 136 Rural Hospitals Closed (2022) </vt:lpstr>
       <vt:lpstr>Rural Health Information Hub</vt:lpstr>
-      <vt:lpstr>Find information on health conditions, for demographic groups and on social issues.</vt:lpstr>
+      <vt:lpstr>Locate information on health conditions, for demographic groups and on social issues.</vt:lpstr>
       <vt:lpstr>MedlinePlus for Patients and Caregivers</vt:lpstr>
       <vt:lpstr>CDC Rural Health</vt:lpstr>
       <vt:lpstr>Demonstrations</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PowerPoint Presentation</dc:title>
-  <dc:creator>mknapp</dc:creator>
+  <dc:title/>
+  <dc:creator>Rebecca Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>