--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -1,228 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.ms-powerpoint.presentation.macroEnabled.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...21 lines deleted...]
-  <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/tags/tag1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/tags/tag2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/tags/tag3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
-  <Override PartName="/ppt/tags/tag4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing4.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...20 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483660" r:id="rId4"/>
+    <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId44"/>
+    <p:notesMasterId r:id="rId18"/>
   </p:notesMasterIdLst>
-  <p:handoutMasterIdLst>
-[...1 lines deleted...]
-  </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="730" r:id="rId5"/>
-[...37 lines deleted...]
-    <p:sldId id="473" r:id="rId43"/>
+    <p:sldId id="730" r:id="rId2"/>
+    <p:sldId id="753" r:id="rId3"/>
+    <p:sldId id="460" r:id="rId4"/>
+    <p:sldId id="746" r:id="rId5"/>
+    <p:sldId id="706" r:id="rId6"/>
+    <p:sldId id="754" r:id="rId7"/>
+    <p:sldId id="755" r:id="rId8"/>
+    <p:sldId id="738" r:id="rId9"/>
+    <p:sldId id="756" r:id="rId10"/>
+    <p:sldId id="757" r:id="rId11"/>
+    <p:sldId id="443" r:id="rId12"/>
+    <p:sldId id="722" r:id="rId13"/>
+    <p:sldId id="759" r:id="rId14"/>
+    <p:sldId id="468" r:id="rId15"/>
+    <p:sldId id="758" r:id="rId16"/>
+    <p:sldId id="473" r:id="rId17"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
-  <p:notesSz cx="7010400" cy="9296400"/>
+  <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -282,316 +199,120 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
+<file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
+<p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
+  <p188:author id="{3FF0EA2B-F7F1-6CB1-2580-E1C20B5B4613}" name="Rebecca Brown" initials="RB" userId="S::u0785950@umail.utah.edu::8c349bf1-8985-4ca7-9aea-d723bb6bf6ae" providerId="AD"/>
+  <p188:author id="{55DE9F78-F11B-9B5D-DE9E-7A4D375ECC83}" name="Vera, Nick" initials="" userId="S::verani@musc.edu::cfe71e10-dd21-4d6f-8ba8-26cee2f74cc1" providerId="AD"/>
+  <p188:author id="{85CCB6C9-41C2-7FD7-B1A9-895983795D00}" name="Vera, Alexander" initials="" userId="S::VERAAN@email.sc.edu::8ebcd1a3-47db-4592-8ba3-dfc09c49024f" providerId="AD"/>
+</p188:authorLst>
+</file>
+
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...15 lines deleted...]
-  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-[...177 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="24514" autoAdjust="0"/>
-    <p:restoredTop sz="91709" autoAdjust="0"/>
+    <p:restoredLeft sz="30042" autoAdjust="0"/>
+    <p:restoredTop sz="64129" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="60" d="100"/>
-          <a:sy n="60" d="100"/>
+          <a:sx n="53" d="100"/>
+          <a:sy n="53" d="100"/>
         </p:scale>
-        <p:origin x="1114" y="456"/>
+        <p:origin x="538" y="58"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:outlineViewPr>
-[...7 lines deleted...]
-  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
-    <p:cViewPr>
+    <p:cViewPr varScale="1">
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -2792,797 +2513,50 @@
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=ppt/diagrams/colors4.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
-[...745 lines deleted...]
-<file path=ppt/diagrams/colors5.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
@@ -4309,164 +3283,99 @@
 
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{2CA80CFF-C759-47A6-8D58-368812D21265}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/list1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{3E659DEF-8898-4977-8263-4B009D689CC5}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Mental Health Stats &amp; Definitions</a:t>
+            <a:t>Mental Health </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="3200" b="1" strike="noStrike" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>Stats</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{39D112B4-A46E-4F3F-BF8D-DCABB23BB299}" type="parTrans" cxnId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A6BA8714-800D-468A-877B-2F40E4FBDF47}" type="sibTrans" cxnId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{707DD948-D158-4A1E-BE7E-E098A22572C9}">
-[...71 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:rPr>
             <a:t>Health Information Resources</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{62563427-70D3-476C-A8ED-CC19D713300F}" type="parTrans" cxnId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{9698D385-73DF-423F-99F3-8143F47FDB0F}" type="sibTrans" cxnId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
@@ -4495,54 +3404,54 @@
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2E484527-1FB0-4908-BC3A-ACAC7D7FB4E6}" type="sibTrans" cxnId="{445B88F0-ADA1-45ED-B65B-5581529C44AB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Programs and Services</a:t>
+            <a:t>Programming at Your Library</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CB2F1A44-4972-4489-9D36-455EA241D267}" type="parTrans" cxnId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EFE69D4F-FA64-4550-B778-52079F1CC480}" type="sibTrans" cxnId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
@@ -4573,871 +3482,415 @@
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" type="pres">
       <dgm:prSet presAssocID="{2CA80CFF-C759-47A6-8D58-368812D21265}" presName="linear" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{6039293C-B76C-4659-ABCF-A9F1C6CA59EE}" type="pres">
       <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B8382FA5-680F-475A-B3C5-C82223253914}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{F7DBD423-6163-49D6-A2B2-B5C6D62D672C}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentText" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4" custScaleX="114458">
+      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentText" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3" custScaleX="114458">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{FCDC4D26-2870-4820-B4A7-B0B3ED3061DE}" type="pres">
       <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{42C43C51-F0D0-431E-846D-685B3F466FCC}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="0" presStyleCnt="4">
+      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="0" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{AA8CAA85-B048-404C-843C-743DA3062D85}" type="pres">
       <dgm:prSet presAssocID="{A6BA8714-800D-468A-877B-2F40E4FBDF47}" presName="spaceBetweenRectangles" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{9A0AAACE-9F19-4353-956B-783AA241AAEE}" type="pres">
-[...31 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{F9968E36-5324-46DF-A506-A90EFE245499}" type="pres">
       <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{16FD22C6-90A7-49A6-8F6A-7F3878249B62}" type="pres">
-      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{BB9928F7-4FAC-4948-86CA-581B6DEB956A}" type="pres">
-      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentText" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4" custScaleX="114458">
+      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentText" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3" custScaleX="114458">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{BF2CB6C4-DDF4-4585-B967-D883A62614B3}" type="pres">
       <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{BD981CD8-E155-40E2-9975-188A8FFA6CC6}" type="pres">
-      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="2" presStyleCnt="4">
+      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="1" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{072D415C-15F3-49E5-B14C-7386DCACAAFA}" type="pres">
       <dgm:prSet presAssocID="{9698D385-73DF-423F-99F3-8143F47FDB0F}" presName="spaceBetweenRectangles" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{CC3B4EA9-1123-4A9D-A675-BEE371CD11D8}" type="pres">
       <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{0A1D6567-A2C9-490F-ACF6-3BC32EC7F3B4}" type="pres">
-      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{7DA2CCF3-08BA-473A-BF7F-EEECF3604C93}" type="pres">
-      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentText" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="4" custScaleX="114458">
+      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentText" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3" custScaleX="114458">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{3993759C-8593-4818-A906-535C1EE60A82}" type="pres">
       <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{ABEFCEFD-E495-4D58-8822-D5B5047E598D}" type="pres">
-      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="3" presStyleCnt="4">
+      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="2" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
     <dgm:cxn modelId="{E4338C02-8A3D-4833-B707-57DC42B72027}" type="presOf" srcId="{7F2A3B8B-94B8-4C19-BF51-5294CC8B4185}" destId="{BD981CD8-E155-40E2-9975-188A8FFA6CC6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{8729B707-C6A7-484A-9C8B-1709A43D7682}" srcId="{707DD948-D158-4A1E-BE7E-E098A22572C9}" destId="{A5FAC086-F140-4102-A3F6-A9746F593D53}" srcOrd="0" destOrd="0" parTransId="{492CE2B2-C0CD-4556-9878-AA7D88562922}" sibTransId="{4EE7B635-03BF-47A3-BFF6-C7EBE68A068E}"/>
     <dgm:cxn modelId="{441B160A-674E-412B-B762-8CD2C81BBAEE}" type="presOf" srcId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" destId="{16FD22C6-90A7-49A6-8F6A-7F3878249B62}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{2B66AB0F-8035-4B7C-BC24-1F389A8BBA10}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{707DD948-D158-4A1E-BE7E-E098A22572C9}" srcOrd="1" destOrd="0" parTransId="{8A8F2C5D-650C-4DB4-B13B-7184E2B31BB7}" sibTransId="{C1A26ED5-4DF4-4D8E-B68B-851198794E61}"/>
     <dgm:cxn modelId="{30097D16-E9F6-47BA-9E2C-D8F648828D0A}" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{EE7C4602-90CF-42A4-8BEC-9BA9C667D4A2}" srcOrd="0" destOrd="0" parTransId="{8F8A9625-374E-4525-9BAC-AA36AD98CD6A}" sibTransId="{739E7215-04C2-470B-827A-68B03E3B7614}"/>
-    <dgm:cxn modelId="{C30F391C-C829-4ACC-A2C0-0554E15198DC}" type="presOf" srcId="{707DD948-D158-4A1E-BE7E-E098A22572C9}" destId="{1A3A129A-2C29-490C-A6BF-C4A10240F7DE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{C84F4422-9C0F-4523-BF48-EA1ACD853138}" type="presOf" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{73C7412B-93C3-4BB7-A170-0CEE78EB35DE}" type="presOf" srcId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" destId="{BB9928F7-4FAC-4948-86CA-581B6DEB956A}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{9DDCD85C-EFCE-46DE-84F0-8CF6188FDB65}" type="presOf" srcId="{3E659DEF-8898-4977-8263-4B009D689CC5}" destId="{F7DBD423-6163-49D6-A2B2-B5C6D62D672C}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" srcOrd="3" destOrd="0" parTransId="{CB2F1A44-4972-4489-9D36-455EA241D267}" sibTransId="{EFE69D4F-FA64-4550-B778-52079F1CC480}"/>
+    <dgm:cxn modelId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" srcOrd="2" destOrd="0" parTransId="{CB2F1A44-4972-4489-9D36-455EA241D267}" sibTransId="{EFE69D4F-FA64-4550-B778-52079F1CC480}"/>
     <dgm:cxn modelId="{874F3365-6429-4622-86C7-3FA56DEF915C}" type="presOf" srcId="{3E659DEF-8898-4977-8263-4B009D689CC5}" destId="{B8382FA5-680F-475A-B3C5-C82223253914}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{24EF9172-BD20-498D-A868-41BC986667BD}" type="presOf" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{7DA2CCF3-08BA-473A-BF7F-EEECF3604C93}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{E6A93E81-36E0-4C96-BF93-12CA67F6CFCD}" type="presOf" srcId="{EE7C4602-90CF-42A4-8BEC-9BA9C667D4A2}" destId="{ABEFCEFD-E495-4D58-8822-D5B5047E598D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{9CE29985-DC9D-437F-BDBC-34E4A8C51396}" type="presOf" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{0A1D6567-A2C9-490F-ACF6-3BC32EC7F3B4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{6B16F7A5-81A5-4C81-A336-167A0A21D7F8}" type="presOf" srcId="{A5FAC086-F140-4102-A3F6-A9746F593D53}" destId="{A338AFEE-9835-4371-B1E8-172AB1DC1A90}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{3E659DEF-8898-4977-8263-4B009D689CC5}" srcOrd="0" destOrd="0" parTransId="{39D112B4-A46E-4F3F-BF8D-DCABB23BB299}" sibTransId="{A6BA8714-800D-468A-877B-2F40E4FBDF47}"/>
-    <dgm:cxn modelId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" srcOrd="2" destOrd="0" parTransId="{62563427-70D3-476C-A8ED-CC19D713300F}" sibTransId="{9698D385-73DF-423F-99F3-8143F47FDB0F}"/>
+    <dgm:cxn modelId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" srcOrd="1" destOrd="0" parTransId="{62563427-70D3-476C-A8ED-CC19D713300F}" sibTransId="{9698D385-73DF-423F-99F3-8143F47FDB0F}"/>
     <dgm:cxn modelId="{445B88F0-ADA1-45ED-B65B-5581529C44AB}" srcId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" destId="{7F2A3B8B-94B8-4C19-BF51-5294CC8B4185}" srcOrd="0" destOrd="0" parTransId="{EA4787FC-1D74-411A-8D37-C1F326882D18}" sibTransId="{2E484527-1FB0-4908-BC3A-ACAC7D7FB4E6}"/>
-    <dgm:cxn modelId="{4FEEA7F9-7D51-47E9-A265-31E6F8AC0256}" type="presOf" srcId="{707DD948-D158-4A1E-BE7E-E098A22572C9}" destId="{EF8CC74B-6E74-484E-A098-123A5A36E520}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{1434AE5B-CD78-456F-B6F2-6FB518D5CD61}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{6039293C-B76C-4659-ABCF-A9F1C6CA59EE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{7C694AAA-A410-4C7C-88BB-5EC952C06342}" type="presParOf" srcId="{6039293C-B76C-4659-ABCF-A9F1C6CA59EE}" destId="{B8382FA5-680F-475A-B3C5-C82223253914}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{A49C50B6-FFFD-4E48-8F76-54813803F915}" type="presParOf" srcId="{6039293C-B76C-4659-ABCF-A9F1C6CA59EE}" destId="{F7DBD423-6163-49D6-A2B2-B5C6D62D672C}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{431DFAEF-521D-4445-9E59-499362728F6F}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{FCDC4D26-2870-4820-B4A7-B0B3ED3061DE}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{3344D85A-C284-447D-B926-5587A6E98AD3}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{42C43C51-F0D0-431E-846D-685B3F466FCC}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{7ADE7C81-D039-4BB1-8321-FFDAF1AD4BED}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{AA8CAA85-B048-404C-843C-743DA3062D85}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{3B4EF1D0-3E17-4725-8032-4071D6EE855C}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{9A0AAACE-9F19-4353-956B-783AA241AAEE}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-[...5 lines deleted...]
-    <dgm:cxn modelId="{3B6F6FF2-F2D4-45C7-B27A-CCE2EBA61094}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{F9968E36-5324-46DF-A506-A90EFE245499}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{3B6F6FF2-F2D4-45C7-B27A-CCE2EBA61094}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{F9968E36-5324-46DF-A506-A90EFE245499}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{4FED6FF4-D7A0-4F04-89AA-4952543C3864}" type="presParOf" srcId="{F9968E36-5324-46DF-A506-A90EFE245499}" destId="{16FD22C6-90A7-49A6-8F6A-7F3878249B62}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{C92289ED-588E-4D4C-80AB-B8626AA6C04B}" type="presParOf" srcId="{F9968E36-5324-46DF-A506-A90EFE245499}" destId="{BB9928F7-4FAC-4948-86CA-581B6DEB956A}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{0BE4012B-C721-4C9B-A249-3C7EB995764A}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{BF2CB6C4-DDF4-4585-B967-D883A62614B3}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-[...2 lines deleted...]
-    <dgm:cxn modelId="{F7EF874A-0D44-4672-B231-2863386B15D2}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{CC3B4EA9-1123-4A9D-A675-BEE371CD11D8}" srcOrd="12" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{0BE4012B-C721-4C9B-A249-3C7EB995764A}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{BF2CB6C4-DDF4-4585-B967-D883A62614B3}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{D73551C2-5C30-4516-99FE-D0CAFD89F368}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{BD981CD8-E155-40E2-9975-188A8FFA6CC6}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{6B109ABC-47D0-4A8A-AA20-43B9DBDCF101}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{072D415C-15F3-49E5-B14C-7386DCACAAFA}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{F7EF874A-0D44-4672-B231-2863386B15D2}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{CC3B4EA9-1123-4A9D-A675-BEE371CD11D8}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{8A9CA641-D7F1-446B-88BD-2DDAF565EFA6}" type="presParOf" srcId="{CC3B4EA9-1123-4A9D-A675-BEE371CD11D8}" destId="{0A1D6567-A2C9-490F-ACF6-3BC32EC7F3B4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{A78F3689-6DC7-4BE1-8B31-F0F0808C78FA}" type="presParOf" srcId="{CC3B4EA9-1123-4A9D-A675-BEE371CD11D8}" destId="{7DA2CCF3-08BA-473A-BF7F-EEECF3604C93}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{12883281-66FD-485A-ACF9-807A0C5037A5}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{3993759C-8593-4818-A906-535C1EE60A82}" srcOrd="13" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{8CF7C4E4-807B-4791-95A9-20F4A8B90B30}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{ABEFCEFD-E495-4D58-8822-D5B5047E598D}" srcOrd="14" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{12883281-66FD-485A-ACF9-807A0C5037A5}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{3993759C-8593-4818-A906-535C1EE60A82}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{8CF7C4E4-807B-4791-95A9-20F4A8B90B30}" type="presParOf" srcId="{062F3F8C-8F55-4A23-9779-499ABE0BCE13}" destId="{ABEFCEFD-E495-4D58-8822-D5B5047E598D}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
-    <dgm:pt modelId="{2CA80CFF-C759-47A6-8D58-368812D21265}" type="doc">
-      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/list1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple5" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+    <dgm:pt modelId="{746DEADA-88F8-4D45-B15B-2C5FBD63A4C2}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/list1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{3E659DEF-8898-4977-8263-4B009D689CC5}">
-[...7 lines deleted...]
-      </dgm:spPr>
+    <dgm:pt modelId="{5F79E3F2-87AD-4438-816B-22BCEFF9F7F7}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
-            <a:t>Mental Health Facts</a:t>
+            <a:rPr lang="en-US" sz="3600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>1 in 4 Americans</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{39D112B4-A46E-4F3F-BF8D-DCABB23BB299}" type="parTrans" cxnId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}">
+    <dgm:pt modelId="{72A01C1B-936C-4B0E-8FFD-84A1885C6342}" type="parTrans" cxnId="{8AFBAC48-D6A7-4CC3-9A90-982ADB095F95}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{A6BA8714-800D-468A-877B-2F40E4FBDF47}" type="sibTrans" cxnId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}">
+    <dgm:pt modelId="{88440194-0806-4B9B-90D7-BF19590EC2B0}" type="sibTrans" cxnId="{8AFBAC48-D6A7-4CC3-9A90-982ADB095F95}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{122102EF-620B-47B6-AA67-F4AF9CF9AF38}">
-      <dgm:prSet/>
+    <dgm:pt modelId="{52E3509B-9C9F-467E-A2CD-657DD9766302}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" b="0" dirty="0"/>
-            <a:t>Statistics</a:t>
+            <a:rPr lang="en-US" sz="3600" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>59 Million Adults</a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" sz="3600" dirty="0">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{12FCBFC0-1522-472E-9A4D-BAB04A60A1ED}" type="parTrans" cxnId="{7F518F39-091D-4170-958A-36A1BF2E5EF8}">
+    <dgm:pt modelId="{92296E81-8D82-4FA1-89C9-7C59F1CDF487}" type="parTrans" cxnId="{CDDE34DC-F561-4213-B567-CF9E4A4F2E1C}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{5CA29AAC-25D0-41A8-805A-E834DAFD6E32}" type="sibTrans" cxnId="{7F518F39-091D-4170-958A-36A1BF2E5EF8}">
+    <dgm:pt modelId="{CC66A5B3-D2FC-471B-B4B8-D7CFB0171D7B}" type="sibTrans" cxnId="{CDDE34DC-F561-4213-B567-CF9E4A4F2E1C}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{707DD948-D158-4A1E-BE7E-E098A22572C9}">
-[...327 lines deleted...]
-      <dgm:prSet presAssocID="{2CA80CFF-C759-47A6-8D58-368812D21265}" presName="linear" presStyleCnt="0">
+    <dgm:pt modelId="{D9B3E9A0-B447-4C31-BCA7-21DE8D81AA71}" type="pres">
+      <dgm:prSet presAssocID="{746DEADA-88F8-4D45-B15B-2C5FBD63A4C2}" presName="linear" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{E2EB7AE6-D601-4C45-954A-63BF392AF307}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLin" presStyleCnt="0"/>
+    <dgm:pt modelId="{5EEB5BAD-986E-4186-B892-FD93D953F13E}" type="pres">
+      <dgm:prSet presAssocID="{5F79E3F2-87AD-4438-816B-22BCEFF9F7F7}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{E87FAE36-DB15-4C6C-B42D-A6FB6818F71B}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4"/>
+    <dgm:pt modelId="{D96E4A6C-B1F0-4D36-9D1F-5A120C2499AE}" type="pres">
+      <dgm:prSet presAssocID="{5F79E3F2-87AD-4438-816B-22BCEFF9F7F7}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="2"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{8E8D19A8-014E-425D-8712-A3D936D1EFED}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentText" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4" custScaleX="138816">
+    <dgm:pt modelId="{ACA49B49-D890-45F9-A5B5-EBB7171229ED}" type="pres">
+      <dgm:prSet presAssocID="{5F79E3F2-87AD-4438-816B-22BCEFF9F7F7}" presName="parentText" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="2" custScaleX="130400" custScaleY="80959">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{6593B3F2-EB26-4C12-B983-A6D2351D670F}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="negativeSpace" presStyleCnt="0"/>
+    <dgm:pt modelId="{9FF36219-B081-42EE-8200-A32E003EECFE}" type="pres">
+      <dgm:prSet presAssocID="{5F79E3F2-87AD-4438-816B-22BCEFF9F7F7}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{43CD1FCD-CD73-47EF-894E-469A5AE1430B}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="0" presStyleCnt="4">
+    <dgm:pt modelId="{738CF2E2-C137-4E72-8131-FF4665704EA7}" type="pres">
+      <dgm:prSet presAssocID="{5F79E3F2-87AD-4438-816B-22BCEFF9F7F7}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="0" presStyleCnt="2">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{234D96DD-F0B1-4BF4-9334-208A502EE691}" type="pres">
-      <dgm:prSet presAssocID="{A6BA8714-800D-468A-877B-2F40E4FBDF47}" presName="spaceBetweenRectangles" presStyleCnt="0"/>
+    <dgm:pt modelId="{FDF56631-1045-43B0-945B-C0DAE4155F17}" type="pres">
+      <dgm:prSet presAssocID="{88440194-0806-4B9B-90D7-BF19590EC2B0}" presName="spaceBetweenRectangles" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{2001BBAF-714C-4299-B6AB-78F3F71AF45D}" type="pres">
-      <dgm:prSet presAssocID="{707DD948-D158-4A1E-BE7E-E098A22572C9}" presName="parentLin" presStyleCnt="0"/>
+    <dgm:pt modelId="{9C5E4838-2948-412B-BDB9-F5713FA0B3A9}" type="pres">
+      <dgm:prSet presAssocID="{52E3509B-9C9F-467E-A2CD-657DD9766302}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{6F148CB4-BB61-4906-A293-158BED212B10}" type="pres">
-      <dgm:prSet presAssocID="{707DD948-D158-4A1E-BE7E-E098A22572C9}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4"/>
+    <dgm:pt modelId="{3815A4B8-3291-45F7-BBF4-13C2735DDDC0}" type="pres">
+      <dgm:prSet presAssocID="{52E3509B-9C9F-467E-A2CD-657DD9766302}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="2"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{4657A408-9AE0-4428-96BD-311F2A5B92FB}" type="pres">
-      <dgm:prSet presAssocID="{707DD948-D158-4A1E-BE7E-E098A22572C9}" presName="parentText" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4" custScaleX="138816">
+    <dgm:pt modelId="{9DB93087-B76F-4AA1-A0B3-FD978B1116F2}" type="pres">
+      <dgm:prSet presAssocID="{52E3509B-9C9F-467E-A2CD-657DD9766302}" presName="parentText" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="2" custScaleX="142857" custScaleY="88661" custLinFactNeighborY="51">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{6B9A3874-BA6B-4FBA-A7A8-07556CFDBBE7}" type="pres">
-      <dgm:prSet presAssocID="{707DD948-D158-4A1E-BE7E-E098A22572C9}" presName="negativeSpace" presStyleCnt="0"/>
+    <dgm:pt modelId="{078ED291-D3DD-4623-930F-62E6C112374B}" type="pres">
+      <dgm:prSet presAssocID="{52E3509B-9C9F-467E-A2CD-657DD9766302}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{AF628B7A-AB08-4223-B2C7-BF1CE6447A6E}" type="pres">
-[...66 lines deleted...]
-      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="3" presStyleCnt="4">
+    <dgm:pt modelId="{F45D7629-33BC-49AE-B923-5688A37D8AC9}" type="pres">
+      <dgm:prSet presAssocID="{52E3509B-9C9F-467E-A2CD-657DD9766302}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="1" presStyleCnt="2">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{ACD24106-859B-4969-B145-D9FC8074B0F0}" type="presOf" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{C3FC64A2-5EB1-4621-8A2D-21EB189F0709}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-[...48 lines deleted...]
-    <dgm:cxn modelId="{987A7750-2E36-44D4-A07E-4E4976564AAB}" type="presParOf" srcId="{BEF24A40-C132-48CE-8BD9-73F1F8FF1DF9}" destId="{2A9B9ED0-857E-491D-A55D-75F5D1EDBDC6}" srcOrd="14" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{A72A4828-7BB0-4B0A-ADAD-B44A5DF9C9BD}" type="presOf" srcId="{52E3509B-9C9F-467E-A2CD-657DD9766302}" destId="{3815A4B8-3291-45F7-BBF4-13C2735DDDC0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{8AFBAC48-D6A7-4CC3-9A90-982ADB095F95}" srcId="{746DEADA-88F8-4D45-B15B-2C5FBD63A4C2}" destId="{5F79E3F2-87AD-4438-816B-22BCEFF9F7F7}" srcOrd="0" destOrd="0" parTransId="{72A01C1B-936C-4B0E-8FFD-84A1885C6342}" sibTransId="{88440194-0806-4B9B-90D7-BF19590EC2B0}"/>
+    <dgm:cxn modelId="{E49808A6-C8EF-4645-A1B5-9611528C8893}" type="presOf" srcId="{746DEADA-88F8-4D45-B15B-2C5FBD63A4C2}" destId="{D9B3E9A0-B447-4C31-BCA7-21DE8D81AA71}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{80D9B6B4-34AF-4A8B-8BBB-A99C37545277}" type="presOf" srcId="{5F79E3F2-87AD-4438-816B-22BCEFF9F7F7}" destId="{ACA49B49-D890-45F9-A5B5-EBB7171229ED}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{05E517D1-C444-49ED-B0D2-364099C15E58}" type="presOf" srcId="{52E3509B-9C9F-467E-A2CD-657DD9766302}" destId="{9DB93087-B76F-4AA1-A0B3-FD978B1116F2}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{CDDE34DC-F561-4213-B567-CF9E4A4F2E1C}" srcId="{746DEADA-88F8-4D45-B15B-2C5FBD63A4C2}" destId="{52E3509B-9C9F-467E-A2CD-657DD9766302}" srcOrd="1" destOrd="0" parTransId="{92296E81-8D82-4FA1-89C9-7C59F1CDF487}" sibTransId="{CC66A5B3-D2FC-471B-B4B8-D7CFB0171D7B}"/>
+    <dgm:cxn modelId="{A96310F5-F76E-4DE9-A96F-1A437AC8BB26}" type="presOf" srcId="{5F79E3F2-87AD-4438-816B-22BCEFF9F7F7}" destId="{D96E4A6C-B1F0-4D36-9D1F-5A120C2499AE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{1C2B0487-91B6-49FC-943E-6B52A3A03AFE}" type="presParOf" srcId="{D9B3E9A0-B447-4C31-BCA7-21DE8D81AA71}" destId="{5EEB5BAD-986E-4186-B892-FD93D953F13E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{7890F1A9-8025-47CA-9659-20075BF67F24}" type="presParOf" srcId="{5EEB5BAD-986E-4186-B892-FD93D953F13E}" destId="{D96E4A6C-B1F0-4D36-9D1F-5A120C2499AE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{7196605E-619F-48D1-9E19-F865EF4CD01C}" type="presParOf" srcId="{5EEB5BAD-986E-4186-B892-FD93D953F13E}" destId="{ACA49B49-D890-45F9-A5B5-EBB7171229ED}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{FDCF2595-FE82-499E-9154-02958D427570}" type="presParOf" srcId="{D9B3E9A0-B447-4C31-BCA7-21DE8D81AA71}" destId="{9FF36219-B081-42EE-8200-A32E003EECFE}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{3991447A-3912-4A4F-85AF-89BBB66CDF2A}" type="presParOf" srcId="{D9B3E9A0-B447-4C31-BCA7-21DE8D81AA71}" destId="{738CF2E2-C137-4E72-8131-FF4665704EA7}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{14A910FE-E95F-4657-A202-33FE04F1EA30}" type="presParOf" srcId="{D9B3E9A0-B447-4C31-BCA7-21DE8D81AA71}" destId="{FDF56631-1045-43B0-945B-C0DAE4155F17}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{36D39C42-827E-46A0-AFBA-9477A553452D}" type="presParOf" srcId="{D9B3E9A0-B447-4C31-BCA7-21DE8D81AA71}" destId="{9C5E4838-2948-412B-BDB9-F5713FA0B3A9}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{2D7A988C-271F-4D06-AE06-6A2CAF86E902}" type="presParOf" srcId="{9C5E4838-2948-412B-BDB9-F5713FA0B3A9}" destId="{3815A4B8-3291-45F7-BBF4-13C2735DDDC0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{2E5D0D91-D2B0-42D7-AC15-6BABD986CCD0}" type="presParOf" srcId="{9C5E4838-2948-412B-BDB9-F5713FA0B3A9}" destId="{9DB93087-B76F-4AA1-A0B3-FD978B1116F2}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{3366B822-E4C4-4146-A242-B893A81611A7}" type="presParOf" srcId="{D9B3E9A0-B447-4C31-BCA7-21DE8D81AA71}" destId="{078ED291-D3DD-4623-930F-62E6C112374B}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{FAADB408-5BF6-4683-B7DC-D97775303769}" type="presParOf" srcId="{D9B3E9A0-B447-4C31-BCA7-21DE8D81AA71}" destId="{F45D7629-33BC-49AE-B923-5688A37D8AC9}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId10" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/data3.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{2CA80CFF-C759-47A6-8D58-368812D21265}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/list1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple5" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{3E659DEF-8898-4977-8263-4B009D689CC5}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="2400" dirty="0"/>
+            <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:rPr>
             <a:t>Mental Health Facts</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{39D112B4-A46E-4F3F-BF8D-DCABB23BB299}" type="parTrans" cxnId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A6BA8714-800D-468A-877B-2F40E4FBDF47}" type="sibTrans" cxnId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
@@ -5454,926 +3907,343 @@
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{12FCBFC0-1522-472E-9A4D-BAB04A60A1ED}" type="parTrans" cxnId="{7F518F39-091D-4170-958A-36A1BF2E5EF8}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5CA29AAC-25D0-41A8-805A-E834DAFD6E32}" type="sibTrans" cxnId="{7F518F39-091D-4170-958A-36A1BF2E5EF8}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{707DD948-D158-4A1E-BE7E-E098A22572C9}">
+    <dgm:pt modelId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}">
       <dgm:prSet custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:schemeClr val="tx2">
             <a:lumMod val="75000"/>
           </a:schemeClr>
         </a:solidFill>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
-[...72 lines deleted...]
-            <a:t>Health Information Resources</a:t>
+            <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Mental Health Information Resources</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{62563427-70D3-476C-A8ED-CC19D713300F}" type="parTrans" cxnId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{9698D385-73DF-423F-99F3-8143F47FDB0F}" type="sibTrans" cxnId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{7F2A3B8B-94B8-4C19-BF51-5294CC8B4185}">
-      <dgm:prSet/>
-[...31 lines deleted...]
-    <dgm:pt modelId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="2400" dirty="0"/>
-[...446 lines deleted...]
-            <a:rPr lang="en-US" dirty="0"/>
+            <a:rPr lang="en-US" sz="2800" dirty="0"/>
             <a:t>Freely available resources</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EA4787FC-1D74-411A-8D37-C1F326882D18}" type="parTrans" cxnId="{445B88F0-ADA1-45ED-B65B-5581529C44AB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2E484527-1FB0-4908-BC3A-ACAC7D7FB4E6}" type="sibTrans" cxnId="{445B88F0-ADA1-45ED-B65B-5581529C44AB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="2400" dirty="0"/>
-            <a:t>Programs and Services</a:t>
+            <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>Programs and Services at Your Library</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CB2F1A44-4972-4489-9D36-455EA241D267}" type="parTrans" cxnId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EFE69D4F-FA64-4550-B778-52079F1CC480}" type="sibTrans" cxnId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" type="pres">
       <dgm:prSet presAssocID="{2CA80CFF-C759-47A6-8D58-368812D21265}" presName="linear" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{AE09DF88-C2B0-49AB-87B3-D76C7A46611D}" type="pres">
       <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{FB270109-931F-4C1B-AFAF-8F5E4AE40D3E}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{496EA3DA-466A-4B06-A01D-53BA69C4CDE7}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentText" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4" custScaleX="132785">
+      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentText" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3" custScaleX="132785" custLinFactNeighborX="-12177">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{643765F0-2E9E-4087-B126-337882F5F948}" type="pres">
       <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{A749E20B-E766-417A-803B-39E2B3186293}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="0" presStyleCnt="4">
+      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="0" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{15D38507-8710-4503-8CF8-0530D4296A19}" type="pres">
       <dgm:prSet presAssocID="{A6BA8714-800D-468A-877B-2F40E4FBDF47}" presName="spaceBetweenRectangles" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{B9419583-F872-49E3-9DD9-223721EFF79A}" type="pres">
-[...31 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{9076F299-4BB2-4C9F-8944-E8F44C4F9AC7}" type="pres">
       <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{009FF5C2-3D8F-4007-AAC6-6FC7F31CFAF8}" type="pres">
-      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{8263916D-FF14-4D76-B5CF-158600156E03}" type="pres">
-      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentText" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4" custScaleX="132785">
+      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentText" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3" custScaleX="132785" custLinFactNeighborX="-16236">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B422EC6A-F5DD-4991-B294-6F91E4130D0A}" type="pres">
       <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{512FCEC3-0497-4166-A8D3-875490124CA2}" type="pres">
-      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="2" presStyleCnt="4">
+      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="1" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{65679C31-3117-4452-8D8D-2A5D1C81000E}" type="pres">
       <dgm:prSet presAssocID="{9698D385-73DF-423F-99F3-8143F47FDB0F}" presName="spaceBetweenRectangles" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{81BADB96-54BD-4EC8-B1CB-CD12E2F0B045}" type="pres">
       <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B082552C-946B-4058-914A-582954FEC608}" type="pres">
-      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{4A97E3F0-2890-4E63-A827-7668ECA8A667}" type="pres">
-      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentText" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="4" custScaleX="132785">
+      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentText" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3" custScaleX="132785" custLinFactNeighborX="-16236">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{ECCC4888-15A6-40D3-96E0-9AA71717529E}" type="pres">
       <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}" type="pres">
-      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="3" presStyleCnt="4">
+      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="2" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{8729B707-C6A7-484A-9C8B-1709A43D7682}" srcId="{707DD948-D158-4A1E-BE7E-E098A22572C9}" destId="{A5FAC086-F140-4102-A3F6-A9746F593D53}" srcOrd="0" destOrd="0" parTransId="{492CE2B2-C0CD-4556-9878-AA7D88562922}" sibTransId="{4EE7B635-03BF-47A3-BFF6-C7EBE68A068E}"/>
-[...1 lines deleted...]
-    <dgm:cxn modelId="{D79D341A-81B8-46A3-876E-925D0A992139}" type="presOf" srcId="{A5FAC086-F140-4102-A3F6-A9746F593D53}" destId="{E961F144-6098-4B5F-873C-FC336ADAB9A0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{EC52B71A-23BB-46E9-B03C-12EF31F4F7FC}" type="presOf" srcId="{3E659DEF-8898-4977-8263-4B009D689CC5}" destId="{FB270109-931F-4C1B-AFAF-8F5E4AE40D3E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{35319E20-01AA-4538-9853-085B44DF47F4}" type="presOf" srcId="{707DD948-D158-4A1E-BE7E-E098A22572C9}" destId="{F1667787-5BF0-4094-8281-8D824A3820B2}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{7F518F39-091D-4170-958A-36A1BF2E5EF8}" srcId="{3E659DEF-8898-4977-8263-4B009D689CC5}" destId="{122102EF-620B-47B6-AA67-F4AF9CF9AF38}" srcOrd="0" destOrd="0" parTransId="{12FCBFC0-1522-472E-9A4D-BAB04A60A1ED}" sibTransId="{5CA29AAC-25D0-41A8-805A-E834DAFD6E32}"/>
     <dgm:cxn modelId="{153C183D-ADAA-4B8C-8D68-49D12E751D3D}" type="presOf" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{B082552C-946B-4058-914A-582954FEC608}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" srcOrd="3" destOrd="0" parTransId="{CB2F1A44-4972-4489-9D36-455EA241D267}" sibTransId="{EFE69D4F-FA64-4550-B778-52079F1CC480}"/>
+    <dgm:cxn modelId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" srcOrd="2" destOrd="0" parTransId="{CB2F1A44-4972-4489-9D36-455EA241D267}" sibTransId="{EFE69D4F-FA64-4550-B778-52079F1CC480}"/>
     <dgm:cxn modelId="{A3EB5845-9F73-42D4-BF70-4D412520FA30}" type="presOf" srcId="{7F2A3B8B-94B8-4C19-BF51-5294CC8B4185}" destId="{512FCEC3-0497-4166-A8D3-875490124CA2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{3885756F-6E6A-4020-91DD-0D1D9DE6A906}" type="presOf" srcId="{707DD948-D158-4A1E-BE7E-E098A22572C9}" destId="{06128F07-DF4A-4546-AA59-7482AAC0D3D0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{0A2F8670-B7D6-47C7-938D-B677A377923F}" type="presOf" srcId="{122102EF-620B-47B6-AA67-F4AF9CF9AF38}" destId="{A749E20B-E766-417A-803B-39E2B3186293}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{916F2589-E7AA-40C3-8CC5-FD11B846DEA1}" type="presOf" srcId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" destId="{8263916D-FF14-4D76-B5CF-158600156E03}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{3E659DEF-8898-4977-8263-4B009D689CC5}" srcOrd="0" destOrd="0" parTransId="{39D112B4-A46E-4F3F-BF8D-DCABB23BB299}" sibTransId="{A6BA8714-800D-468A-877B-2F40E4FBDF47}"/>
     <dgm:cxn modelId="{B69A11B9-E901-49C7-81BA-6B7AEBF1FE49}" type="presOf" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{31B160E1-0096-42CF-A9D4-4E8094E4055D}" type="presOf" srcId="{3E659DEF-8898-4977-8263-4B009D689CC5}" destId="{496EA3DA-466A-4B06-A01D-53BA69C4CDE7}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" srcOrd="2" destOrd="0" parTransId="{62563427-70D3-476C-A8ED-CC19D713300F}" sibTransId="{9698D385-73DF-423F-99F3-8143F47FDB0F}"/>
+    <dgm:cxn modelId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" srcOrd="1" destOrd="0" parTransId="{62563427-70D3-476C-A8ED-CC19D713300F}" sibTransId="{9698D385-73DF-423F-99F3-8143F47FDB0F}"/>
     <dgm:cxn modelId="{AB81C1E8-ED3D-4144-B5BD-59BC6752A7FE}" type="presOf" srcId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" destId="{009FF5C2-3D8F-4007-AAC6-6FC7F31CFAF8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{445B88F0-ADA1-45ED-B65B-5581529C44AB}" srcId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" destId="{7F2A3B8B-94B8-4C19-BF51-5294CC8B4185}" srcOrd="0" destOrd="0" parTransId="{EA4787FC-1D74-411A-8D37-C1F326882D18}" sibTransId="{2E484527-1FB0-4908-BC3A-ACAC7D7FB4E6}"/>
     <dgm:cxn modelId="{256419FE-24D5-42F0-8284-CFB76916A4EB}" type="presOf" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{4A97E3F0-2890-4E63-A827-7668ECA8A667}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{8C56AC4C-C62A-4B18-B826-CFA6A1E9F29B}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{AE09DF88-C2B0-49AB-87B3-D76C7A46611D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{E4B00492-5D10-43EB-8FD0-A83D9210F15F}" type="presParOf" srcId="{AE09DF88-C2B0-49AB-87B3-D76C7A46611D}" destId="{FB270109-931F-4C1B-AFAF-8F5E4AE40D3E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{C6E5C863-339D-45B0-9700-54EE74BF2019}" type="presParOf" srcId="{AE09DF88-C2B0-49AB-87B3-D76C7A46611D}" destId="{496EA3DA-466A-4B06-A01D-53BA69C4CDE7}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{D32B27A0-460E-4550-A866-510293D9DBC5}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{643765F0-2E9E-4087-B126-337882F5F948}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{3DBBCB4D-76EB-4E15-BE86-7E60E48795A3}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{A749E20B-E766-417A-803B-39E2B3186293}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{00F8EF5E-7455-4CE7-A60E-FC815DAED485}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{15D38507-8710-4503-8CF8-0530D4296A19}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{5B84258E-7DDC-4EFF-8351-A73237A91665}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{B9419583-F872-49E3-9DD9-223721EFF79A}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-[...5 lines deleted...]
-    <dgm:cxn modelId="{E198A51D-C619-471E-9344-320D8D310163}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{9076F299-4BB2-4C9F-8944-E8F44C4F9AC7}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{E198A51D-C619-471E-9344-320D8D310163}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{9076F299-4BB2-4C9F-8944-E8F44C4F9AC7}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{E8F8E1EC-E388-4E3B-AD1A-8A6A5ABB2119}" type="presParOf" srcId="{9076F299-4BB2-4C9F-8944-E8F44C4F9AC7}" destId="{009FF5C2-3D8F-4007-AAC6-6FC7F31CFAF8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{E001B818-7FD6-4E18-AC54-F52D69120FDA}" type="presParOf" srcId="{9076F299-4BB2-4C9F-8944-E8F44C4F9AC7}" destId="{8263916D-FF14-4D76-B5CF-158600156E03}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{C68D558B-C57C-44D2-9998-31A91A4B360A}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{B422EC6A-F5DD-4991-B294-6F91E4130D0A}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-[...2 lines deleted...]
-    <dgm:cxn modelId="{C810000F-7E23-43CB-9C8F-B6DB62BB2404}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{81BADB96-54BD-4EC8-B1CB-CD12E2F0B045}" srcOrd="12" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{C68D558B-C57C-44D2-9998-31A91A4B360A}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{B422EC6A-F5DD-4991-B294-6F91E4130D0A}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{A55ED06B-CD98-4808-899D-FECDF56EA617}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{512FCEC3-0497-4166-A8D3-875490124CA2}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{DB976C46-CA68-4302-87DA-2B39D9967F25}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{65679C31-3117-4452-8D8D-2A5D1C81000E}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{C810000F-7E23-43CB-9C8F-B6DB62BB2404}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{81BADB96-54BD-4EC8-B1CB-CD12E2F0B045}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{CE831031-2FD4-4317-A18F-56AC96EF2FD4}" type="presParOf" srcId="{81BADB96-54BD-4EC8-B1CB-CD12E2F0B045}" destId="{B082552C-946B-4058-914A-582954FEC608}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{A5BC2456-03A5-4FF7-A565-A18995A8A583}" type="presParOf" srcId="{81BADB96-54BD-4EC8-B1CB-CD12E2F0B045}" destId="{4A97E3F0-2890-4E63-A827-7668ECA8A667}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{04EE9847-09EA-4053-8420-F4F2D2B1F05F}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{ECCC4888-15A6-40D3-96E0-9AA71717529E}" srcOrd="13" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{9D731F89-30D7-4E35-BFB2-CB9AF92758FA}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}" srcOrd="14" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{04EE9847-09EA-4053-8420-F4F2D2B1F05F}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{ECCC4888-15A6-40D3-96E0-9AA71717529E}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{9D731F89-30D7-4E35-BFB2-CB9AF92758FA}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId9" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
-<file path=ppt/diagrams/data5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/data4.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{2CA80CFF-C759-47A6-8D58-368812D21265}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/list1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple4" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{3E659DEF-8898-4977-8263-4B009D689CC5}">
       <dgm:prSet/>
-      <dgm:spPr/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1"/>
+        </a:solidFill>
+      </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" dirty="0"/>
             <a:t>Mental Health Facts</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{39D112B4-A46E-4F3F-BF8D-DCABB23BB299}" type="parTrans" cxnId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A6BA8714-800D-468A-877B-2F40E4FBDF47}" type="sibTrans" cxnId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}">
       <dgm:prSet/>
       <dgm:spPr/>
@@ -6401,122 +4271,57 @@
         </a:ext>
       </dgm:extLst>
     </dgm:pt>
     <dgm:pt modelId="{12FCBFC0-1522-472E-9A4D-BAB04A60A1ED}" type="parTrans" cxnId="{7F518F39-091D-4170-958A-36A1BF2E5EF8}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5CA29AAC-25D0-41A8-805A-E834DAFD6E32}" type="sibTrans" cxnId="{7F518F39-091D-4170-958A-36A1BF2E5EF8}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{707DD948-D158-4A1E-BE7E-E098A22572C9}">
-[...67 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}">
       <dgm:prSet/>
-      <dgm:spPr/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1"/>
+        </a:solidFill>
+      </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" b="0" dirty="0"/>
             <a:t>Health Information Resources</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{62563427-70D3-476C-A8ED-CC19D713300F}" type="parTrans" cxnId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{9698D385-73DF-423F-99F3-8143F47FDB0F}" type="sibTrans" cxnId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}">
       <dgm:prSet/>
       <dgm:spPr/>
@@ -6553,89 +4358,94 @@
     <dgm:pt modelId="{2E484527-1FB0-4908-BC3A-ACAC7D7FB4E6}" type="sibTrans" cxnId="{445B88F0-ADA1-45ED-B65B-5581529C44AB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}">
       <dgm:prSet custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:schemeClr val="tx2">
             <a:lumMod val="75000"/>
           </a:schemeClr>
         </a:solidFill>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
-            <a:t>Programs and Services</a:t>
+            <a:rPr lang="en-US" sz="2900" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>Programs</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CB2F1A44-4972-4489-9D36-455EA241D267}" type="parTrans" cxnId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EFE69D4F-FA64-4550-B778-52079F1CC480}" type="sibTrans" cxnId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EE7C4602-90CF-42A4-8BEC-9BA9C667D4A2}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US"/>
-            <a:t>NLM Exhibition Program</a:t>
+            <a:t>Mental Health Awareness</a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" dirty="0"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8F8A9625-374E-4525-9BAC-AA36AD98CD6A}" type="parTrans" cxnId="{30097D16-E9F6-47BA-9E2C-D8F648828D0A}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{739E7215-04C2-470B-827A-68B03E3B7614}" type="sibTrans" cxnId="{30097D16-E9F6-47BA-9E2C-D8F648828D0A}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
@@ -6653,3728 +4463,1931 @@
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{4FF6EE4D-6EF4-40A8-B249-BE541A1B88D8}" type="parTrans" cxnId="{692D9C05-1E09-4C4D-A032-0E681636A4EB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{518835CA-A496-4466-AEC6-0BE1CD093328}" type="sibTrans" cxnId="{692D9C05-1E09-4C4D-A032-0E681636A4EB}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{16F5E4D4-DD15-41D2-AA4D-D9C9D3E58D5D}">
-[...34 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" type="pres">
       <dgm:prSet presAssocID="{2CA80CFF-C759-47A6-8D58-368812D21265}" presName="linear" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{AE09DF88-C2B0-49AB-87B3-D76C7A46611D}" type="pres">
       <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{FB270109-931F-4C1B-AFAF-8F5E4AE40D3E}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{496EA3DA-466A-4B06-A01D-53BA69C4CDE7}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentText" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4" custScaleX="130552">
+      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="parentText" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3" custScaleX="130552">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{643765F0-2E9E-4087-B126-337882F5F948}" type="pres">
       <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{A749E20B-E766-417A-803B-39E2B3186293}" type="pres">
-      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="0" presStyleCnt="4">
+      <dgm:prSet presAssocID="{3E659DEF-8898-4977-8263-4B009D689CC5}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="0" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{15D38507-8710-4503-8CF8-0530D4296A19}" type="pres">
       <dgm:prSet presAssocID="{A6BA8714-800D-468A-877B-2F40E4FBDF47}" presName="spaceBetweenRectangles" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{B9419583-F872-49E3-9DD9-223721EFF79A}" type="pres">
-[...31 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{9076F299-4BB2-4C9F-8944-E8F44C4F9AC7}" type="pres">
       <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{009FF5C2-3D8F-4007-AAC6-6FC7F31CFAF8}" type="pres">
-      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{8263916D-FF14-4D76-B5CF-158600156E03}" type="pres">
-      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentText" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4" custScaleX="130552">
+      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="parentText" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3" custScaleX="130552">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B422EC6A-F5DD-4991-B294-6F91E4130D0A}" type="pres">
       <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{512FCEC3-0497-4166-A8D3-875490124CA2}" type="pres">
-      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="2" presStyleCnt="4">
+      <dgm:prSet presAssocID="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="1" presStyleCnt="3">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{65679C31-3117-4452-8D8D-2A5D1C81000E}" type="pres">
       <dgm:prSet presAssocID="{9698D385-73DF-423F-99F3-8143F47FDB0F}" presName="spaceBetweenRectangles" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{81BADB96-54BD-4EC8-B1CB-CD12E2F0B045}" type="pres">
       <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentLin" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B082552C-946B-4058-914A-582954FEC608}" type="pres">
-      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentLeftMargin" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{4A97E3F0-2890-4E63-A827-7668ECA8A667}" type="pres">
-      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentText" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="4" custScaleX="130552">
+      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="parentText" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3" custScaleX="130552" custLinFactNeighborX="23075" custLinFactNeighborY="-4172">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{ECCC4888-15A6-40D3-96E0-9AA71717529E}" type="pres">
       <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="negativeSpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}" type="pres">
-      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="3" presStyleCnt="4" custLinFactNeighborX="-2460">
+      <dgm:prSet presAssocID="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" presName="childText" presStyleLbl="conFgAcc1" presStyleIdx="2" presStyleCnt="3" custLinFactNeighborX="-2460">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{692D9C05-1E09-4C4D-A032-0E681636A4EB}" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{98691A47-66BA-4268-9D6A-885EDD80D378}" srcOrd="2" destOrd="0" parTransId="{4FF6EE4D-6EF4-40A8-B249-BE541A1B88D8}" sibTransId="{518835CA-A496-4466-AEC6-0BE1CD093328}"/>
-[...2 lines deleted...]
-    <dgm:cxn modelId="{AD6B1915-60AD-4B22-AADB-F3329B9DB58C}" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{16F5E4D4-DD15-41D2-AA4D-D9C9D3E58D5D}" srcOrd="1" destOrd="0" parTransId="{162EDC25-487B-4BFD-9B66-2FDE4D346B0E}" sibTransId="{245E07BF-24F8-45B3-A333-C4CDD7461508}"/>
+    <dgm:cxn modelId="{692D9C05-1E09-4C4D-A032-0E681636A4EB}" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{98691A47-66BA-4268-9D6A-885EDD80D378}" srcOrd="1" destOrd="0" parTransId="{4FF6EE4D-6EF4-40A8-B249-BE541A1B88D8}" sibTransId="{518835CA-A496-4466-AEC6-0BE1CD093328}"/>
     <dgm:cxn modelId="{30097D16-E9F6-47BA-9E2C-D8F648828D0A}" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{EE7C4602-90CF-42A4-8BEC-9BA9C667D4A2}" srcOrd="0" destOrd="0" parTransId="{8F8A9625-374E-4525-9BAC-AA36AD98CD6A}" sibTransId="{739E7215-04C2-470B-827A-68B03E3B7614}"/>
-    <dgm:cxn modelId="{D79D341A-81B8-46A3-876E-925D0A992139}" type="presOf" srcId="{A5FAC086-F140-4102-A3F6-A9746F593D53}" destId="{E961F144-6098-4B5F-873C-FC336ADAB9A0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{EC52B71A-23BB-46E9-B03C-12EF31F4F7FC}" type="presOf" srcId="{3E659DEF-8898-4977-8263-4B009D689CC5}" destId="{FB270109-931F-4C1B-AFAF-8F5E4AE40D3E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{35319E20-01AA-4538-9853-085B44DF47F4}" type="presOf" srcId="{707DD948-D158-4A1E-BE7E-E098A22572C9}" destId="{F1667787-5BF0-4094-8281-8D824A3820B2}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{04C95031-0832-4325-9916-B8E8155F6CD2}" type="presOf" srcId="{98691A47-66BA-4268-9D6A-885EDD80D378}" destId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}" srcOrd="0" destOrd="2" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{04C95031-0832-4325-9916-B8E8155F6CD2}" type="presOf" srcId="{98691A47-66BA-4268-9D6A-885EDD80D378}" destId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{7F518F39-091D-4170-958A-36A1BF2E5EF8}" srcId="{3E659DEF-8898-4977-8263-4B009D689CC5}" destId="{122102EF-620B-47B6-AA67-F4AF9CF9AF38}" srcOrd="0" destOrd="0" parTransId="{12FCBFC0-1522-472E-9A4D-BAB04A60A1ED}" sibTransId="{5CA29AAC-25D0-41A8-805A-E834DAFD6E32}"/>
     <dgm:cxn modelId="{153C183D-ADAA-4B8C-8D68-49D12E751D3D}" type="presOf" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{B082552C-946B-4058-914A-582954FEC608}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" srcOrd="3" destOrd="0" parTransId="{CB2F1A44-4972-4489-9D36-455EA241D267}" sibTransId="{EFE69D4F-FA64-4550-B778-52079F1CC480}"/>
+    <dgm:cxn modelId="{FEB9B364-7D42-4E54-BB2C-B76B21E88904}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" srcOrd="2" destOrd="0" parTransId="{CB2F1A44-4972-4489-9D36-455EA241D267}" sibTransId="{EFE69D4F-FA64-4550-B778-52079F1CC480}"/>
     <dgm:cxn modelId="{A3EB5845-9F73-42D4-BF70-4D412520FA30}" type="presOf" srcId="{7F2A3B8B-94B8-4C19-BF51-5294CC8B4185}" destId="{512FCEC3-0497-4166-A8D3-875490124CA2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{DFA4A148-22AE-4D14-89AD-C554E637547D}" type="presOf" srcId="{EE7C4602-90CF-42A4-8BEC-9BA9C667D4A2}" destId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{3885756F-6E6A-4020-91DD-0D1D9DE6A906}" type="presOf" srcId="{707DD948-D158-4A1E-BE7E-E098A22572C9}" destId="{06128F07-DF4A-4546-AA59-7482AAC0D3D0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{0A2F8670-B7D6-47C7-938D-B677A377923F}" type="presOf" srcId="{122102EF-620B-47B6-AA67-F4AF9CF9AF38}" destId="{A749E20B-E766-417A-803B-39E2B3186293}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{916F2589-E7AA-40C3-8CC5-FD11B846DEA1}" type="presOf" srcId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" destId="{8263916D-FF14-4D76-B5CF-158600156E03}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{141250A3-F6C4-4A94-9A0D-B2D8ED3050D5}" type="presOf" srcId="{16F5E4D4-DD15-41D2-AA4D-D9C9D3E58D5D}" destId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{88F3AEB8-CF44-4D67-81BB-B81FBFA2EAEB}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{3E659DEF-8898-4977-8263-4B009D689CC5}" srcOrd="0" destOrd="0" parTransId="{39D112B4-A46E-4F3F-BF8D-DCABB23BB299}" sibTransId="{A6BA8714-800D-468A-877B-2F40E4FBDF47}"/>
     <dgm:cxn modelId="{B69A11B9-E901-49C7-81BA-6B7AEBF1FE49}" type="presOf" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{31B160E1-0096-42CF-A9D4-4E8094E4055D}" type="presOf" srcId="{3E659DEF-8898-4977-8263-4B009D689CC5}" destId="{496EA3DA-466A-4B06-A01D-53BA69C4CDE7}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" srcOrd="2" destOrd="0" parTransId="{62563427-70D3-476C-A8ED-CC19D713300F}" sibTransId="{9698D385-73DF-423F-99F3-8143F47FDB0F}"/>
+    <dgm:cxn modelId="{27A7B7E1-E505-4040-889A-FF95D1B96EFC}" srcId="{2CA80CFF-C759-47A6-8D58-368812D21265}" destId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" srcOrd="1" destOrd="0" parTransId="{62563427-70D3-476C-A8ED-CC19D713300F}" sibTransId="{9698D385-73DF-423F-99F3-8143F47FDB0F}"/>
     <dgm:cxn modelId="{AB81C1E8-ED3D-4144-B5BD-59BC6752A7FE}" type="presOf" srcId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" destId="{009FF5C2-3D8F-4007-AAC6-6FC7F31CFAF8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{445B88F0-ADA1-45ED-B65B-5581529C44AB}" srcId="{C3FE7F4F-9E4C-4CC1-85D0-EAE01B2715A6}" destId="{7F2A3B8B-94B8-4C19-BF51-5294CC8B4185}" srcOrd="0" destOrd="0" parTransId="{EA4787FC-1D74-411A-8D37-C1F326882D18}" sibTransId="{2E484527-1FB0-4908-BC3A-ACAC7D7FB4E6}"/>
     <dgm:cxn modelId="{256419FE-24D5-42F0-8284-CFB76916A4EB}" type="presOf" srcId="{6CAD8714-0BDC-49B1-83A9-9C283AE33FE6}" destId="{4A97E3F0-2890-4E63-A827-7668ECA8A667}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{8C56AC4C-C62A-4B18-B826-CFA6A1E9F29B}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{AE09DF88-C2B0-49AB-87B3-D76C7A46611D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{E4B00492-5D10-43EB-8FD0-A83D9210F15F}" type="presParOf" srcId="{AE09DF88-C2B0-49AB-87B3-D76C7A46611D}" destId="{FB270109-931F-4C1B-AFAF-8F5E4AE40D3E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{C6E5C863-339D-45B0-9700-54EE74BF2019}" type="presParOf" srcId="{AE09DF88-C2B0-49AB-87B3-D76C7A46611D}" destId="{496EA3DA-466A-4B06-A01D-53BA69C4CDE7}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{D32B27A0-460E-4550-A866-510293D9DBC5}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{643765F0-2E9E-4087-B126-337882F5F948}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{3DBBCB4D-76EB-4E15-BE86-7E60E48795A3}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{A749E20B-E766-417A-803B-39E2B3186293}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{00F8EF5E-7455-4CE7-A60E-FC815DAED485}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{15D38507-8710-4503-8CF8-0530D4296A19}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{5B84258E-7DDC-4EFF-8351-A73237A91665}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{B9419583-F872-49E3-9DD9-223721EFF79A}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-[...5 lines deleted...]
-    <dgm:cxn modelId="{E198A51D-C619-471E-9344-320D8D310163}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{9076F299-4BB2-4C9F-8944-E8F44C4F9AC7}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{E198A51D-C619-471E-9344-320D8D310163}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{9076F299-4BB2-4C9F-8944-E8F44C4F9AC7}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{E8F8E1EC-E388-4E3B-AD1A-8A6A5ABB2119}" type="presParOf" srcId="{9076F299-4BB2-4C9F-8944-E8F44C4F9AC7}" destId="{009FF5C2-3D8F-4007-AAC6-6FC7F31CFAF8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{E001B818-7FD6-4E18-AC54-F52D69120FDA}" type="presParOf" srcId="{9076F299-4BB2-4C9F-8944-E8F44C4F9AC7}" destId="{8263916D-FF14-4D76-B5CF-158600156E03}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{C68D558B-C57C-44D2-9998-31A91A4B360A}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{B422EC6A-F5DD-4991-B294-6F91E4130D0A}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-[...2 lines deleted...]
-    <dgm:cxn modelId="{C810000F-7E23-43CB-9C8F-B6DB62BB2404}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{81BADB96-54BD-4EC8-B1CB-CD12E2F0B045}" srcOrd="12" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{C68D558B-C57C-44D2-9998-31A91A4B360A}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{B422EC6A-F5DD-4991-B294-6F91E4130D0A}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{A55ED06B-CD98-4808-899D-FECDF56EA617}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{512FCEC3-0497-4166-A8D3-875490124CA2}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{DB976C46-CA68-4302-87DA-2B39D9967F25}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{65679C31-3117-4452-8D8D-2A5D1C81000E}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{C810000F-7E23-43CB-9C8F-B6DB62BB2404}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{81BADB96-54BD-4EC8-B1CB-CD12E2F0B045}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{CE831031-2FD4-4317-A18F-56AC96EF2FD4}" type="presParOf" srcId="{81BADB96-54BD-4EC8-B1CB-CD12E2F0B045}" destId="{B082552C-946B-4058-914A-582954FEC608}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{A5BC2456-03A5-4FF7-A565-A18995A8A583}" type="presParOf" srcId="{81BADB96-54BD-4EC8-B1CB-CD12E2F0B045}" destId="{4A97E3F0-2890-4E63-A827-7668ECA8A667}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{04EE9847-09EA-4053-8420-F4F2D2B1F05F}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{ECCC4888-15A6-40D3-96E0-9AA71717529E}" srcOrd="13" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
-    <dgm:cxn modelId="{9D731F89-30D7-4E35-BFB2-CB9AF92758FA}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}" srcOrd="14" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{04EE9847-09EA-4053-8420-F4F2D2B1F05F}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{ECCC4888-15A6-40D3-96E0-9AA71717529E}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
+    <dgm:cxn modelId="{9D731F89-30D7-4E35-BFB2-CB9AF92758FA}" type="presParOf" srcId="{F57A7E4A-68D9-4C7E-8C2D-44A8541B5D38}" destId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId9" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{42C43C51-F0D0-431E-846D-685B3F466FCC}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="417429"/>
-          <a:ext cx="10515600" cy="604800"/>
+          <a:off x="0" y="506528"/>
+          <a:ext cx="10515600" cy="831600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1">
             <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{F7DBD423-6163-49D6-A2B2-B5C6D62D672C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="525780" y="63189"/>
-          <a:ext cx="8425161" cy="708480"/>
+          <a:off x="525780" y="19448"/>
+          <a:ext cx="8425161" cy="974160"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="278225" tIns="0" rIns="278225" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="3200" b="1" kern="1200" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Mental Health Stats &amp; Definitions</a:t>
+            <a:t>Mental Health </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="3200" b="1" strike="noStrike" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>Stats</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="560365" y="97774"/>
-        <a:ext cx="8355991" cy="639310"/>
+        <a:off x="573335" y="67003"/>
+        <a:ext cx="8330051" cy="879050"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{A338AFEE-9835-4371-B1E8-172AB1DC1A90}">
+    <dsp:sp modelId="{BD981CD8-E155-40E2-9975-188A8FFA6CC6}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="1506069"/>
-          <a:ext cx="10515600" cy="604800"/>
+          <a:off x="0" y="2003409"/>
+          <a:ext cx="10515600" cy="831600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1">
             <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="816127" tIns="499872" rIns="816127" bIns="170688" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="816127" tIns="687324" rIns="816127" bIns="234696" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="228600" lvl="1" indent="-228600" algn="l" defTabSz="1066800">
+          <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1466850">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="2400" kern="1200"/>
+          <a:endParaRPr lang="en-US" sz="3300" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="1506069"/>
-        <a:ext cx="10515600" cy="604800"/>
+        <a:off x="0" y="2003409"/>
+        <a:ext cx="10515600" cy="831600"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{EF8CC74B-6E74-484E-A098-123A5A36E520}">
+    <dsp:sp modelId="{BB9928F7-4FAC-4948-86CA-581B6DEB956A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="525780" y="1151829"/>
-          <a:ext cx="8425161" cy="708480"/>
+          <a:off x="525780" y="1516329"/>
+          <a:ext cx="8425161" cy="974160"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="278225" tIns="0" rIns="278225" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="3200" b="1" kern="1200" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Best Practices for Reference Interviews</a:t>
+            <a:t>Health Information Resources</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="560365" y="1186414"/>
-        <a:ext cx="8355991" cy="639310"/>
+        <a:off x="573335" y="1563884"/>
+        <a:ext cx="8330051" cy="879050"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{BD981CD8-E155-40E2-9975-188A8FFA6CC6}">
+    <dsp:sp modelId="{ABEFCEFD-E495-4D58-8822-D5B5047E598D}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="2594709"/>
-          <a:ext cx="10515600" cy="604800"/>
+          <a:off x="0" y="3500289"/>
+          <a:ext cx="10515600" cy="831600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1">
             <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="816127" tIns="499872" rIns="816127" bIns="170688" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="816127" tIns="687324" rIns="816127" bIns="234696" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="228600" lvl="1" indent="-228600" algn="l" defTabSz="1066800">
+          <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1466850">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="2400" kern="1200"/>
+          <a:endParaRPr lang="en-US" sz="3300" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="2594709"/>
-        <a:ext cx="10515600" cy="604800"/>
+        <a:off x="0" y="3500289"/>
+        <a:ext cx="10515600" cy="831600"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{BB9928F7-4FAC-4948-86CA-581B6DEB956A}">
+    <dsp:sp modelId="{7DA2CCF3-08BA-473A-BF7F-EEECF3604C93}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="525780" y="2240469"/>
-          <a:ext cx="8425161" cy="708480"/>
+          <a:off x="525780" y="3013209"/>
+          <a:ext cx="8425161" cy="974160"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="278225" tIns="0" rIns="278225" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="3200" b="1" kern="1200" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Health Information Resources</a:t>
+            <a:t>Programming at Your Library</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="560365" y="2275054"/>
-        <a:ext cx="8355991" cy="639310"/>
+        <a:off x="573335" y="3060764"/>
+        <a:ext cx="8330051" cy="879050"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{ABEFCEFD-E495-4D58-8822-D5B5047E598D}">
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{738CF2E2-C137-4E72-8131-FF4665704EA7}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="3683349"/>
-          <a:ext cx="10515600" cy="604800"/>
+          <a:off x="0" y="549607"/>
+          <a:ext cx="5181600" cy="1411200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1">
             <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
-      <dsp:txBody>
-[...23 lines deleted...]
-      </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{7DA2CCF3-08BA-473A-BF7F-EEECF3604C93}">
+    <dsp:sp modelId="{ACA49B49-D890-45F9-A5B5-EBB7171229ED}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="525780" y="3329109"/>
-          <a:ext cx="8425161" cy="708480"/>
+          <a:off x="259080" y="37817"/>
+          <a:ext cx="4729764" cy="1338349"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="278225" tIns="0" rIns="278225" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="137097" tIns="0" rIns="137097" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1422400">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1600200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="3200" b="1" kern="1200" dirty="0">
+            <a:rPr lang="en-US" sz="3600" kern="1200" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Programs and Services</a:t>
+            <a:t>1 in 4 Americans</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="560365" y="3363694"/>
-        <a:ext cx="8355991" cy="639310"/>
+        <a:off x="324413" y="103150"/>
+        <a:ext cx="4599098" cy="1207683"/>
       </dsp:txXfrm>
     </dsp:sp>
-  </dsp:spTree>
-[...11 lines deleted...]
-    <dsp:sp modelId="{43CD1FCD-CD73-47EF-894E-469A5AE1430B}">
+    <dsp:sp modelId="{F45D7629-33BC-49AE-B923-5688A37D8AC9}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="341612"/>
-          <a:ext cx="6172199" cy="1764000"/>
+          <a:off x="0" y="2902320"/>
+          <a:ext cx="5181600" cy="1411200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1">
             <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{9DB93087-B76F-4AA1-A0B3-FD978B1116F2}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="246682" y="2264050"/>
+          <a:ext cx="4933647" cy="1465672"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="137097" tIns="0" rIns="137097" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1600200">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="3600" b="0" i="0" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>59 Million Adults</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="3600" kern="1200" dirty="0">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="318230" y="2335598"/>
+        <a:ext cx="4790551" cy="1322576"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{A749E20B-E766-417A-803B-39E2B3186293}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="502892"/>
+          <a:ext cx="6172199" cy="856800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="479031" tIns="416560" rIns="479031" bIns="142240" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="479031" tIns="708152" rIns="479031" bIns="241808" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="228600" lvl="1" indent="-228600" algn="l" defTabSz="889000">
+          <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1511300">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
-          <a:r>
-[...56 lines deleted...]
-          </a:r>
+          <a:endParaRPr lang="en-US" sz="3400" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="341612"/>
-        <a:ext cx="6172199" cy="1764000"/>
+        <a:off x="0" y="502892"/>
+        <a:ext cx="6172199" cy="856800"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{8E8D19A8-014E-425D-8712-A3D936D1EFED}">
+    <dsp:sp modelId="{496EA3DA-466A-4B06-A01D-53BA69C4CDE7}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="301979" y="46412"/>
-[...146 lines deleted...]
-          <a:ext cx="5868746" cy="590400"/>
+          <a:off x="271030" y="1052"/>
+          <a:ext cx="5737029" cy="1003680"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:satMod val="103000"/>
-[...11 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst>
-          <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
             <a:srgbClr val="000000">
-              <a:alpha val="63000"/>
+              <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
+        <a:scene3d>
+          <a:camera prst="orthographicFront">
+            <a:rot lat="0" lon="0" rev="0"/>
+          </a:camera>
+          <a:lightRig rig="threePt" dir="t">
+            <a:rot lat="0" lon="0" rev="1200000"/>
+          </a:lightRig>
+        </a:scene3d>
+        <a:sp3d>
+          <a:bevelT w="63500" h="25400"/>
+        </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="163306" tIns="0" rIns="163306" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1066800">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2400" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Best Practices for Reference Interviews</a:t>
+            <a:t>Mental Health Facts</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="330800" y="2242433"/>
-        <a:ext cx="5811104" cy="532758"/>
+        <a:off x="320026" y="50048"/>
+        <a:ext cx="5639037" cy="905688"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{0C013572-4D3E-4B2A-B04E-14B12167E559}">
+    <dsp:sp modelId="{512FCEC3-0497-4166-A8D3-875490124CA2}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="3416012"/>
-          <a:ext cx="6172199" cy="504000"/>
+          <a:off x="0" y="2045132"/>
+          <a:ext cx="6172199" cy="1285200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1">
             <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:effectLst/>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="479031" tIns="416560" rIns="479031" bIns="142240" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="479031" tIns="708152" rIns="479031" bIns="199136" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="228600" lvl="1" indent="-228600" algn="l" defTabSz="889000">
+          <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="2000" kern="1200"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="2800" kern="1200" dirty="0"/>
+            <a:t>Freely available resources</a:t>
+          </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="3416012"/>
-        <a:ext cx="6172199" cy="504000"/>
+        <a:off x="0" y="2045132"/>
+        <a:ext cx="6172199" cy="1285200"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{8EBA5238-7CC2-496F-8747-D064A9531607}">
+    <dsp:sp modelId="{8263916D-FF14-4D76-B5CF-158600156E03}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="301979" y="3120812"/>
-          <a:ext cx="5868746" cy="590400"/>
+          <a:off x="258504" y="1543292"/>
+          <a:ext cx="5737029" cy="1003680"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="tx2">
+            <a:lumMod val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+        <a:scene3d>
+          <a:camera prst="orthographicFront">
+            <a:rot lat="0" lon="0" rev="0"/>
+          </a:camera>
+          <a:lightRig rig="threePt" dir="t">
+            <a:rot lat="0" lon="0" rev="1200000"/>
+          </a:lightRig>
+        </a:scene3d>
+        <a:sp3d>
+          <a:bevelT w="63500" h="25400"/>
+        </a:sp3d>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="3">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="163306" tIns="0" rIns="163306" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1066800">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="2400" b="1" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Mental Health Information Resources</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="307500" y="1592288"/>
+        <a:ext cx="5639037" cy="905688"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="4015772"/>
+          <a:ext cx="6172199" cy="856800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{4A97E3F0-2890-4E63-A827-7668ECA8A667}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="258504" y="3513932"/>
+          <a:ext cx="5737029" cy="1003680"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:satMod val="103000"/>
-[...11 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst>
-          <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
             <a:srgbClr val="000000">
-              <a:alpha val="63000"/>
+              <a:alpha val="35000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
+        <a:scene3d>
+          <a:camera prst="orthographicFront">
+            <a:rot lat="0" lon="0" rev="0"/>
+          </a:camera>
+          <a:lightRig rig="threePt" dir="t">
+            <a:rot lat="0" lon="0" rev="1200000"/>
+          </a:lightRig>
+        </a:scene3d>
+        <a:sp3d>
+          <a:bevelT w="63500" h="25400"/>
+        </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="163306" tIns="0" rIns="163306" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1066800">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2400" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Health Information Resources</a:t>
+            <a:t>Programs and Services at Your Library</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="330800" y="3149633"/>
-[...874 lines deleted...]
-        <a:ext cx="6797294" cy="586034"/>
+        <a:off x="307500" y="3562928"/>
+        <a:ext cx="5639037" cy="905688"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{A749E20B-E766-417A-803B-39E2B3186293}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="398593"/>
-          <a:ext cx="6172199" cy="630000"/>
+          <a:off x="0" y="477070"/>
+          <a:ext cx="6324600" cy="806400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1">
             <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...672 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="490859" tIns="479044" rIns="490859" bIns="163576" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="490859" tIns="666496" rIns="490859" bIns="227584" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="228600" lvl="1" indent="-228600" algn="l" defTabSz="1022350">
+          <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="2300" kern="1200"/>
+          <a:endParaRPr lang="en-US" sz="3200" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="371274"/>
-        <a:ext cx="6324600" cy="579600"/>
+        <a:off x="0" y="477070"/>
+        <a:ext cx="6324600" cy="806400"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{496EA3DA-466A-4B06-A01D-53BA69C4CDE7}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="316230" y="31794"/>
-          <a:ext cx="5779824" cy="678960"/>
+          <a:off x="316230" y="4749"/>
+          <a:ext cx="5779824" cy="944640"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
-        <a:gradFill rotWithShape="0">
-[...36 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="accent1"/>
+        </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:effectLst/>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="167338" tIns="0" rIns="167338" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1022350">
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="2300" kern="1200" dirty="0"/>
+            <a:rPr lang="en-US" sz="3200" kern="1200" dirty="0"/>
             <a:t>Mental Health Facts</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="349374" y="64938"/>
-        <a:ext cx="5713536" cy="612672"/>
+        <a:off x="362344" y="50863"/>
+        <a:ext cx="5687596" cy="852412"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{E961F144-6098-4B5F-873C-FC336ADAB9A0}">
+    <dsp:sp modelId="{512FCEC3-0497-4166-A8D3-875490124CA2}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="1414555"/>
-          <a:ext cx="6324600" cy="579600"/>
+          <a:off x="0" y="1928590"/>
+          <a:ext cx="6324600" cy="806400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1">
             <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="490859" tIns="479044" rIns="490859" bIns="163576" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="490859" tIns="666496" rIns="490859" bIns="227584" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="228600" lvl="1" indent="-228600" algn="l" defTabSz="1022350">
+          <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="2300" kern="1200"/>
+          <a:endParaRPr lang="en-US" sz="3200" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="1414555"/>
-        <a:ext cx="6324600" cy="579600"/>
+        <a:off x="0" y="1928590"/>
+        <a:ext cx="6324600" cy="806400"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{F1667787-5BF0-4094-8281-8D824A3820B2}">
+    <dsp:sp modelId="{8263916D-FF14-4D76-B5CF-158600156E03}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="316230" y="1075074"/>
-          <a:ext cx="5779824" cy="678960"/>
+          <a:off x="316230" y="1456270"/>
+          <a:ext cx="5779824" cy="944640"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
-        <a:gradFill rotWithShape="0">
-[...36 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="accent1"/>
+        </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:effectLst/>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="167338" tIns="0" rIns="167338" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1022350">
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="2300" kern="1200" dirty="0"/>
-            <a:t>Best Practices for Reference Interviews</a:t>
+            <a:rPr lang="en-US" sz="3200" b="0" kern="1200" dirty="0"/>
+            <a:t>Health Information Resources</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="349374" y="1108218"/>
-        <a:ext cx="5713536" cy="612672"/>
+        <a:off x="362344" y="1502384"/>
+        <a:ext cx="5687596" cy="852412"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{512FCEC3-0497-4166-A8D3-875490124CA2}">
+    <dsp:sp modelId="{B0D6A963-5319-479F-BBA9-1FDEE2C1D805}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="2457835"/>
-          <a:ext cx="6324600" cy="579600"/>
+          <a:off x="0" y="3380109"/>
+          <a:ext cx="6324600" cy="1814400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1">
             <a:alpha val="90000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="490859" tIns="479044" rIns="490859" bIns="163576" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="490859" tIns="666496" rIns="490859" bIns="227584" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="228600" lvl="1" indent="-228600" algn="l" defTabSz="1022350">
+          <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="2300" kern="1200"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="3200" kern="1200"/>
+            <a:t>Mental Health Awareness</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="3200" kern="1200" dirty="0"/>
+        </a:p>
+        <a:p>
+          <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1422400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="3200" kern="1200"/>
+            <a:t>Service and Program ideas</a:t>
+          </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="2457835"/>
-        <a:ext cx="6324600" cy="579600"/>
+        <a:off x="0" y="3380109"/>
+        <a:ext cx="6324600" cy="1814400"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{8263916D-FF14-4D76-B5CF-158600156E03}">
+    <dsp:sp modelId="{4A97E3F0-2890-4E63-A827-7668ECA8A667}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="316230" y="2118355"/>
-          <a:ext cx="5779824" cy="678960"/>
+          <a:off x="389200" y="2868379"/>
+          <a:ext cx="5779824" cy="944640"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
-        <a:gradFill rotWithShape="0">
-[...36 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="tx2">
+            <a:lumMod val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:effectLst/>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="167338" tIns="0" rIns="167338" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1022350">
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1289050">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="2300" b="0" kern="1200" dirty="0"/>
-            <a:t>Health Information Resources</a:t>
+            <a:rPr lang="en-US" sz="2900" b="1" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>Programs</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="349374" y="2151499"/>
-[...179 lines deleted...]
-        <a:ext cx="5713536" cy="612672"/>
+        <a:off x="435314" y="2914493"/>
+        <a:ext cx="5687596" cy="852412"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/list1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="list" pri="4000"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="2">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="3">
           <dgm:prSet phldr="1"/>
@@ -11237,275 +7250,50 @@
         </dgm:shape>
         <dgm:presOf axis="des" ptType="node"/>
         <dgm:constrLst>
           <dgm:constr type="secFontSz" refType="primFontSz"/>
         </dgm:constrLst>
         <dgm:ruleLst>
           <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
         </dgm:ruleLst>
       </dgm:layoutNode>
       <dgm:forEach name="Name10" axis="followSib" ptType="sibTrans" cnt="1">
         <dgm:layoutNode name="spaceBetweenRectangles">
           <dgm:alg type="sp"/>
           <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
             <dgm:adjLst/>
           </dgm:shape>
           <dgm:presOf/>
           <dgm:constrLst/>
           <dgm:ruleLst/>
         </dgm:layoutNode>
       </dgm:forEach>
     </dgm:forEach>
   </dgm:layoutNode>
 </dgm:layoutDef>
 </file>
 
-<file path=ppt/diagrams/layout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...223 lines deleted...]
-
 <file path=ppt/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="simple" pri="10100"/>
   </dgm:catLst>
   <dgm:scene3d>
     <a:camera prst="orthographicFront"/>
     <a:lightRig rig="threePt" dir="t"/>
   </dgm:scene3d>
   <dgm:styleLbl name="node0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
@@ -12497,593 +8285,593 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/diagrams/quickStyle2.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple5">
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="simple" pri="10500"/>
+    <dgm:cat type="simple" pri="10100"/>
   </dgm:catLst>
   <dgm:scene3d>
     <a:camera prst="orthographicFront"/>
     <a:lightRig rig="threePt" dir="t"/>
   </dgm:scene3d>
   <dgm:styleLbl name="node0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="lnNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="vennNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="tx1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="node2">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="node3">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="node4">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgImgPlace1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignImgPlace1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgImgPlace1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans2D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgSibTrans2D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgSibTrans2D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans1D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="callout">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="0">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="1">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst2">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst3">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst4">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D2">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D3">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D4">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
@@ -13135,417 +8923,417 @@
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="conFgAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="trAlignAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidFgAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidAlignAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidBgAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAccFollowNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAccFollowNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAccFollowNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc2">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc3">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc4">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgShp">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="dkBgShp">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="trBgShp">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgShp">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="3">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
@@ -14565,1084 +10353,50 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/diagrams/quickStyle4.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple5">
-[...1032 lines deleted...]
-<file path=ppt/diagrams/quickStyle5.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple4">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="simple" pri="10400"/>
   </dgm:catLst>
   <dgm:scene3d>
     <a:camera prst="orthographicFront"/>
     <a:lightRig rig="threePt" dir="t"/>
   </dgm:scene3d>
   <dgm:styleLbl name="node0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="3">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="2">
@@ -16630,475 +11384,306 @@
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
-</file>
-[...167 lines deleted...]
-</p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Header Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="3037840" cy="466434"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="93177" tIns="46589" rIns="93177" bIns="46589" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3970938" y="0"/>
-            <a:ext cx="3037840" cy="466434"/>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="93177" tIns="46589" rIns="93177" bIns="46589" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{A2A1C41B-1B92-46C1-A8A8-8BE474F0D823}" type="datetimeFigureOut">
+            <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/28/2024</a:t>
+              <a:t>10/9/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="717550" y="1162050"/>
-            <a:ext cx="5575300" cy="3136900"/>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="93177" tIns="46589" rIns="93177" bIns="46589" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="701040" y="4473892"/>
-            <a:ext cx="5608320" cy="3660458"/>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="93177" tIns="46589" rIns="93177" bIns="46589" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="8829967"/>
-            <a:ext cx="3037840" cy="466433"/>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="93177" tIns="46589" rIns="93177" bIns="46589" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3970938" y="8829967"/>
-            <a:ext cx="3037840" cy="466433"/>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="93177" tIns="46589" rIns="93177" bIns="46589" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2199060968"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3700270967"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -17175,139 +11760,71 @@
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emro.who.int/mnh/campaigns/anti-stigma-campaign.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/Lnxrc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -17427,92 +11944,145 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>DEMO</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>SAMHSA (pronounced </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>samsa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>) is the Substance Abuse and Mental Health Services Administration, part of the U.S. Department of Health and Human Services. Its website includes information for the public and for health professionals. Topics include school and campus health, seeking help after traumatic events such as natural disasters or shootings.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr lIns="94947" tIns="47474" rIns="94947" bIns="47474"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:fld id="{A2FE5A0E-999E-47B3-B29A-580156291A88}" type="slidenum">
+            <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr>
-[...1 lines deleted...]
-              </a:pPr>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="829691574"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3637507449"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -17522,81 +12092,95 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3516008663"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3601822351"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -17606,97 +12190,1185 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Books can make it easier to talk about topics that we may know only a little about or might be uncomfortable with.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>The NNLM has a list of titles and other information regarding mental health topics to enrich your discussions. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Here’s the main mental health page from the NNLM Book Discussion section on our website. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>https://www.nnlm.gov/reading-club/topic/269</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2597674300"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D98E4D4E-9894-F032-03A5-5ECEAB8C4319}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CA8A69-BAA2-C8D1-D674-20CAB844C4D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01012046-9B5B-3181-BA6C-397533BF53F3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>May is mental health awareness month, and you might want to plan a library event to provide information and awareness to your community.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>SAMHSA has a mental health awareness toolkit that offers resources in a central location that you can download and share. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42E196FA-2152-9765-F876-E4D73938FE1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4224826665"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The World Health Organization has </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>WHO EMRO | Anti-stigma campaign | Campaigns | Mental health</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>12</a:t>
+              <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="136206721"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4248956293"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Demo</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>15</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3781025751"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>We’ve covered lots of ideas, but here are even more! These are some other possible resources or programs that you might want to consider at your library. Some libraries have brought in therapy dogs around school finals time to help students reduce their stress. The Programming Librarian has materials about therapy dogs. We’ve included that link on the handout.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Events like these can help give people permission to talk about mental health in an open environment, breaking down that stigma, and give the library a chance to provide additional mental health information.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>ASK: What type of programs have you offered at your library? Let us know in chat.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1514906382"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7B4AA20-F70F-A318-A3AE-2B4E33928F6F}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83520CC2-D29F-469C-514D-50ED6F305716}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{992A020B-F0C9-71CC-3C79-CFC1B62E2192}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D20F7BED-3375-4B61-1018-8300BE38EEBA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="565286085"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr defTabSz="931774">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3964792456"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Page 10: https://www.nnlm.gov/Lnxrc</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>According to the 2023 National Survey on Drug Use and Health from the Substance Abuse and Mental Health services Administration, nearly 1 in 4 adults in the United States—or approximately 59 million people— have experienced some sort of mental illness in the past year. That's about 23% of the adult population.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Even more concerning is that 1 in 12 adults, or about 14 million people, had a serious mental illness, which refers to conditions that substantially interfere with or limit one or more major life activities.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>The burden of mental illness isn't evenly distributed. For example, young adults aged 18 to 25 continue to have the highest rates of any mental illness with nearly 1 in 3 young adults affected.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" strike="sngStrike" kern="1200" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="412673423"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -17725,1726 +13397,70 @@
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>13</a:t>
+              <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4138675423"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3516008663"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
-[...1655 lines deleted...]
-<file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
@@ -19454,726 +13470,135 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>May is mental health awareness month and you may want to plan a library event to provide information and awareness to your community.</a:t>
+              <a:t>NNLM has a resource guide for public Libraries, though any library or individual may find it handy, and it includes a section on behavioral and mental Health information. </a:t>
             </a:r>
-          </a:p>
-          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>We’ve included the link on the handout.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Some organizations provide social media images and text and hashtags for you to use as well. Last year NAMI’s campaign included the hashtag </a:t>
-[...35 lines deleted...]
-              <a:t> Campaign.</a:t>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
-[...8 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>https://www.nnlm.gov/public-libraries/resources-for-public-libraries</a:t>
             </a:r>
-          </a:p>
-[...352 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4</a:t>
-[...184 lines deleted...]
-              </a:pPr>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1272368265"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3142550483"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -20202,312 +13627,146 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
+            <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1176293070"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3422689954"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="92162" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...18 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0">
-[...9 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="92164" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...20 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="94947" tIns="47474" rIns="94947" bIns="47474" numCol="1" anchorCtr="0" compatLnSpc="1">
-[...101 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr defTabSz="931774" eaLnBrk="1" hangingPunct="1">
-[...10 lines deleted...]
-              </a:pPr>
+            <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4251902374"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1131324529"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -20517,130 +13776,1358 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="161766"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="913615525"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1130451242"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-[...6 lines deleted...]
-<file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Picture with Caption" type="picTx">
+  <p:cSld name="Picture with Caption">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 31"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Google Shape;32;p30"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Google Shape;33;p30"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5413248" y="1069847"/>
+            <a:ext cx="6099048" cy="4800600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Google Shape;34;p30"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="2880360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Google Shape;35;p30"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Google Shape;36;p30"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="126809145"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Content 1">
+  <p:cSld name="Title and Content 1">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 94"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="95" name="Google Shape;95;g2b91989fa34_0_173"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="Google Shape;96;g2b91989fa34_0_173"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1780032"/>
+            <a:ext cx="10972800" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="768398003"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="3824">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="576">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -20774,1298 +15261,62 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3795725792"/>
-[...359 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2543878570"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1345245711"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
-[...875 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -22172,301 +15423,62 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1478302823"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3392594739"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...239 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -22643,6770 +15655,8606 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3395697962"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3014234462"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Three Content">
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Section Header" type="secHead">
+  <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 37"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="38" name="Google Shape;38;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1106424" y="1173575"/>
+            <a:ext cx="9966960" cy="2926080"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-[...5 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="7200"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="7200" b="0" cap="none"/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="39" name="Google Shape;39;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="3235569" cy="4351338"/>
+            <a:off x="1709928" y="4154520"/>
+            <a:ext cx="8769096" cy="1363806"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buNone/>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="40" name="Google Shape;40;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4318488" y="1844675"/>
-            <a:ext cx="3235569" cy="4351338"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="41" name="Google Shape;41;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
-[...64 lines deleted...]
-            <p:ph sz="half" idx="12"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7930663" y="1825625"/>
-            <a:ext cx="3423138" cy="4351338"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
-[...28 lines deleted...]
-            </a:r>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="42" name="Google Shape;42;p25"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1981200" y="4020408"/>
+            <a:ext cx="8229601" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="10000" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="270086980"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1282190589"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Four Content">
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Blank" type="blank">
+  <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 43"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="44" name="Google Shape;44;p23"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-[...5 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="45" name="Google Shape;45;p23"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="2444261" cy="4351338"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...106 lines deleted...]
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:pPr>
-[...1 lines deleted...]
-              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
-[...149 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4069093294"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4202769349"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Comparison" type="twoTxTwoObj">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 55"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="56" name="Google Shape;56;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="365127"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-[...5 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="57" name="Google Shape;57;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839789" y="1681163"/>
-            <a:ext cx="5157787" cy="823912"/>
+            <a:off x="1143000" y="2001511"/>
+            <a:ext cx="4754880" cy="777240"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="58" name="Google Shape;58;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839789" y="2505075"/>
-            <a:ext cx="5157787" cy="3684588"/>
+            <a:off x="1143000" y="2721483"/>
+            <a:ext cx="4754880" cy="3383280"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Text Placeholder 4"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="59" name="Google Shape;59;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="3"/>
+            <p:ph type="body" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172201" y="1681163"/>
-            <a:ext cx="5183188" cy="823912"/>
+            <a:off x="6269173" y="1999032"/>
+            <a:ext cx="4754880" cy="777240"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Content Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="60" name="Google Shape;60;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="quarter" idx="4"/>
+            <p:ph type="body" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172201" y="2505075"/>
-            <a:ext cx="5183188" cy="3684588"/>
+            <a:off x="6269173" y="2719322"/>
+            <a:ext cx="4754880" cy="3383280"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="61" name="Google Shape;61;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="62" name="Google Shape;62;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1338538115"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4232036581"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="4-part Comparison">
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Only" type="titleOnly">
+  <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 63"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="64" name="Google Shape;64;p28"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="365127"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-[...2 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="65" name="Google Shape;65;p28"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="845651" y="1681163"/>
-            <a:ext cx="2530595" cy="823912"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400" b="1"/>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1800" b="1"/>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="66" name="Google Shape;66;p28"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839789" y="2505075"/>
-            <a:ext cx="2536457" cy="3684588"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...55 lines deleted...]
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400" b="1"/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1800" b="1"/>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
-[...86 lines deleted...]
-              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
-[...291 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3474120371"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="843619431"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title Only">
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Content with Caption" type="objTx">
+  <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 67"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="68" name="Google Shape;68;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-[...5 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="69" name="Google Shape;69;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5852159" y="1097280"/>
+            <a:ext cx="5212080" cy="4663440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-391160" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2560"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200"/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-370840" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2240"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-350519" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="70" name="Google Shape;70;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="3017520"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="71" name="Google Shape;71;p29"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="72" name="Google Shape;72;p29"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2076782648"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="360677754"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...13 lines deleted...]
-    </p:bg>
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Vertical Text" type="vertTx">
+  <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 73"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1026" name="Title Placeholder 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="74" name="Google Shape;74;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
-[...138 lines deleted...]
-        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="6176963"/>
-            <a:ext cx="12192000" cy="681037"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="ctr"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="75" name="Google Shape;75;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...108 lines deleted...]
-            <a:ext cx="2892764" cy="464122"/>
+          <a:xfrm rot="5400000">
+            <a:off x="4060136" y="-859735"/>
+            <a:ext cx="4038600" cy="9872871"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...1 lines deleted...]
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="76" name="Google Shape;76;p31"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="77" name="Google Shape;77;p31"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:schemeClr val="dk1"/>
                 </a:solidFill>
-              </a14:hiddenFill>
-[...2 lines deleted...]
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1661178564"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Vertical Title and Text" type="vertTitleAndTx">
+  <p:cSld name="Vertical Title and Text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 78"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Google Shape;79;p32"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="7181850" y="2305050"/>
+            <a:ext cx="5410200" cy="2324100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="80" name="Google Shape;80;p32"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="2152650" y="-247650"/>
+            <a:ext cx="5410200" cy="7429500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3196523652"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Two Content 1">
+  <p:cSld name="Two Content 1">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 88"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="89" name="Google Shape;89;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="90" name="Google Shape;90;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="Google Shape;93;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4064170915"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 9"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Google Shape;10;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4400"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:miter lim="800000"/>
-[...4 lines deleted...]
-          </a:extLst>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Google Shape;11;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2057400"/>
+            <a:ext cx="9872871" cy="4038600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-340360" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1760"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-320039" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1440"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-309880" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Google Shape;12;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1142996" y="6223828"/>
+            <a:ext cx="2329074" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Google Shape;13;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Google Shape;14;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Google Shape;15;p21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6128028"/>
+            <a:ext cx="12192000" cy="726141"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="20558A"/>
+          </a:solidFill>
+          <a:ln w="19050" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="20455A"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Corbel"/>
+              <a:ea typeface="Corbel"/>
+              <a:cs typeface="Corbel"/>
+              <a:sym typeface="Corbel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Google Shape;16;p21"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="81041" y="6275073"/>
+            <a:ext cx="3556464" cy="429301"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3852291425"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1819768716"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483661" r:id="rId1"/>
-[...13 lines deleted...]
-    <p:sldLayoutId id="2147483675" r:id="rId15"/>
+    <p:sldLayoutId id="2147483663" r:id="rId1"/>
+    <p:sldLayoutId id="2147483664" r:id="rId2"/>
+    <p:sldLayoutId id="2147483665" r:id="rId3"/>
+    <p:sldLayoutId id="2147483667" r:id="rId4"/>
+    <p:sldLayoutId id="2147483668" r:id="rId5"/>
+    <p:sldLayoutId id="2147483669" r:id="rId6"/>
+    <p:sldLayoutId id="2147483670" r:id="rId7"/>
+    <p:sldLayoutId id="2147483671" r:id="rId8"/>
+    <p:sldLayoutId id="2147483673" r:id="rId9"/>
+    <p:sldLayoutId id="2147483674" r:id="rId10"/>
+    <p:sldLayoutId id="2147483675" r:id="rId11"/>
+    <p:sldLayoutId id="2147483676" r:id="rId12"/>
+    <p:sldLayoutId id="2147483677" r:id="rId13"/>
   </p:sldLayoutIdLst>
-  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
+  <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400" kern="1200">
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mj-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="1371600" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="1828800" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="228600" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2800" kern="1200">
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="685800" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2400" kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
-      <a:defPPr>
-        <a:defRPr lang="en-US"/>
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mentalhealthfirstaid.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/guides/public-libraries" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...39 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nami.org/Home" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
-[...39 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mhanational.org/mentalhealthfacts" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D4485CD-C584-FADF-3EE4-8BA131079939}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1305342"/>
+            <a:ext cx="12192000" cy="1938992"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="6000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Providing Mental Health </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="6000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Resources at your Library</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{017C84F1-FDB6-A1EB-49DF-4BA51CF72E91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="195943" y="1920240"/>
-            <a:ext cx="11430000" cy="1508760"/>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Providing Mental Health Resources at Your Library</a:t>
-[...28 lines deleted...]
-            </a:r>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>1</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:custDataLst>
-[...1 lines deleted...]
-    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3408685769"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterPhAnim="0">
-[...723 lines deleted...]
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E7774A9-0210-4B26-8BFC-F113C835757F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB382B68-A659-FA16-E090-F4D09C636CCF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="118546"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="928687" y="241936"/>
+            <a:ext cx="10515600" cy="1858554"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" b="1" dirty="0"/>
+              <a:t>Substance Abuse and Mental Health Services Administration</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="4400" b="1" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46C4710C-D0E6-8749-22B3-BF70D6E796EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="en-US" b="1" dirty="0">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>MedlinePlus – Health Topics</a:t>
-            </a:r>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6" descr="Child Mental Health topic page in MedlinePlus">
+          <p:cNvPr id="8" name="Picture 7" descr="Substance abuse and mental health services administration home page.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8C26737-E34F-4236-B944-4BBEBA10D5AA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC89CC2-8824-E4BA-B72F-F1C5E791B6D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvPicPr>
-[...2583 lines deleted...]
-          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2542324" y="1616547"/>
-            <a:ext cx="6422000" cy="4826090"/>
+            <a:off x="685866" y="1530442"/>
+            <a:ext cx="10820267" cy="4421777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="38100" cap="sq">
-[...12 lines deleted...]
-          </a:effectLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...31 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2729448497"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3059875085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-[...337 lines deleted...]
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C388E5E3-8232-454E-BC4C-40690A5860A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-            <a:ext cx="4087813" cy="1600200"/>
+            <a:off x="684212" y="433193"/>
+            <a:ext cx="4087813" cy="762000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="4400" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Programs and Services</a:t>
+              <a:t>Programming</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Text Placeholder 17" descr="Image of a hospital">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AFFA8C8-3CC8-4370-8244-F3764C4297D9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
@@ -29452,754 +24300,222 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="17" name="Content Placeholder 5" descr="Programming is the fourth of five sections in this presentation. This section includes information about monthly health observances and the NLM exhibition program.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2D56ED1-927C-4158-A52E-BA26121183C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3393120850"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="834127058"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5183188" y="814193"/>
           <a:ext cx="6324600" cy="5199260"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId5" r:lo="rId6" r:qs="rId7" r:cs="rId8"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46AB9085-F70E-8E2D-8F55-6104E0ACFED3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4256747603"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
-[...674 lines deleted...]
-<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3D74162-4875-49DF-B61D-70118256EFCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -30208,837 +24524,1258 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="96819" y="136526"/>
             <a:ext cx="11940987" cy="1236964"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="20558A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>NNLM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="20558A"/>
                 </a:solidFill>
               </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>Book Club Discussions</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" b="1" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 7" descr="book cover of Little &amp; Lion">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D1FE057-67D5-40FC-9DBD-9EB1F6D33585}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="709108" y="1373489"/>
             <a:ext cx="3079415" cy="4669604"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...37 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="Book cover of the unapologetic guide to black mental health by Rheeda Walker">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28F09A12-18A1-4508-8BDA-5CC103C6391F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4572000" y="1373489"/>
             <a:ext cx="3230811" cy="4669604"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5" descr="Book cover for Maybe you should talk to someone by Lori Gottlieb">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88469611-A0AE-48ED-B23A-C41F414FB22E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8580702" y="1349669"/>
             <a:ext cx="3019471" cy="4663074"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F056BD3-4DD4-B209-867B-31D8CCBC66FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="82513810"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0783289B-2DA4-DAB5-5288-09C5057CA990}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="6" name="Title 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{035BF32B-32E5-1C04-8712-F7510752533B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="183515"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="838200" y="182882"/>
+            <a:ext cx="10515600" cy="1247886"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US" sz="5400" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>May is Mental Health Month</a:t>
             </a:r>
+            <a:br>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1A3DBE4-2A71-7433-3443-DC0D65A1F983}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Content Placeholder 3" descr="May is Mental Health Month SAMHSA website banner"/>
+          <p:cNvPr id="2" name="Content Placeholder 3" descr="May is Mental Health Awareness Month.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{848CEE14-AD5B-869F-3E48-D5BBF66EF350}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1690688"/>
+            <a:off x="838200" y="1961524"/>
             <a:ext cx="10515600" cy="2934951"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...72 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="138407504"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1405690542"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58FF4CC4-A2A3-4036-9134-55EC16F789F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="182882"/>
-            <a:ext cx="10515600" cy="785306"/>
+            <a:ext cx="10515600" cy="1247886"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4900" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Stop Stigma Campaigns</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Stop Stigma Campaigns </a:t>
+              <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7" descr="NAMI's Stigma Free campaign">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{178989EA-AC0F-44CB-9BE0-F64BE8C05121}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1114085"/>
-            <a:ext cx="4809566" cy="2360635"/>
+            <a:off x="1383653" y="1158375"/>
+            <a:ext cx="4328260" cy="2124400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 10" descr="Stop the Stigma campaign from Addiction Policy Forum">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55B5F4DA-8638-43D5-A38F-E0F1C9B69415}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2290306" y="3717238"/>
-            <a:ext cx="3357460" cy="2619015"/>
+            <a:off x="2524860" y="3472459"/>
+            <a:ext cx="3187053" cy="2486087"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...45 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9" descr="University of Hawaii Hilo anti-stigma project">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B7AA885-904E-4AE1-BEC8-2A7B85DE62B7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6"/>
+          <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6152646" y="3076526"/>
-            <a:ext cx="5452292" cy="3367304"/>
+            <a:off x="6257366" y="1954918"/>
+            <a:ext cx="4773625" cy="2948164"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93962B81-589F-4DD9-0477-5F2275EC04A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="912516562"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3469117710"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Title 7">
+          <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{522E3DB6-33EA-4D01-844D-8835226E9697}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE0CC3C2-B3EF-DE73-1443-7A933C50FC74}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="198414"/>
-            <a:ext cx="10515600" cy="906217"/>
+            <a:off x="838200" y="171292"/>
+            <a:ext cx="10515600" cy="971707"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>DEMO: Programming Librarian from ALA</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFEE7F4B-81B0-3E64-C2C6-9B9AB02ADC1F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Programming Librarian</a:t>
-            </a:r>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>15</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="12" name="Content Placeholder 11" descr="Programming Librarian website featuring programs on campus wellness">
+          <p:cNvPr id="7" name="Picture 6" descr="The browse programs page on the programming librarian website.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F6B15F7-AFD7-4FE6-AF89-A8EEA16D9F6A}"/>
-[...69 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F7696D1-AD10-465D-88E4-BDD638262E60}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{115443B4-FEE7-461A-9722-911A9F45830E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6452854" y="1690688"/>
-            <a:ext cx="4620292" cy="4061650"/>
+            <a:off x="919217" y="1498886"/>
+            <a:ext cx="10640786" cy="4480668"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="188055875"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2150113522"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6DCD75B-8346-4788-A496-D21448DDE807}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1158240" y="246185"/>
+            <a:ext cx="9875520" cy="1019907"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
-                <a:solidFill>
-[...3 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>More Ideas for Programs and Services </a:t>
+              <a:t>More Programming Ideas</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8956B53-BDDC-49C4-A4CD-894B5853C71D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="240324" y="1825103"/>
+            <a:ext cx="5181600" cy="3398941"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent2"/>
               </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
@@ -31107,142 +25844,136 @@
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent2"/>
               </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>All ages relaxation or low impact yoga</a:t>
+              <a:t>All ages relaxation</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent2"/>
               </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Include downloadable or CDs on meditation or guided imagery </a:t>
+              <a:t>All ages low impact yoga</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent2"/>
               </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Brochures/handouts from local agencies or national</a:t>
+              <a:t>Brochures/handouts from local agencies or national sources</a:t>
             </a:r>
-          </a:p>
-[...12 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent2"/>
               </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
@@ -31258,56 +25989,58 @@
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Content Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E1F2457-1E17-482B-9558-D328C15021C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172200" y="1825624"/>
-            <a:ext cx="5181600" cy="4499871"/>
+            <a:off x="6096000" y="1825103"/>
+            <a:ext cx="5855676" cy="3949405"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent2"/>
               </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
@@ -31338,51 +26071,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent2"/>
               </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Signs in bathrooms and around library</a:t>
+              <a:t>Signs around library</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent2"/>
               </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
@@ -31400,1887 +26133,2010 @@
               </a:rPr>
               <a:t>“Did You Know…?” education or tips</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent2"/>
               </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...2 lines deleted...]
-                </a:ln>
+              <a:rPr lang="en-US" sz="2800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...2 lines deleted...]
-                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Invite </a:t>
+              <a:t>E</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>experts on mental health</a:t>
+              <a:t>xperts on mental health</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" sz="3600" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...11 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>, drug therapy, counseling, etc.</a:t>
+              <a:t>Therapy dogs/pets</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="228600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent2"/>
               </a:buClr>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Programming pets</a:t>
+              <a:t>Social media messages</a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="en-US" dirty="0">
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95D63635-3E31-3133-85BD-BDE94B493A21}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>, art, music, dance</a:t>
-[...17 lines deleted...]
-            </a:r>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4143078566"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{620196B1-2106-E6C0-DEAF-9B1CFC849177}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F650270D-2D87-BE94-11CC-D1B331ED364C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93239874-358E-4D83-8016-1FC189B6D3D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838199" y="-1351183"/>
+            <a:ext cx="10515600" cy="902598"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0">
-[...6 lines deleted...]
-              <a:t>Mental Health Definitions</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Today is World Mental Health Day!</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Content Placeholder 6" descr="A logo for World Mental health day&#10;&#10;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8AB959F-DF0F-1012-8F17-244D80AD3D8E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2246738" y="567531"/>
+            <a:ext cx="7698521" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Text Placeholder 11">
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECDCD2B0-2350-AF0D-7509-CA46C98875F2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D864BA22-B19A-AF83-7490-1840559CCE3D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
-[...27 lines deleted...]
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:ln>
-[...3 lines deleted...]
-          </a:ln>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-              <a:buNone/>
+            <a:pPr>
+              <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...4 lines deleted...]
-              <a:rPr lang="en-US" dirty="0">
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>motional, psychological, and social well-being. </a:t>
-[...231 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2093432169"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2513203549"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBDF42F7-6985-44A3-8E6B-CA9DBDB20088}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-            <a:ext cx="3932237" cy="1600200"/>
+            <a:off x="838200" y="18255"/>
+            <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr wrap="square" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Session Outline</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8" name="Content Placeholder 5" descr="Mental Health Facts is the first of 5 sections in this presentation. This section includes definitions, statistics, causes, and a reflective activity.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63C10A22-A9AB-4C6B-B2F1-E335EE5CC32E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="758741792"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="838200" y="1449844"/>
+          <a:ext cx="10515600" cy="4351338"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6D4C2F0-FA9B-2FB0-6A25-9AFC174E9438}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1777142197"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C63A3DE5-188B-4E81-BDE8-7C7AC1CAA85D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="184577"/>
+            <a:ext cx="10972800" cy="1020110"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mental Illness Stats in the United States</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Content Placeholder 6" descr="1 in 4 adults in the United States—or approximately 59 million people— have experienced some sort of mental illness in the past year.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0715736-6197-7F99-CB83-F97AE7BFE130}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="840062808"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="3309255" y="1462153"/>
+          <a:ext cx="5181600" cy="4351338"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57643811-8F08-E1CB-DB09-E3C32FF679FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10187613" y="6308299"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="748638209"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA7877C6-DCDC-4AA9-91FF-4BB398E1D2D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="187263" y="187891"/>
+            <a:ext cx="5137077" cy="1991638"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="4400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Mental Health Facts</a:t>
+              <a:t>Mental Health Information Resources</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Text Placeholder 10" descr="Image of a brain in head">
+          <p:cNvPr id="10" name="Text Placeholder 9" descr="Image of a stethoscope">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CFC9523-806A-4DE3-AB92-A5E005D06E3E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEB939EE-DBC5-4A40-B6C0-13F83134A2ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="2057400"/>
-            <a:ext cx="3932237" cy="3811588"/>
+            <a:off x="1052186" y="2417522"/>
+            <a:ext cx="3624210" cy="3443529"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId4">
+            <a:blip r:embed="rId3">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                  <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+                  <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="8" name="Content Placeholder 5" descr="Mental Health Facts is the first of 5 sections in this presentation. This section includes definitions, statistics, causes, and a reflective activity.">
+          <p:cNvPr id="6" name="Content Placeholder 5" descr="Health Information Resources is the third of five sections in this presentation. This section includes information about freely available resources.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63C10A22-A9AB-4C6B-B2F1-E335EE5CC32E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66543EB9-F782-47E5-AF80-37542B33B69E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
-            <a:graphicFrameLocks noGrp="1"/>
+            <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3911716479"/>
+              </p:ext>
+            </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="5183188" y="987427"/>
+          <a:off x="5324340" y="987426"/>
           <a:ext cx="6172200" cy="4873625"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId6" r:lo="rId7" r:qs="rId8" r:cs="rId9"/>
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId5" r:lo="rId6" r:qs="rId7" r:cs="rId8"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B239E2C1-586B-7E42-1C98-4E002D3CB680}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
-    <p:custDataLst>
-[...1 lines deleted...]
-    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2405635642"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="596858211"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C63A3DE5-188B-4E81-BDE8-7C7AC1CAA85D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECEC4981-6AA4-A283-51EC-E720396C6866}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="184576"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="587203" y="375593"/>
+            <a:ext cx="10972800" cy="675416"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="4400" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Mental Illness in the United States</a:t>
+              <a:t>NNLM Resources for Public Libraries Guide</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="16" name="Content Placeholder 15" descr="Heat map of the united states that displays instances of mental illness in the U.S. Yellow indicates highest ranked. Red indicates lowest rank. ">
+          <p:cNvPr id="4" name="Picture 3" descr="Labeled tabs from the NNLM Resources for Public Libraries guide.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FAFFD62-4CC7-44BB-B7E9-8FB82CEABF65}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8989553-82D7-B2E6-52D3-4AA4E87ADE28}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1086397" y="1156571"/>
-            <a:ext cx="4187683" cy="3647077"/>
+            <a:off x="342972" y="2027794"/>
+            <a:ext cx="11461261" cy="3268017"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 3">
+          <p:cNvPr id="8" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E453E870-8BAD-DCBA-C9D6-86F67F0C0EDA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FDFEEE0-44B7-7B70-CF93-427DB319CF99}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6903696" y="2783039"/>
-            <a:ext cx="4548092" cy="584775"/>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...2 lines deleted...]
-          <a:lstStyle/>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr marL="457200" indent="-457200">
-[...1 lines deleted...]
-              <a:buChar char="•"/>
+            <a:pPr algn="r">
+              <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...70 lines deleted...]
-                <a:hlinkClick r:id="rId5"/>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>Mental Health America: Quick Facts and Statistics About Mental Health</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:custDataLst>
-[...1 lines deleted...]
-    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1896745057"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1332205337"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55910478-C632-487C-8C3D-39E2B167186C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5330C80B-BE77-4A79-947A-8BE2049B5949}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="348921" y="255494"/>
-            <a:ext cx="4430855" cy="1626086"/>
+            <a:off x="545762" y="220279"/>
+            <a:ext cx="11073581" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="4400" b="1" dirty="0">
-[...4 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Best Practices for Reference Interviews</a:t>
+              <a:t>Demo:</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>MedlinePlus.gov</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="MedlinePlus.gov logo">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47FD609A-E5E3-F6DE-2B4D-5238A42C2ACB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1540699" y="2122058"/>
+            <a:ext cx="9083706" cy="2613883"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Text Placeholder 16" descr="Image of a person with Idea">
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67D4297D-35E3-4A87-9A8D-0EABBF20717C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A3C9FB6-90C4-DF03-0E69-2395C3E69EB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="2"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="598229" y="2100925"/>
-            <a:ext cx="3932237" cy="3811588"/>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...19 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...17 lines deleted...]
-        </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                </a:schemeClr>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...24 lines deleted...]
-      </p:graphicFrame>
     </p:spTree>
-    <p:custDataLst>
-[...1 lines deleted...]
-    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3294452380"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2428394046"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="5" name="Title 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF1584D5-2B55-1462-0835-1C22D2EDD3D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="171451" y="0"/>
-            <a:ext cx="11900684" cy="1705843"/>
+            <a:off x="3680587" y="318727"/>
+            <a:ext cx="4830823" cy="1234440"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...1 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
-[...4 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Best Practices for Mental Health Reference Interviews</a:t>
-[...112 lines deleted...]
-              <a:t>Know the difference between providing health information and giving health advice (stay within scope).</a:t>
+              <a:t>DEMO: DAILYMED</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Content Placeholder 4" descr="Two people with long hair and glasses facing a computer screen">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="9" name="Picture 8" descr="Screenshot of DailyMed's home page that includes a search box at the top."/>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6107539" y="1524825"/>
-            <a:ext cx="5181600" cy="4351338"/>
+            <a:off x="1784604" y="1903095"/>
+            <a:ext cx="8622791" cy="3592830"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6999228-84EA-BF21-6577-4E384D23069E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9853786" y="6272596"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3654995135"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3346589293"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65EAD278-C3FB-49E8-7E66-844B48FBE088}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10485438" y="6272213"/>
+            <a:ext cx="1706562" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07AE5DA8-01ED-B213-5E5D-AF4671A8EF8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="220662"/>
+            <a:ext cx="10972800" cy="418500"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Use Open Ended Questions</a:t>
+              <a:t>DEMO: National Institute of Mental Health</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...147 lines deleted...]
-          <p:cNvPr id="4" name="TextBox 3">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="Homepage for the National Institute of Mental Health.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5455ED98-93F1-6785-82AC-86DF47C8E930}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A6DE9BA-62C5-6952-B450-30D1969D78F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3931920" y="6235024"/>
-            <a:ext cx="6322424" cy="523220"/>
+            <a:off x="1121228" y="966488"/>
+            <a:ext cx="9949543" cy="4925024"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
-        <p:txBody>
-[...27 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1318136499"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3215378962"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/tags/tag1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="NTO White w gray text">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Basis">
   <a:themeElements>
-    <a:clrScheme name="Custom 1">
+    <a:clrScheme name="Custom 15">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="366092"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="953734"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="586D2D"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="76923C"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F78629"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="632423"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="632423"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Arial Black-Arial">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Arial Black" panose="020B0A04020102020204"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...5 lines deleted...]
-        <a:font script="Thai" typeface="FreesiaUPC"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
-        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Verdana"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Arial" panose="020B0604020202020204"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-        <a:font script="Hang" typeface="굴림"/>
-[...1 lines deleted...]
-        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -33288,51 +28144,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -33399,65 +28255,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -33478,702 +28334,132 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-[...554 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>966</Words>
+  <Words>728</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>173</Paragraphs>
-[...1 lines deleted...]
-  <Notes>33</Notes>
+  <Paragraphs>109</Paragraphs>
+  <Slides>16</Slides>
+  <Notes>16</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>39</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="43" baseType="lpstr">
+    <vt:vector size="21" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>ProximaNova-Bold</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>NNLM</vt:lpstr>
+      <vt:lpstr>Corbel</vt:lpstr>
+      <vt:lpstr>Basis</vt:lpstr>
+      <vt:lpstr>Providing Mental Health  Resources at your Library</vt:lpstr>
+      <vt:lpstr>Today is World Mental Health Day!</vt:lpstr>
       <vt:lpstr>Session Outline</vt:lpstr>
-      <vt:lpstr>Mental Health Definitions</vt:lpstr>
-[...34 lines deleted...]
-      <vt:lpstr>More Ideas for Programs and Services </vt:lpstr>
+      <vt:lpstr>Mental Illness Stats in the United States</vt:lpstr>
+      <vt:lpstr>Mental Health Information Resources</vt:lpstr>
+      <vt:lpstr>NNLM Resources for Public Libraries Guide</vt:lpstr>
+      <vt:lpstr>Demo: MedlinePlus.gov</vt:lpstr>
+      <vt:lpstr>DEMO: DAILYMED</vt:lpstr>
+      <vt:lpstr>DEMO: National Institute of Mental Health</vt:lpstr>
+      <vt:lpstr>Substance Abuse and Mental Health Services Administration </vt:lpstr>
+      <vt:lpstr>Programming</vt:lpstr>
+      <vt:lpstr> NNLM Book Club Discussions</vt:lpstr>
+      <vt:lpstr>May is Mental Health Month  </vt:lpstr>
+      <vt:lpstr>Stop Stigma Campaigns  </vt:lpstr>
+      <vt:lpstr>DEMO: Programming Librarian from ALA</vt:lpstr>
+      <vt:lpstr>More Programming Ideas</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PowerPoint Presentation</dc:title>
+  <dc:title/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>