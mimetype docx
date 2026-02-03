--- v0 (2025-10-21)
+++ v1 (2026-02-03)
@@ -32,62 +32,87 @@
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD3DB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>ClinicalTrials.gov for Librarians</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE322B1" w14:textId="45AB8788" w:rsidR="0086578B" w:rsidRPr="00461A73" w:rsidRDefault="0086578B" w:rsidP="007C3B5B">
+    <w:p w14:paraId="2371704E" w14:textId="2C25F2B3" w:rsidR="007E54FE" w:rsidRPr="007E54FE" w:rsidRDefault="007E54FE" w:rsidP="007E54FE">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t>ClinicalTrials.gov News and Updates</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2DE322B1" w14:textId="49B442BF" w:rsidR="0086578B" w:rsidRPr="00461A73" w:rsidRDefault="0086578B" w:rsidP="007C3B5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>ClinicalTrials.gov Glossary of Common Terms</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7DB6A861" w14:textId="16B8C088" w:rsidR="0086578B" w:rsidRPr="00C6790D" w:rsidRDefault="0086578B" w:rsidP="00E72E0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C6790D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This glossary will help you understand words and phrases frequently used on ClinicalTrials.gov. Many of these words are also used by clinical researchers and others in the same or a similar manner</w:t>
@@ -106,51 +131,51 @@
         </w:rPr>
         <w:t>efinitions are provided to explain content on ClinicalTrials.gov only.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11338A7F" w14:textId="77777777" w:rsidR="00E72E0C" w:rsidRPr="007B6AA9" w:rsidRDefault="00E72E0C" w:rsidP="00E72E0C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A676A56" w14:textId="23F55C37" w:rsidR="00703087" w:rsidRPr="00DE40FA" w:rsidRDefault="00C92024" w:rsidP="007C3B5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:anchor="a3" w:history="1">
+      <w:hyperlink r:id="rId9" w:anchor="a3" w:history="1">
         <w:r w:rsidRPr="00DE40FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>ClinicalTrials.gov G</w:t>
         </w:r>
         <w:r w:rsidR="00703087" w:rsidRPr="00DE40FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>uide to Searching for Clinical Studies</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="71E55927" w14:textId="21DA79CE" w:rsidR="00A723E1" w:rsidRPr="00A723E1" w:rsidRDefault="00A723E1" w:rsidP="00E72E0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -188,297 +213,297 @@
         </w:rPr>
         <w:t xml:space="preserve">search for clinical studies, including how to narrow your search and apply search filters. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33B1D493" w14:textId="77777777" w:rsidR="00E72E0C" w:rsidRPr="007B6AA9" w:rsidRDefault="00E72E0C" w:rsidP="00E72E0C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63668766" w14:textId="0154F7C4" w:rsidR="0086578B" w:rsidRPr="00461A73" w:rsidRDefault="0086578B" w:rsidP="007C3B5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>ClinicalTrials.gov How to Read a Study Record</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6F653F20" w14:textId="491FAA9A" w:rsidR="0086578B" w:rsidRPr="00C6790D" w:rsidRDefault="006433CF" w:rsidP="00E72E0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Learn how to read and </w:t>
       </w:r>
       <w:r w:rsidR="005F3A0E">
         <w:t>understand a study record in Clinical</w:t>
       </w:r>
       <w:r w:rsidR="007752BD">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="005F3A0E">
         <w:t>rials.gov.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D6899EF" w14:textId="77777777" w:rsidR="00E72E0C" w:rsidRPr="007B6AA9" w:rsidRDefault="00E72E0C" w:rsidP="00E72E0C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51BC3C5E" w14:textId="4834D1FC" w:rsidR="00550FA1" w:rsidRPr="00461A73" w:rsidRDefault="00550FA1" w:rsidP="00E72E0C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>How to Download Study Records</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="283E270E" w14:textId="15FC3974" w:rsidR="00550FA1" w:rsidRPr="00550FA1" w:rsidRDefault="00550FA1" w:rsidP="00E72E0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00550FA1">
         <w:t>Learn how to download information about some or all of the studies shown in your search results, or the information from a single study.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C058FDA" w14:textId="77777777" w:rsidR="00E72E0C" w:rsidRPr="007B6AA9" w:rsidRDefault="00E72E0C" w:rsidP="00E72E0C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B3E8169" w14:textId="77777777" w:rsidR="000D015D" w:rsidRPr="00461A73" w:rsidRDefault="000D015D" w:rsidP="000D015D">
+    <w:p w14:paraId="7B3E8169" w14:textId="35278F61" w:rsidR="000D015D" w:rsidRPr="00461A73" w:rsidRDefault="000D015D" w:rsidP="000D015D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>ClinicalTrials.gov Demonstration Videos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="27F78A83" w14:textId="77777777" w:rsidR="000D015D" w:rsidRDefault="000D015D" w:rsidP="000D015D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00951BAB">
         <w:t>Fast Forward from ClinicalTrials.gov is a series of short videos provided to educate users on the modernized websites. They address common questions directly from users on how to accomplish tasks on the website and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
       <w:r w:rsidRPr="00951BAB">
         <w:t xml:space="preserve"> PRS. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4096EDBD" w14:textId="77777777" w:rsidR="000D015D" w:rsidRPr="007B6AA9" w:rsidRDefault="000D015D" w:rsidP="00E72E0C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A339E1F" w14:textId="0835650F" w:rsidR="0086578B" w:rsidRPr="00461A73" w:rsidRDefault="00A23EA1" w:rsidP="00D40C91">
+    <w:p w14:paraId="1A339E1F" w14:textId="0674635C" w:rsidR="0086578B" w:rsidRPr="00461A73" w:rsidRDefault="008E7313" w:rsidP="00D40C91">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00461A73">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
-          <w:t>ClinicalTrials.gov Policy</w:t>
+          <w:t>Frequently Asked Questions about the ClinicalTrials.gov Policy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7211D6CF" w14:textId="64F73945" w:rsidR="00A92476" w:rsidRDefault="00A23EA1" w:rsidP="00E72E0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00C6790D">
         <w:t xml:space="preserve">Frequently Asked Questions on the </w:t>
       </w:r>
       <w:r w:rsidR="0086578B" w:rsidRPr="00C6790D">
         <w:t>Protocol Registration and Results System (PRS),</w:t>
       </w:r>
       <w:r w:rsidRPr="00C6790D">
         <w:t xml:space="preserve"> the Food and Drug Administration Amendments Act Section 801</w:t>
       </w:r>
       <w:r w:rsidR="0086578B" w:rsidRPr="00C6790D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C6790D">
         <w:t xml:space="preserve">(FDAAA 801), and the Final Rule for Clinical Trials Registration and </w:t>
       </w:r>
       <w:r w:rsidR="00480111" w:rsidRPr="00C6790D">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00C6790D">
         <w:t>esults Information Submission.</w:t>
       </w:r>
       <w:r w:rsidR="0086578B" w:rsidRPr="00C6790D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A6697A" w14:textId="77777777" w:rsidR="00A40EC3" w:rsidRDefault="00A40EC3" w:rsidP="00E72E0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57CD0BE6" w14:textId="77777777" w:rsidR="00A40EC3" w:rsidRPr="002177C5" w:rsidRDefault="00A40EC3" w:rsidP="00A40EC3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>Clinical Trial Reporting Requirements</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00461A73">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00A02B8D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This page helps sponsors and investigators understand the key legal and policy requirements for clinical trial registration and results submission to ClinicalTrials.gov.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A39913B" w14:textId="77777777" w:rsidR="00B22555" w:rsidRPr="00E72E0C" w:rsidRDefault="00B22555" w:rsidP="00E72E0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AF1811B" w14:textId="13E66DDE" w:rsidR="00DC5FA9" w:rsidRPr="00461A73" w:rsidRDefault="00CF60C7" w:rsidP="00916A4B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t xml:space="preserve">ClinicalTrials.gov </w:t>
         </w:r>
         <w:r w:rsidR="00D444C5" w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>Protocol Registration and Results System (PRS)</w:t>
         </w:r>
         <w:r w:rsidR="009F4966" w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
             <w:b/>
@@ -543,162 +568,152 @@
       </w:r>
       <w:r w:rsidR="00753687">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>PRS</w:t>
       </w:r>
       <w:r w:rsidR="00BF6C71">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16155FC6" w14:textId="77777777" w:rsidR="00097792" w:rsidRDefault="00097792" w:rsidP="00097792">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00097792">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>PRS Help Resources </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6DB3C915" w14:textId="25362E81" w:rsidR="00360925" w:rsidRPr="00097792" w:rsidRDefault="00360925" w:rsidP="00097792">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00FF2CAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>PRS Guided Tutorials</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="54C36C84" w14:textId="77777777" w:rsidR="00683A24" w:rsidRPr="00683A24" w:rsidRDefault="00683A24" w:rsidP="00683A24">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00683A24">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Fast Forward from ClinicalTrials.gov: Videos on the PRS </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5958F0A6" w14:textId="77777777" w:rsidR="00BD093A" w:rsidRDefault="00BD093A" w:rsidP="00E72E0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06907BAE" w14:textId="77777777" w:rsidR="00860820" w:rsidRPr="00461A73" w:rsidRDefault="00860820" w:rsidP="000E4F4E">
+    <w:p w14:paraId="06907BAE" w14:textId="5156584A" w:rsidR="00860820" w:rsidRPr="00461A73" w:rsidRDefault="00F44C50" w:rsidP="000E4F4E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00461A73">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
-          <w:t>Learn about ClinicalTrials.gov </w:t>
+          <w:t>Learning Resources about ClinicalTrials.gov </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="50F730ED" w14:textId="5D75A77A" w:rsidR="007A2450" w:rsidRDefault="007E25EF" w:rsidP="00E72E0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A collection of ClinicalTrials.gov training and outreach </w:t>
       </w:r>
       <w:r w:rsidR="00A51BD6">
         <w:t>resources from the NLM Learning Resources Database.</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="5DF39808" w14:textId="10AC5E91" w:rsidR="004722AC" w:rsidRPr="00461A73" w:rsidRDefault="004722AC" w:rsidP="00A678DC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t xml:space="preserve">NIH Clinical </w:t>
         </w:r>
         <w:r w:rsidR="00480111" w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t xml:space="preserve">Research </w:t>
         </w:r>
         <w:r w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
@@ -745,51 +760,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ou can read answers to common questions about taking part in a clinical trial. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B155717" w14:textId="77777777" w:rsidR="007752BD" w:rsidRPr="00CA064F" w:rsidRDefault="007752BD" w:rsidP="008D18D9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F692EA0" w14:textId="0F6E952C" w:rsidR="00BD093A" w:rsidRPr="00461A73" w:rsidRDefault="00B5273B" w:rsidP="00A678DC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00461A73">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>Systematic Reviews: NLM Products To Support Your Search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E6673B" w:rsidRPr="00461A73">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57FD438E" w14:textId="0E94C333" w:rsidR="00B5273B" w:rsidRPr="000734D5" w:rsidRDefault="000C346A" w:rsidP="000734D5">
       <w:pPr>
         <w:spacing w:after="320" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -1185,111 +1200,222 @@
     <w:p w14:paraId="037CE79D" w14:textId="77777777" w:rsidR="007573ED" w:rsidRDefault="007573ED" w:rsidP="007573ED">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF59DD">
         <w:t xml:space="preserve">earch </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ClinicalTrials.gov for studies that might </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF59DD">
         <w:t xml:space="preserve">be helpful to scenario team. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Review the details of individual study protocols. Note any trials that were started but terminated before completion – why? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69CE17A6" w14:textId="77777777" w:rsidR="007573ED" w:rsidRDefault="007573ED" w:rsidP="007573ED">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2781BB11" w14:textId="094F581F" w:rsidR="007573ED" w:rsidRPr="007573ED" w:rsidRDefault="007573ED" w:rsidP="007573ED">
+    <w:p w14:paraId="2781BB11" w14:textId="094F581F" w:rsidR="007573ED" w:rsidRDefault="007573ED" w:rsidP="007573ED">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF59DD">
         <w:t>here is no</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> single “right” way to </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF59DD">
         <w:t>do this search</w:t>
       </w:r>
       <w:r>
         <w:t>. Experiment</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF59DD">
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">different </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF59DD">
         <w:t xml:space="preserve">entry terms and filters </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">to see how they affect your </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF59DD">
         <w:t xml:space="preserve">results. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007573ED" w:rsidRPr="007573ED">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId22"/>
+    <w:p w14:paraId="3901A010" w14:textId="77777777" w:rsidR="00751897" w:rsidRDefault="00751897" w:rsidP="007573ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0233198A" w14:textId="77777777" w:rsidR="00751897" w:rsidRPr="00CA6DA6" w:rsidRDefault="00751897" w:rsidP="00751897">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This course has been approved for 1.5 hours of Medical Library Association Continuing Education and fulfills the following </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Consumer Health Information Specialization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CHIS) Competencies: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A20660" w14:textId="77777777" w:rsidR="00751897" w:rsidRPr="00751897" w:rsidRDefault="00751897" w:rsidP="00751897">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00751897">
+        <w:t>C1 Know the Community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27DB4121" w14:textId="77777777" w:rsidR="00751897" w:rsidRPr="00751897" w:rsidRDefault="00751897" w:rsidP="00751897">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00751897">
+        <w:t>C2 Know the Health Consumer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215E67EE" w14:textId="77777777" w:rsidR="00751897" w:rsidRPr="00751897" w:rsidRDefault="00751897" w:rsidP="00751897">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00751897">
+        <w:t>C3 Knowledge of Subject Matter and Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC5E03D" w14:textId="77777777" w:rsidR="00751897" w:rsidRPr="00751897" w:rsidRDefault="00751897" w:rsidP="00751897">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00751897">
+        <w:t>C5 Communication, Reference, and Instruction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3868A3" w14:textId="02F757F4" w:rsidR="00751897" w:rsidRPr="00751897" w:rsidRDefault="00751897" w:rsidP="00751897">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00751897">
+        <w:t>C8 Ethical and Legal Issues</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Level 2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0784A5F3" w14:textId="77777777" w:rsidR="00751897" w:rsidRPr="007573ED" w:rsidRDefault="00751897" w:rsidP="007573ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00751897" w:rsidRPr="007573ED">
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E94F5B1" w14:textId="77777777" w:rsidR="00DE4620" w:rsidRDefault="00DE4620" w:rsidP="0086578B">
+    <w:p w14:paraId="7F9E57B0" w14:textId="77777777" w:rsidR="00140E8C" w:rsidRDefault="00140E8C" w:rsidP="0086578B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13C3BE4D" w14:textId="77777777" w:rsidR="00DE4620" w:rsidRDefault="00DE4620" w:rsidP="0086578B">
+    <w:p w14:paraId="532D65D3" w14:textId="77777777" w:rsidR="00140E8C" w:rsidRDefault="00140E8C" w:rsidP="0086578B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1299,228 +1425,226 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2032254590"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6DD42A5C" w14:textId="77777777" w:rsidR="00F22723" w:rsidRPr="0086578B" w:rsidRDefault="00F22723" w:rsidP="00F22723">
+      <w:p w14:paraId="6DD42A5C" w14:textId="6A925506" w:rsidR="00F22723" w:rsidRPr="0086578B" w:rsidRDefault="00F22723" w:rsidP="00F22723">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="007D6EA9">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t xml:space="preserve"> Updated July 2025.</w:t>
+          <w:t xml:space="preserve"> Updated J</w:t>
+        </w:r>
+        <w:r w:rsidR="00225B7E">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>anuary 2026</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>.</w:t>
         </w:r>
       </w:p>
       <w:p w14:paraId="58A074E7" w14:textId="52BB716B" w:rsidR="00E301BD" w:rsidRDefault="00E301BD">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3BA3ABAF" w14:textId="1BC7BCBE" w:rsidR="0086578B" w:rsidRPr="0086578B" w:rsidRDefault="0086578B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09E765C9" w14:textId="77777777" w:rsidR="00DE4620" w:rsidRDefault="00DE4620" w:rsidP="0086578B">
+    <w:p w14:paraId="3F5B47CB" w14:textId="77777777" w:rsidR="00140E8C" w:rsidRDefault="00140E8C" w:rsidP="0086578B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C22106C" w14:textId="77777777" w:rsidR="00DE4620" w:rsidRDefault="00DE4620" w:rsidP="0086578B">
+    <w:p w14:paraId="0376A1EA" w14:textId="77777777" w:rsidR="00140E8C" w:rsidRDefault="00140E8C" w:rsidP="0086578B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6A8A894D" w14:textId="77777777" w:rsidR="0086578B" w:rsidRDefault="0086578B">
+  <w:p w14:paraId="6A8A894D" w14:textId="40507009" w:rsidR="0086578B" w:rsidRDefault="005B13DF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73D9AFB6" wp14:editId="0136CAF0">
-[...8 lines deleted...]
-          </wp:docPr>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68E6E5CE" wp14:editId="7EBEBCA5">
+          <wp:extent cx="5943600" cy="715645"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2122780378" name="Picture 1" descr="Network of the National Library of Medicine logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="2122780378" name="Picture 1" descr="Network of the National Library of Medicine logo"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                  <a:srcRect/>
+                  <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="5944235" cy="951230"/>
+                    <a:ext cx="5943600" cy="715645"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="176708DF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="15907876"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -2341,249 +2465,417 @@
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6096265F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="71FAF716"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2117626766">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1230730883">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="217010065">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1366901693">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="117186287">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1845780283">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1715545730">
     <w:abstractNumId w:val="1"/>
   </w:num>
+  <w:num w:numId="8" w16cid:durableId="1469545589">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0086578B"/>
     <w:rsid w:val="00003C36"/>
     <w:rsid w:val="00025E20"/>
     <w:rsid w:val="00026828"/>
     <w:rsid w:val="00035F93"/>
     <w:rsid w:val="00040224"/>
     <w:rsid w:val="00063EBD"/>
     <w:rsid w:val="00066941"/>
     <w:rsid w:val="000734D5"/>
+    <w:rsid w:val="000973D3"/>
     <w:rsid w:val="00097792"/>
     <w:rsid w:val="00097886"/>
     <w:rsid w:val="000C346A"/>
     <w:rsid w:val="000D015D"/>
     <w:rsid w:val="000E4F4E"/>
+    <w:rsid w:val="00140E8C"/>
     <w:rsid w:val="00155673"/>
     <w:rsid w:val="00170032"/>
     <w:rsid w:val="0019144D"/>
     <w:rsid w:val="001A49C9"/>
     <w:rsid w:val="001D209F"/>
     <w:rsid w:val="001F37B4"/>
     <w:rsid w:val="00210F8A"/>
     <w:rsid w:val="002177C5"/>
+    <w:rsid w:val="00225B7E"/>
     <w:rsid w:val="00236B33"/>
     <w:rsid w:val="00251FEF"/>
     <w:rsid w:val="0027423A"/>
     <w:rsid w:val="002857D9"/>
     <w:rsid w:val="00290B02"/>
     <w:rsid w:val="002A68FE"/>
     <w:rsid w:val="003043D8"/>
     <w:rsid w:val="00321F20"/>
     <w:rsid w:val="00325A01"/>
     <w:rsid w:val="00353494"/>
     <w:rsid w:val="00360925"/>
+    <w:rsid w:val="00366271"/>
     <w:rsid w:val="00393F0F"/>
     <w:rsid w:val="003A2F28"/>
     <w:rsid w:val="003B174B"/>
     <w:rsid w:val="003D13E6"/>
     <w:rsid w:val="003F58BB"/>
     <w:rsid w:val="00411EEB"/>
     <w:rsid w:val="00433797"/>
     <w:rsid w:val="004404FC"/>
     <w:rsid w:val="00451A45"/>
     <w:rsid w:val="00461A73"/>
     <w:rsid w:val="004722AC"/>
     <w:rsid w:val="00480111"/>
     <w:rsid w:val="004B27B8"/>
     <w:rsid w:val="00533161"/>
     <w:rsid w:val="00536CEB"/>
     <w:rsid w:val="00550FA1"/>
     <w:rsid w:val="005937E9"/>
     <w:rsid w:val="005A5C23"/>
+    <w:rsid w:val="005B13DF"/>
     <w:rsid w:val="005F3A0E"/>
     <w:rsid w:val="005F69F7"/>
     <w:rsid w:val="006324FF"/>
     <w:rsid w:val="006433CF"/>
     <w:rsid w:val="00664D81"/>
     <w:rsid w:val="0067532B"/>
     <w:rsid w:val="00677E8C"/>
     <w:rsid w:val="00683A24"/>
     <w:rsid w:val="006878B7"/>
+    <w:rsid w:val="00692FA9"/>
     <w:rsid w:val="006D3AD5"/>
     <w:rsid w:val="006E2ED9"/>
     <w:rsid w:val="00703087"/>
     <w:rsid w:val="007167C9"/>
     <w:rsid w:val="007358C4"/>
     <w:rsid w:val="00745D8F"/>
+    <w:rsid w:val="00751897"/>
     <w:rsid w:val="00753687"/>
     <w:rsid w:val="007573ED"/>
     <w:rsid w:val="007578D5"/>
+    <w:rsid w:val="007643FB"/>
     <w:rsid w:val="007752BD"/>
     <w:rsid w:val="007A1729"/>
     <w:rsid w:val="007A2450"/>
     <w:rsid w:val="007B4F1D"/>
     <w:rsid w:val="007B6AA9"/>
     <w:rsid w:val="007C3B5B"/>
     <w:rsid w:val="007E25EF"/>
+    <w:rsid w:val="007E54FE"/>
     <w:rsid w:val="007E67C7"/>
     <w:rsid w:val="00860820"/>
     <w:rsid w:val="0086578B"/>
     <w:rsid w:val="008D18D9"/>
     <w:rsid w:val="008D21B6"/>
     <w:rsid w:val="008E06D3"/>
+    <w:rsid w:val="008E7313"/>
     <w:rsid w:val="00915D0C"/>
     <w:rsid w:val="00916A4B"/>
     <w:rsid w:val="00924779"/>
     <w:rsid w:val="00931D72"/>
     <w:rsid w:val="0093271F"/>
     <w:rsid w:val="00951BAB"/>
     <w:rsid w:val="00970184"/>
     <w:rsid w:val="009A0DA8"/>
     <w:rsid w:val="009A0EC3"/>
     <w:rsid w:val="009B4761"/>
     <w:rsid w:val="009C03B6"/>
     <w:rsid w:val="009F4966"/>
     <w:rsid w:val="00A02B8D"/>
     <w:rsid w:val="00A23EA1"/>
     <w:rsid w:val="00A40EC3"/>
     <w:rsid w:val="00A51BD6"/>
+    <w:rsid w:val="00A61952"/>
     <w:rsid w:val="00A678DC"/>
     <w:rsid w:val="00A723E1"/>
     <w:rsid w:val="00A807A3"/>
     <w:rsid w:val="00A92476"/>
     <w:rsid w:val="00AB50BC"/>
     <w:rsid w:val="00AC59AD"/>
     <w:rsid w:val="00AD0C2B"/>
     <w:rsid w:val="00AD4D35"/>
     <w:rsid w:val="00AE2F53"/>
     <w:rsid w:val="00AE51EC"/>
     <w:rsid w:val="00AE55F8"/>
     <w:rsid w:val="00AF57DE"/>
     <w:rsid w:val="00B22555"/>
     <w:rsid w:val="00B5273B"/>
     <w:rsid w:val="00B724AF"/>
+    <w:rsid w:val="00BC33A1"/>
     <w:rsid w:val="00BD093A"/>
     <w:rsid w:val="00BD7A24"/>
     <w:rsid w:val="00BF6C71"/>
     <w:rsid w:val="00C1515A"/>
     <w:rsid w:val="00C2166C"/>
     <w:rsid w:val="00C6790D"/>
     <w:rsid w:val="00C92024"/>
     <w:rsid w:val="00CA064F"/>
     <w:rsid w:val="00CF60C7"/>
     <w:rsid w:val="00D3400A"/>
     <w:rsid w:val="00D40C91"/>
     <w:rsid w:val="00D4273B"/>
     <w:rsid w:val="00D42CBC"/>
     <w:rsid w:val="00D444C5"/>
     <w:rsid w:val="00D713FA"/>
     <w:rsid w:val="00D833E1"/>
     <w:rsid w:val="00DA0EE8"/>
     <w:rsid w:val="00DB1353"/>
     <w:rsid w:val="00DC5FA9"/>
     <w:rsid w:val="00DD3DB2"/>
     <w:rsid w:val="00DE40FA"/>
     <w:rsid w:val="00DE4620"/>
+    <w:rsid w:val="00DF5B38"/>
     <w:rsid w:val="00DF60FA"/>
     <w:rsid w:val="00E301BD"/>
     <w:rsid w:val="00E64FCA"/>
     <w:rsid w:val="00E6673B"/>
     <w:rsid w:val="00E72E0C"/>
     <w:rsid w:val="00E734E1"/>
+    <w:rsid w:val="00E834D4"/>
     <w:rsid w:val="00F1567E"/>
     <w:rsid w:val="00F22723"/>
     <w:rsid w:val="00F22842"/>
     <w:rsid w:val="00F429A8"/>
     <w:rsid w:val="00F446F7"/>
+    <w:rsid w:val="00F44C50"/>
     <w:rsid w:val="00F662AD"/>
     <w:rsid w:val="00F77774"/>
     <w:rsid w:val="00F80ED1"/>
     <w:rsid w:val="00FC2406"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -3041,51 +3333,50 @@
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0093271F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -3395,51 +3686,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2102951920">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/find-studies/how-to-search" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/policy/reporting-requirements" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learn.nlm.nih.gov/documentation/training-packets/T0162017P/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/about-studies/glossary" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/policy/faq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/oet/ed/ct/demo_videos.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prsinfo.clinicaltrials.gov/tutorial/content/index.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/systematic-reviews" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/oet/ed/ct/demo_videos.html?utm_medium=email&amp;utm_source=govdelivery" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://clinicaltrials.gov/submit-studies/prs-help" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/data-api/how-download-study-records" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nih.gov/health-information/nih-clinical-research-trials-you/basics" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinicaltrials.gov/study-basics/how-to-read-study-record" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://register.clinicaltrials.gov/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/about-studies/glossary" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/policy/faq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/oet/ed/ct/demo_videos.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/systematic-reviews" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/about-site/news-and-updates" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/oet/ed/ct/demo_videos.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prsinfo.clinicaltrials.gov/tutorial/content/index.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://clinicaltrials.gov/submit-studies/prs-help" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nih.gov/health-information/nih-clinical-research-trials-you/basics" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/data-api/how-download-study-records" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://register.clinicaltrials.gov/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinicaltrials.gov/study-basics/how-to-read-study-record" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learn.nlm.nih.gov/documentation/training-packets/T0162017P/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/find-studies/how-to-search" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/policy/reporting-requirements" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3702,103 +3993,100 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>673</Words>
-  <Characters>3842</Characters>
+  <Words>726</Words>
+  <Characters>4272</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>28</vt:i4>
+        <vt:i4>25</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="29" baseType="lpstr">
+    <vt:vector size="26" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>ClinicalTrials.gov for Librarians</vt:lpstr>
       <vt:lpstr>    ClinicalTrials.gov Glossary of Common Terms</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    ClinicalTrials.gov Guide to Searching for Clinical Studies</vt:lpstr>
       <vt:lpstr/>
       <vt:lpstr>    ClinicalTrials.gov How to Read a Study Record</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    How to Download Study Records</vt:lpstr>
       <vt:lpstr/>
       <vt:lpstr>    ClinicalTrials.gov Demonstration Videos</vt:lpstr>
       <vt:lpstr/>
-      <vt:lpstr>    ClinicalTrials.gov Policy</vt:lpstr>
+      <vt:lpstr>    Frequently Asked Questions about the ClinicalTrials.gov Policy</vt:lpstr>
       <vt:lpstr>    Clinical Trial Reporting Requirements This page helps sponsors and investigators</vt:lpstr>
       <vt:lpstr>    ClinicalTrials.gov Protocol Registration and Results System (PRS)  </vt:lpstr>
-      <vt:lpstr>    Learn about ClinicalTrials.gov </vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr/>
+      <vt:lpstr>    Learning Resources about ClinicalTrials.gov </vt:lpstr>
       <vt:lpstr>    NIH Clinical Research Trials and You</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    Systematic Reviews: NLM Products To Support Your Search </vt:lpstr>
-      <vt:lpstr>    Search Tips</vt:lpstr>
-      <vt:lpstr>        Search Tip 1: Identify studies with unpublished research results</vt:lpstr>
+      <vt:lpstr>    Search Tip</vt:lpstr>
       <vt:lpstr>    Class Exercise: Research Case Scenario</vt:lpstr>
       <vt:lpstr>    A trauma center is interested in designing a study examining the use of virtual </vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    The research team recalls hearing about a couple of studies that utilized VR but</vt:lpstr>
       <vt:lpstr>    </vt:lpstr>
       <vt:lpstr>    The team wants to know what similar research has been completed or is currently </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Utah</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4506</CharactersWithSpaces>
+  <CharactersWithSpaces>4930</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>