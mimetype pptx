--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -191,54 +191,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="32563" autoAdjust="0"/>
     <p:restoredTop sz="95097" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="78" d="100"/>
-          <a:sy n="78" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="72" y="96"/>
+        <p:origin x="192" y="53"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
@@ -311,51 +311,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7/11/2025</a:t>
+              <a:t>11/4/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">