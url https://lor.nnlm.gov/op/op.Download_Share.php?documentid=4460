--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -6,946 +6,1194 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="571A4F8A" w14:textId="47CCA37C" w:rsidR="00666C7A" w:rsidRPr="00275707" w:rsidRDefault="00666C7A" w:rsidP="0061532A">
+    <w:p w14:paraId="571A4F8A" w14:textId="47CCA37C" w:rsidR="00666C7A" w:rsidRPr="005C0F18" w:rsidRDefault="00666C7A" w:rsidP="0061532A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00275707">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>How PubMed Works: Medical Subject Headings</w:t>
       </w:r>
-      <w:r w:rsidR="009A1672" w:rsidRPr="00275707">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="009A1672" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> Handout</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C9D482" w14:textId="2ED29B75" w:rsidR="00123402" w:rsidRDefault="00123402" w:rsidP="00B5398D">
+    <w:p w14:paraId="18C9D482" w14:textId="2ED29B75" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="00B5398D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>The National Library of Medicine’s Medical Subject Headings (MeSH) is a special type of vocabulary that represent terms in the biomedical literature. What is the name of this type of vocabulary?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11EA42F7" w14:textId="3354300E" w:rsidR="00123402" w:rsidRPr="004B2C9A" w:rsidRDefault="00123402" w:rsidP="00B5398D">
+    <w:p w14:paraId="11EA42F7" w14:textId="3354300E" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="00B5398D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>How are MeSH terms organized within the MeSH database?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6317B8FF" w14:textId="669DA9EA" w:rsidR="00123402" w:rsidRPr="004B2C9A" w:rsidRDefault="00123402" w:rsidP="00A95575">
+    <w:p w14:paraId="6317B8FF" w14:textId="669DA9EA" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="00A95575">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>How often are MeSH terms revised?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7EEC02" w14:textId="6FD65947" w:rsidR="00445D33" w:rsidRPr="00DB0EF1" w:rsidRDefault="00445D33" w:rsidP="00445D33">
+    <w:p w14:paraId="3B7EEC02" w14:textId="6FD65947" w:rsidR="00445D33" w:rsidRPr="005C0F18" w:rsidRDefault="00445D33" w:rsidP="00445D33">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>What is the name given to the term that is synonymous or close in scope to the preferred MeSH term?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2021027A" w14:textId="03C703A0" w:rsidR="00123402" w:rsidRPr="00B653EF" w:rsidRDefault="00123402" w:rsidP="00A95575">
+    <w:p w14:paraId="2021027A" w14:textId="03C703A0" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="00A95575">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>When searching with a broad MeSH term, all the narrower more specific terms below will automatically be included in your search. What is the name of this feature?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D68D51E" w14:textId="6BF429AA" w:rsidR="00123402" w:rsidRPr="00B653EF" w:rsidRDefault="00123402" w:rsidP="00A95575">
+    <w:p w14:paraId="2D68D51E" w14:textId="6BF429AA" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="00A95575">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00B653EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Will your PubMed search details show all the narrower terms included in your search? </w:t>
       </w:r>
-      <w:r w:rsidR="000335CD" w:rsidRPr="00B653EF">
+      <w:r w:rsidR="000335CD" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Yes or No.</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C4AEBA" w14:textId="1EABA3BC" w:rsidR="00123402" w:rsidRPr="000E54F7" w:rsidRDefault="00123402" w:rsidP="00627E4D">
+    <w:p w14:paraId="29C4AEBA" w14:textId="1EABA3BC" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="00627E4D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00B653EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="00C47915">
+      <w:r w:rsidR="00C47915" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>hich two places must you check to find all terms that will be included in your PubMed search?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796FCC57" w14:textId="341F2A3E" w:rsidR="00123402" w:rsidRPr="006C289A" w:rsidRDefault="00123402" w:rsidP="007F1F79">
+    <w:p w14:paraId="796FCC57" w14:textId="341F2A3E" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="007F1F79">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Exercise #1: When you run a search in PubMed using the MeSH term Fear, what other MeSH terms will automatically be included in your search?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661576A2" w14:textId="30DA6FDC" w:rsidR="00123402" w:rsidRDefault="00123402" w:rsidP="007F1F79">
+    <w:p w14:paraId="661576A2" w14:textId="30DA6FDC" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="007F1F79">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>What are the four types of MeSH terms?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A49DD2" w14:textId="1F628CA5" w:rsidR="00123402" w:rsidRPr="00DB7225" w:rsidRDefault="00123402" w:rsidP="006D6258">
+    <w:p w14:paraId="38A49DD2" w14:textId="1F628CA5" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="006D6258">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Wh</w:t>
       </w:r>
-      <w:r w:rsidR="008A5BF6">
+      <w:r w:rsidR="008A5BF6" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>at is the purpose of applying</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> a subheading to a MeSH heading during the indexing process?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E475463" w14:textId="7AB9890B" w:rsidR="00123402" w:rsidRDefault="00123402" w:rsidP="006D6258">
+    <w:p w14:paraId="1E475463" w14:textId="7AB9890B" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="006D6258">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Do Subheadings explode? </w:t>
       </w:r>
-      <w:r w:rsidR="000335CD">
+      <w:r w:rsidR="000335CD" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Yes or No.</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317D1E4D" w14:textId="541A37BE" w:rsidR="00123402" w:rsidRPr="00DB7225" w:rsidRDefault="000335CD" w:rsidP="006D6258">
+    <w:p w14:paraId="317D1E4D" w14:textId="541A37BE" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="000335CD" w:rsidP="006D6258">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>When building your search in MeSH, which Boolean operator will be applied i</w:t>
       </w:r>
-      <w:r w:rsidR="00123402">
+      <w:r w:rsidR="00123402" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>f you c</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
-      <w:r w:rsidR="00123402">
+      <w:r w:rsidR="00123402" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> more than one subheading at a time?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00B817F8">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28003CA0" w14:textId="5A31DF2E" w:rsidR="00123402" w:rsidRPr="0099687E" w:rsidRDefault="00620006" w:rsidP="006D6258">
+    <w:p w14:paraId="28003CA0" w14:textId="5A31DF2E" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00620006" w:rsidP="006D6258">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00620006">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>When viewing the MeSH terms on a PubMed record, the major points of an article are marked by what symbol?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00A8581C">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA6E33D" w14:textId="5C348C82" w:rsidR="00F70FB2" w:rsidRPr="00561083" w:rsidRDefault="00A74236" w:rsidP="00F70FB2">
+    <w:p w14:paraId="7FA6E33D" w14:textId="5C348C82" w:rsidR="00F70FB2" w:rsidRPr="005C0F18" w:rsidRDefault="00A74236" w:rsidP="00F70FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidR="00F70FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>“Publication Types” in MeSH can describe what three categories of information related to the article or to the research?</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00A8581C">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E70B08" w14:textId="67EB91B6" w:rsidR="00123402" w:rsidRPr="00561083" w:rsidRDefault="00123402" w:rsidP="006D6258">
+    <w:p w14:paraId="50E70B08" w14:textId="67EB91B6" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="006D6258">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00561083">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Are Supplementary Concepts part of the MeSH hierarchy? </w:t>
       </w:r>
-      <w:r w:rsidR="006B6B38" w:rsidRPr="00561083">
+      <w:r w:rsidR="006B6B38" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Yes or No.</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00A8581C">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9F2286" w14:textId="15E21135" w:rsidR="00123402" w:rsidRPr="00AA0D20" w:rsidRDefault="00123402" w:rsidP="00FC74ED">
+    <w:p w14:paraId="4A9F2286" w14:textId="15E21135" w:rsidR="00123402" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="00FC74ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Exercise #2: True or False? Searching with the subheading therapy will include results indexed with the subheading surgery?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00A8581C">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7538E68F" w14:textId="6297F22D" w:rsidR="00171FA7" w:rsidRDefault="00123402" w:rsidP="00FC74ED">
+    <w:p w14:paraId="7538E68F" w14:textId="6297F22D" w:rsidR="00171FA7" w:rsidRPr="005C0F18" w:rsidRDefault="00123402" w:rsidP="00FC74ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Exercise #3: Go to MeSH and look up hand washing. How far back can you search for this concept using this MeSH term?</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F70FB2" w:rsidRPr="00A8581C">
-        <w:rPr>
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Answer</w:t>
       </w:r>
-      <w:r w:rsidR="00F70FB2">
+      <w:r w:rsidR="00F70FB2" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124C8FAF" w14:textId="6811CC0D" w:rsidR="00275707" w:rsidRPr="00B6298E" w:rsidRDefault="00275707" w:rsidP="00DD44A3">
+    <w:p w14:paraId="124C8FAF" w14:textId="6811CC0D" w:rsidR="00275707" w:rsidRPr="005C0F18" w:rsidRDefault="00275707" w:rsidP="00DD44A3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6298E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Additional Resources</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E30D69D" w14:textId="22B60591" w:rsidR="00275707" w:rsidRPr="008B1A39" w:rsidRDefault="00A8581C" w:rsidP="00CD52D0">
+    <w:p w14:paraId="5E22C256" w14:textId="77777777" w:rsidR="003B5B45" w:rsidRPr="005C0F18" w:rsidRDefault="003B5B45" w:rsidP="003B5B45">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="005C0F18">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>The PubMed Trainer's Toolkit</w:t>
+          <w:t>PubMed Trainer's Toolkit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00275707" w:rsidRPr="00F50F4F">
+      <w:r w:rsidRPr="005C0F18">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:u w:val="none"/>
-[...47 lines deleted...]
-    <w:p w14:paraId="3CA5211C" w14:textId="48B7CABC" w:rsidR="00BA38A9" w:rsidRDefault="00BA38A9" w:rsidP="002641D1">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Includes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>slides and materials to repurpose for training end-users.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768634FB" w14:textId="77777777" w:rsidR="003B5B45" w:rsidRPr="005C0F18" w:rsidRDefault="003B5B45" w:rsidP="003B5B45">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00BA38A9">
+        <w:r w:rsidRPr="005C0F18">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Medical Subject Heading (MeSH) Changes and PubMed Searching On-Demand</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E64DBFE" w14:textId="71D5AC68" w:rsidR="002641D1" w:rsidRDefault="002641D1" w:rsidP="002641D1">
-[...1 lines deleted...]
-        <w:spacing w:after="240"/>
+    <w:p w14:paraId="15AB75ED" w14:textId="77777777" w:rsidR="003B5B45" w:rsidRPr="005C0F18" w:rsidRDefault="003B5B45" w:rsidP="003B5B45">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="005C0F18">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-          </w:rPr>
-[...11 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Journal Selection for MEDLINE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6564C714" w14:textId="3F5C0E36" w:rsidR="00837469" w:rsidRPr="002238E7" w:rsidRDefault="00837469" w:rsidP="002238E7">
+    <w:p w14:paraId="6564C714" w14:textId="3F5C0E36" w:rsidR="00837469" w:rsidRPr="005C0F18" w:rsidRDefault="00837469" w:rsidP="002238E7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002238E7">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>PubMed Tips:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A9B37E" w14:textId="07CF02DD" w:rsidR="00325AD5" w:rsidRPr="00325AD5" w:rsidRDefault="00325AD5" w:rsidP="00325AD5">
+    <w:p w14:paraId="19A9B37E" w14:textId="3B581DB3" w:rsidR="00325AD5" w:rsidRPr="005C0F18" w:rsidRDefault="00325AD5" w:rsidP="00325AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Retrieves all citations added </w:t>
       </w:r>
-      <w:r w:rsidR="00837469">
-[...7 lines deleted...]
-    <w:p w14:paraId="14B7FB14" w14:textId="6027FBFB" w:rsidR="00751F10" w:rsidRDefault="00751F10" w:rsidP="00325AD5">
+      <w:r w:rsidR="00837469" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>on a specific date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B7FB14" w14:textId="6027FBFB" w:rsidR="00751F10" w:rsidRPr="005C0F18" w:rsidRDefault="00751F10" w:rsidP="00325AD5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00751F10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">2025/03/06[crdt] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052F8D91" w14:textId="7A343181" w:rsidR="00837469" w:rsidRDefault="00837469" w:rsidP="00325AD5">
+    <w:p w14:paraId="052F8D91" w14:textId="7A343181" w:rsidR="00837469" w:rsidRPr="005C0F18" w:rsidRDefault="00837469" w:rsidP="00EC4F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Retrieves all citations added during a date range</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A06746" w14:textId="36DF6C6E" w:rsidR="00837469" w:rsidRPr="005C0F18" w:rsidRDefault="00837469" w:rsidP="00325AD5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-[...39 lines deleted...]
-    <w:p w14:paraId="42A06746" w14:textId="36DF6C6E" w:rsidR="00837469" w:rsidRPr="00751F10" w:rsidRDefault="00837469" w:rsidP="00325AD5">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2025/03/01:2025/03/06[crdt]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B185604" w14:textId="76276AEE" w:rsidR="00325AD5" w:rsidRPr="005C0F18" w:rsidRDefault="00325AD5" w:rsidP="00325AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>To include a specific term</w:t>
+      </w:r>
+      <w:r w:rsidR="00837469" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/topic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of interest, use the string below </w:t>
+      </w:r>
+      <w:r w:rsidR="00837469" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>then</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND your search term:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC98858" w14:textId="5DC07368" w:rsidR="00751F10" w:rsidRPr="005C0F18" w:rsidRDefault="00751F10" w:rsidP="00EC4F7C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...80 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025/03/06[crdt] or for a range, 2025/03/01:2025/03/06[crdt] AND </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50130" w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
         <w:t>your term goes here</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31350390" w14:textId="77777777" w:rsidR="0029463A" w:rsidRDefault="0029463A" w:rsidP="008C53A1">
+    <w:p w14:paraId="5CF40439" w14:textId="77777777" w:rsidR="00EC4F7C" w:rsidRPr="005C0F18" w:rsidRDefault="00EC4F7C" w:rsidP="00EC4F7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Retrieves all citations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>added during a date range from a specific journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1852D926" w14:textId="77777777" w:rsidR="00EC4F7C" w:rsidRPr="005C0F18" w:rsidRDefault="00EC4F7C" w:rsidP="00EC4F7C">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2025/01/01:2025/11/06[crdt] AND "n engl j med"[Journal]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1F4703" w14:textId="77777777" w:rsidR="00EC4F7C" w:rsidRPr="005C0F18" w:rsidRDefault="00EC4F7C" w:rsidP="00751F10">
       <w:pPr>
         <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31350390" w14:textId="77777777" w:rsidR="0029463A" w:rsidRPr="005C0F18" w:rsidRDefault="0029463A" w:rsidP="008C53A1">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0029463A" w:rsidRPr="005C0F18">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B0F4E2A" w14:textId="77777777" w:rsidR="00C5422E" w:rsidRDefault="00C5422E" w:rsidP="00291D15">
+    <w:p w14:paraId="400E7C17" w14:textId="77777777" w:rsidR="0012563C" w:rsidRDefault="0012563C" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A0E3282" w14:textId="77777777" w:rsidR="00C5422E" w:rsidRDefault="00C5422E" w:rsidP="00291D15">
+    <w:p w14:paraId="5BFCAA4B" w14:textId="77777777" w:rsidR="0012563C" w:rsidRDefault="0012563C" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26651F3F" w14:textId="7B4D37D5" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00485108">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
     </w:r>
     <w:r w:rsidR="008E0554">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -1010,61 +1258,61 @@
         </w:r>
         <w:r w:rsidR="00485108">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0C59B932" w14:textId="15E48E6C" w:rsidR="007F66FE" w:rsidRPr="007F66FE" w:rsidRDefault="007F66FE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D25E4E4" w14:textId="77777777" w:rsidR="00C5422E" w:rsidRDefault="00C5422E" w:rsidP="00291D15">
+    <w:p w14:paraId="7C2B8598" w14:textId="77777777" w:rsidR="0012563C" w:rsidRDefault="0012563C" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C153EBE" w14:textId="77777777" w:rsidR="00C5422E" w:rsidRDefault="00C5422E" w:rsidP="00291D15">
+    <w:p w14:paraId="1F61EBD0" w14:textId="77777777" w:rsidR="0012563C" w:rsidRDefault="0012563C" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60044905" w14:textId="28D884C8" w:rsidR="00291D15" w:rsidRDefault="00291D15">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="156AA647" wp14:editId="34891889">
           <wp:extent cx="5943600" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -1199,183 +1447,195 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1586722133">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291D15"/>
+    <w:rsid w:val="000165B6"/>
     <w:rsid w:val="000335CD"/>
     <w:rsid w:val="00094F6A"/>
     <w:rsid w:val="00123402"/>
+    <w:rsid w:val="0012563C"/>
     <w:rsid w:val="00160913"/>
     <w:rsid w:val="00171FA7"/>
     <w:rsid w:val="00181744"/>
     <w:rsid w:val="00191579"/>
     <w:rsid w:val="001A3B20"/>
     <w:rsid w:val="001E2901"/>
     <w:rsid w:val="00203E4D"/>
     <w:rsid w:val="00215D9C"/>
     <w:rsid w:val="002162D3"/>
     <w:rsid w:val="00221AD4"/>
     <w:rsid w:val="002238E7"/>
     <w:rsid w:val="00261EA6"/>
     <w:rsid w:val="002641D1"/>
     <w:rsid w:val="002724CB"/>
     <w:rsid w:val="00275707"/>
     <w:rsid w:val="00280283"/>
+    <w:rsid w:val="00287487"/>
     <w:rsid w:val="00290277"/>
     <w:rsid w:val="00291D15"/>
     <w:rsid w:val="0029463A"/>
     <w:rsid w:val="002D0D41"/>
     <w:rsid w:val="002D7021"/>
+    <w:rsid w:val="0031163D"/>
     <w:rsid w:val="00325AD5"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00366FEF"/>
+    <w:rsid w:val="003B5B45"/>
+    <w:rsid w:val="00412F6E"/>
     <w:rsid w:val="00415968"/>
     <w:rsid w:val="00445D33"/>
     <w:rsid w:val="004817CC"/>
     <w:rsid w:val="00485108"/>
     <w:rsid w:val="004D4561"/>
     <w:rsid w:val="00515E39"/>
     <w:rsid w:val="00561083"/>
     <w:rsid w:val="00581816"/>
     <w:rsid w:val="005A57C2"/>
     <w:rsid w:val="005A581C"/>
+    <w:rsid w:val="005C0F18"/>
     <w:rsid w:val="005E5E10"/>
     <w:rsid w:val="0061532A"/>
     <w:rsid w:val="00620006"/>
     <w:rsid w:val="00625C5A"/>
     <w:rsid w:val="00627E4D"/>
     <w:rsid w:val="0065435E"/>
     <w:rsid w:val="00666C7A"/>
     <w:rsid w:val="006A1414"/>
     <w:rsid w:val="006B6B38"/>
     <w:rsid w:val="006C2C8B"/>
     <w:rsid w:val="006D6258"/>
     <w:rsid w:val="00724097"/>
     <w:rsid w:val="00730AE3"/>
     <w:rsid w:val="00751B43"/>
     <w:rsid w:val="00751F10"/>
     <w:rsid w:val="007656EA"/>
     <w:rsid w:val="007A78BF"/>
     <w:rsid w:val="007D0E99"/>
     <w:rsid w:val="007F1F79"/>
     <w:rsid w:val="007F66FE"/>
     <w:rsid w:val="00837469"/>
+    <w:rsid w:val="00856268"/>
     <w:rsid w:val="008A5BF6"/>
     <w:rsid w:val="008B7BFA"/>
     <w:rsid w:val="008C357C"/>
     <w:rsid w:val="008C53A1"/>
     <w:rsid w:val="008E0554"/>
     <w:rsid w:val="00920D8F"/>
     <w:rsid w:val="0092138A"/>
     <w:rsid w:val="00991691"/>
     <w:rsid w:val="009A1672"/>
     <w:rsid w:val="00A51F31"/>
+    <w:rsid w:val="00A60EC7"/>
     <w:rsid w:val="00A74236"/>
+    <w:rsid w:val="00A8500A"/>
     <w:rsid w:val="00A8581C"/>
+    <w:rsid w:val="00A94F2E"/>
     <w:rsid w:val="00A95575"/>
     <w:rsid w:val="00AB3719"/>
     <w:rsid w:val="00AD6A5C"/>
     <w:rsid w:val="00AF118D"/>
     <w:rsid w:val="00B5398D"/>
     <w:rsid w:val="00B6298E"/>
     <w:rsid w:val="00B77BFC"/>
     <w:rsid w:val="00B817F8"/>
     <w:rsid w:val="00B96670"/>
     <w:rsid w:val="00BA38A9"/>
     <w:rsid w:val="00BB0C19"/>
     <w:rsid w:val="00BC35E8"/>
     <w:rsid w:val="00BD6BCA"/>
     <w:rsid w:val="00C11448"/>
     <w:rsid w:val="00C15091"/>
     <w:rsid w:val="00C20A1B"/>
     <w:rsid w:val="00C40E17"/>
     <w:rsid w:val="00C47915"/>
     <w:rsid w:val="00C5422E"/>
     <w:rsid w:val="00C6707B"/>
     <w:rsid w:val="00C853B1"/>
     <w:rsid w:val="00C86DEA"/>
     <w:rsid w:val="00C925FE"/>
     <w:rsid w:val="00CC43AB"/>
     <w:rsid w:val="00CD52D0"/>
     <w:rsid w:val="00D02653"/>
     <w:rsid w:val="00D044E5"/>
     <w:rsid w:val="00D44C76"/>
     <w:rsid w:val="00D50130"/>
     <w:rsid w:val="00DB2C8E"/>
     <w:rsid w:val="00DC24AE"/>
     <w:rsid w:val="00DD44A3"/>
     <w:rsid w:val="00DE7AF4"/>
     <w:rsid w:val="00E52A7D"/>
     <w:rsid w:val="00E63B46"/>
     <w:rsid w:val="00EB3892"/>
     <w:rsid w:val="00EB49EC"/>
+    <w:rsid w:val="00EC4F7C"/>
     <w:rsid w:val="00EE758C"/>
     <w:rsid w:val="00EF5FB6"/>
     <w:rsid w:val="00EF6C40"/>
     <w:rsid w:val="00F04855"/>
     <w:rsid w:val="00F278CA"/>
     <w:rsid w:val="00F50F4F"/>
     <w:rsid w:val="00F70FB2"/>
     <w:rsid w:val="00F84441"/>
     <w:rsid w:val="00FC74ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -2062,51 +2322,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="745540812">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/medical-subject-heading-mesh-changes-and-pubmed-searching-demand-0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learn.nlm.nih.gov/documentation/training-packets/T0022014P/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/medline/medline_journal_selection.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/how-pubmed-works-automatic-term-mapping-atm-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/medical-subject-heading-mesh-changes-and-pubmed-searching-demand-0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learn.nlm.nih.gov/documentation/training-packets/T0022014P/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/medline/medline_journal_selection.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2369,77 +2629,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>426</Words>
-  <Characters>2157</Characters>
+  <Words>467</Words>
+  <Characters>2384</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>How PubMed Works: Medical Subject Headings Handout</vt:lpstr>
       <vt:lpstr>    Additional Resources</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2555</CharactersWithSpaces>
+  <CharactersWithSpaces>2812</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>