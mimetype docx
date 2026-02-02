--- v0 (2025-10-27)
+++ v1 (2026-02-02)
@@ -117,59 +117,62 @@
     </w:p>
     <w:p w14:paraId="54BB3CE0" w14:textId="228E5756" w:rsidR="00DB09E5" w:rsidRDefault="00DB09E5" w:rsidP="00054557">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Shin bone</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D5B50E" w14:textId="32392132" w:rsidR="00054557" w:rsidRDefault="00054557" w:rsidP="00054557">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>backache</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318FAB4F" w14:textId="77777777" w:rsidR="00054557" w:rsidRDefault="00054557" w:rsidP="00054557">
+    <w:p w14:paraId="318FAB4F" w14:textId="61831319" w:rsidR="00054557" w:rsidRDefault="00E67E21" w:rsidP="00054557">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00054557">
         <w:t>New England Journal of Medicine</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FABCBA4" w14:textId="77777777" w:rsidR="00054557" w:rsidRDefault="00054557" w:rsidP="00054557">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Cell</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19EF8E7F" w14:textId="77777777" w:rsidR="00054557" w:rsidRPr="00DB1F70" w:rsidRDefault="00054557" w:rsidP="00054557">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -455,63 +458,69 @@
         <w:t xml:space="preserve"> a list </w:t>
       </w:r>
       <w:r>
         <w:t>of phrases that are</w:t>
       </w:r>
       <w:r w:rsidR="000D6AF4">
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
       <w:r>
         <w:t>dexed in</w:t>
       </w:r>
       <w:r w:rsidR="00D21AE9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D6AF4">
         <w:t>PubMed</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00BD5171">
         <w:br/>
         <w:t>Answer:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C424B0" w14:textId="3F7C3FFC" w:rsidR="006457F7" w:rsidRDefault="00BD6628" w:rsidP="005D4A13">
+    <w:p w14:paraId="14C424B0" w14:textId="079EE660" w:rsidR="006457F7" w:rsidRDefault="00BD6628" w:rsidP="005D4A13">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>What are three ways to bypass or turn off ATM?</w:t>
+        <w:t xml:space="preserve">What are </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0C78">
+        <w:t>five</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ways to bypass or turn off ATM?</w:t>
       </w:r>
       <w:r w:rsidR="00BD5171">
         <w:br/>
         <w:t>Answer:</w:t>
       </w:r>
       <w:r w:rsidR="006457F7">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="792DB871" w14:textId="700A06DB" w:rsidR="00827C2A" w:rsidRPr="00E63D78" w:rsidRDefault="00051092" w:rsidP="000551F9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
@@ -761,54 +770,53 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0BA58955" w14:textId="77777777" w:rsidR="00514751" w:rsidRDefault="00514751" w:rsidP="00514751">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00BA38A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Medical Subject Heading (MeSH) Changes and PubMed Searching On-Demand</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="73011808" w14:textId="33F2226D" w:rsidR="006A33E4" w:rsidRDefault="006A33E4" w:rsidP="006A33E4">
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00DF04EA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Journal Selection for MEDLINE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A890794" w14:textId="77777777" w:rsidR="00514751" w:rsidRPr="00514751" w:rsidRDefault="00514751" w:rsidP="00514751">
+    <w:p w14:paraId="4A890794" w14:textId="77777777" w:rsidR="00514751" w:rsidRPr="00514751" w:rsidRDefault="00514751" w:rsidP="00C8516C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00514751">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PubMed Tips:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05F48B6A" w14:textId="77777777" w:rsidR="00514751" w:rsidRPr="00325AD5" w:rsidRDefault="00514751" w:rsidP="00514751">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -859,186 +867,255 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00325AD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">during </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00325AD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> date range</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A01D29" w14:textId="77777777" w:rsidR="00514751" w:rsidRPr="00751F10" w:rsidRDefault="00514751" w:rsidP="00514751">
+    <w:p w14:paraId="63A01D29" w14:textId="77777777" w:rsidR="00514751" w:rsidRDefault="00514751" w:rsidP="00514751">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00751F10">
         <w:t>2025/03/01:2025/03/06[crdt]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108B98D2" w14:textId="77777777" w:rsidR="00514751" w:rsidRPr="00325AD5" w:rsidRDefault="00514751" w:rsidP="00514751">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6D4CA472" w14:textId="114D17E1" w:rsidR="00C8516C" w:rsidRDefault="00C8516C" w:rsidP="00514751">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C8516C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>To</w:t>
+        <w:t>Retrieves all citations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00325AD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> include a specific term</w:t>
+        <w:t>added</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>/topic</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00325AD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> of interest</w:t>
+        <w:t xml:space="preserve">during </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00325AD5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">use the string below </w:t>
+        <w:t xml:space="preserve"> date range</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>then</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00325AD5">
+        <w:t xml:space="preserve"> from a specific journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A83790F" w14:textId="34E4E20E" w:rsidR="00C8516C" w:rsidRPr="00751F10" w:rsidRDefault="00C8516C" w:rsidP="00514751">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00751F10">
+        <w:t>2025/0</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1363">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751F10">
+        <w:t>/01:2025/</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1363">
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751F10">
+        <w:t>/06[crdt]</w:t>
+      </w:r>
+      <w:r w:rsidR="008B4C81">
+        <w:t xml:space="preserve"> AND </w:t>
+      </w:r>
+      <w:r w:rsidR="008B4C81" w:rsidRPr="008B4C81">
+        <w:t>"n engl j med"[Journal]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108B98D2" w14:textId="4ACCDC92" w:rsidR="00514751" w:rsidRPr="00325AD5" w:rsidRDefault="00514751" w:rsidP="00514751">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>To</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325AD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include a specific </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>topic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325AD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of interest</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325AD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">use the string below </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>then</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325AD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> AND your search term:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56726B7B" w14:textId="77777777" w:rsidR="00514751" w:rsidRPr="00751F10" w:rsidRDefault="00514751" w:rsidP="00514751">
+    <w:p w14:paraId="075D504E" w14:textId="30422C41" w:rsidR="00051092" w:rsidRPr="00501383" w:rsidRDefault="00514751" w:rsidP="00501383">
       <w:pPr>
         <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00751F10">
         <w:t>2025/03/06[crdt] or for a range, 2025/03/01:2025/03/06[crdt]</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> AND </w:t>
       </w:r>
       <w:r w:rsidRPr="00837469">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>your term goes here</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766B213A" w14:textId="77777777" w:rsidR="00514751" w:rsidRPr="0095687E" w:rsidRDefault="00514751" w:rsidP="0073441B">
-[...17 lines deleted...]
-    <w:sectPr w:rsidR="00051092" w:rsidRPr="00116F11" w:rsidSect="007F4937">
+    <w:sectPr w:rsidR="00051092" w:rsidRPr="00501383" w:rsidSect="007F4937">
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1152" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01C83025" w14:textId="77777777" w:rsidR="008923C0" w:rsidRDefault="008923C0" w:rsidP="005536D3">
+    <w:p w14:paraId="6E217873" w14:textId="77777777" w:rsidR="002C6E7C" w:rsidRDefault="002C6E7C" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="275D4227" w14:textId="77777777" w:rsidR="008923C0" w:rsidRDefault="008923C0" w:rsidP="005536D3">
+    <w:p w14:paraId="24CCB897" w14:textId="77777777" w:rsidR="002C6E7C" w:rsidRDefault="002C6E7C" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1048,51 +1125,51 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
@@ -1200,61 +1277,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3456898A" w14:textId="77777777" w:rsidR="001C6109" w:rsidRDefault="001C6109">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23A772A9" w14:textId="77777777" w:rsidR="008923C0" w:rsidRDefault="008923C0" w:rsidP="005536D3">
+    <w:p w14:paraId="5F140547" w14:textId="77777777" w:rsidR="002C6E7C" w:rsidRDefault="002C6E7C" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C843EA5" w14:textId="77777777" w:rsidR="008923C0" w:rsidRDefault="008923C0" w:rsidP="005536D3">
+    <w:p w14:paraId="1A9E57C4" w14:textId="77777777" w:rsidR="002C6E7C" w:rsidRDefault="002C6E7C" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="37FDCAA7" w14:textId="70549568" w:rsidR="00834F00" w:rsidRDefault="0097198C" w:rsidP="00675CB9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3811E9E1" wp14:editId="6D5BF189">
           <wp:extent cx="4962144" cy="793943"/>
@@ -3417,85 +3494,86 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1009911732">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1302418299">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1683816691">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="275065863">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1736735070">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1882475936">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0026053B"/>
     <w:rsid w:val="00003FED"/>
     <w:rsid w:val="00016C46"/>
     <w:rsid w:val="000172BA"/>
     <w:rsid w:val="0002155E"/>
     <w:rsid w:val="000231FE"/>
     <w:rsid w:val="00023A2C"/>
     <w:rsid w:val="00027395"/>
     <w:rsid w:val="00031EC3"/>
     <w:rsid w:val="0003725F"/>
+    <w:rsid w:val="000400E7"/>
     <w:rsid w:val="00043EA6"/>
     <w:rsid w:val="00051092"/>
     <w:rsid w:val="00053823"/>
     <w:rsid w:val="00054557"/>
     <w:rsid w:val="000551F9"/>
     <w:rsid w:val="0006092D"/>
     <w:rsid w:val="00073B97"/>
     <w:rsid w:val="00076A2C"/>
     <w:rsid w:val="000827B0"/>
     <w:rsid w:val="0009025D"/>
     <w:rsid w:val="0009240B"/>
     <w:rsid w:val="00094F6E"/>
     <w:rsid w:val="000975F6"/>
     <w:rsid w:val="000B0676"/>
     <w:rsid w:val="000B637A"/>
     <w:rsid w:val="000D05D5"/>
     <w:rsid w:val="000D59DE"/>
     <w:rsid w:val="000D6AF4"/>
     <w:rsid w:val="000E455D"/>
     <w:rsid w:val="000F3578"/>
     <w:rsid w:val="000F38AB"/>
     <w:rsid w:val="000F67AE"/>
     <w:rsid w:val="001144D7"/>
     <w:rsid w:val="00116F11"/>
     <w:rsid w:val="001212F3"/>
@@ -3524,56 +3602,58 @@
     <w:rsid w:val="001E49DA"/>
     <w:rsid w:val="001E62D1"/>
     <w:rsid w:val="001F164E"/>
     <w:rsid w:val="001F1D85"/>
     <w:rsid w:val="001F1FB7"/>
     <w:rsid w:val="001F3941"/>
     <w:rsid w:val="001F3E88"/>
     <w:rsid w:val="0020480F"/>
     <w:rsid w:val="00205A62"/>
     <w:rsid w:val="00207ECC"/>
     <w:rsid w:val="00213DB2"/>
     <w:rsid w:val="00215E97"/>
     <w:rsid w:val="002160BD"/>
     <w:rsid w:val="00220371"/>
     <w:rsid w:val="00225FCE"/>
     <w:rsid w:val="00244A46"/>
     <w:rsid w:val="00253C0C"/>
     <w:rsid w:val="00254332"/>
     <w:rsid w:val="0025460F"/>
     <w:rsid w:val="0026053B"/>
     <w:rsid w:val="00260600"/>
     <w:rsid w:val="002666E8"/>
     <w:rsid w:val="00272263"/>
     <w:rsid w:val="002779F4"/>
     <w:rsid w:val="00280B8D"/>
+    <w:rsid w:val="00291257"/>
     <w:rsid w:val="002A238E"/>
     <w:rsid w:val="002A7CF0"/>
     <w:rsid w:val="002C1E39"/>
     <w:rsid w:val="002C2D8D"/>
     <w:rsid w:val="002C336E"/>
     <w:rsid w:val="002C5513"/>
+    <w:rsid w:val="002C6E7C"/>
     <w:rsid w:val="002D0FF7"/>
     <w:rsid w:val="002E34FB"/>
     <w:rsid w:val="002E6CD2"/>
     <w:rsid w:val="002E7EB0"/>
     <w:rsid w:val="00302689"/>
     <w:rsid w:val="00303915"/>
     <w:rsid w:val="00306ABA"/>
     <w:rsid w:val="00311D96"/>
     <w:rsid w:val="00315361"/>
     <w:rsid w:val="0031794D"/>
     <w:rsid w:val="0032349D"/>
     <w:rsid w:val="003265C8"/>
     <w:rsid w:val="00331812"/>
     <w:rsid w:val="00332342"/>
     <w:rsid w:val="003339AD"/>
     <w:rsid w:val="003374AF"/>
     <w:rsid w:val="0034608A"/>
     <w:rsid w:val="00352761"/>
     <w:rsid w:val="003567C2"/>
     <w:rsid w:val="00362BFF"/>
     <w:rsid w:val="003731A7"/>
     <w:rsid w:val="00375F77"/>
     <w:rsid w:val="003769A2"/>
     <w:rsid w:val="00377BF1"/>
     <w:rsid w:val="00384CD7"/>
@@ -3589,52 +3669,54 @@
     <w:rsid w:val="003F1929"/>
     <w:rsid w:val="00406DA9"/>
     <w:rsid w:val="00412302"/>
     <w:rsid w:val="0042075E"/>
     <w:rsid w:val="00420CD0"/>
     <w:rsid w:val="00421C92"/>
     <w:rsid w:val="0042482A"/>
     <w:rsid w:val="00427530"/>
     <w:rsid w:val="00427E6D"/>
     <w:rsid w:val="00455AFB"/>
     <w:rsid w:val="00462EA1"/>
     <w:rsid w:val="004659B3"/>
     <w:rsid w:val="00467158"/>
     <w:rsid w:val="004708CF"/>
     <w:rsid w:val="00496480"/>
     <w:rsid w:val="00496482"/>
     <w:rsid w:val="004A26B6"/>
     <w:rsid w:val="004B0086"/>
     <w:rsid w:val="004B2698"/>
     <w:rsid w:val="004B3AA4"/>
     <w:rsid w:val="004C3D0C"/>
     <w:rsid w:val="004D5AC0"/>
     <w:rsid w:val="004E5A64"/>
     <w:rsid w:val="004F2793"/>
     <w:rsid w:val="004F439F"/>
+    <w:rsid w:val="00501383"/>
     <w:rsid w:val="00502032"/>
     <w:rsid w:val="005055F0"/>
+    <w:rsid w:val="00506D28"/>
     <w:rsid w:val="00514751"/>
     <w:rsid w:val="005156CF"/>
     <w:rsid w:val="0052296D"/>
     <w:rsid w:val="00531851"/>
     <w:rsid w:val="00532972"/>
     <w:rsid w:val="00532EB5"/>
     <w:rsid w:val="005428E1"/>
     <w:rsid w:val="005536D3"/>
     <w:rsid w:val="005573B6"/>
     <w:rsid w:val="00560B2B"/>
     <w:rsid w:val="00563266"/>
     <w:rsid w:val="00565330"/>
     <w:rsid w:val="005704DE"/>
     <w:rsid w:val="00571403"/>
     <w:rsid w:val="00572C3D"/>
     <w:rsid w:val="00573BC8"/>
     <w:rsid w:val="005743E8"/>
     <w:rsid w:val="00590743"/>
     <w:rsid w:val="005936F3"/>
     <w:rsid w:val="005938DC"/>
     <w:rsid w:val="005938E6"/>
     <w:rsid w:val="00593D7F"/>
     <w:rsid w:val="00596E07"/>
     <w:rsid w:val="00597BCC"/>
     <w:rsid w:val="00597CD1"/>
@@ -3649,204 +3731,214 @@
     <w:rsid w:val="005D4A13"/>
     <w:rsid w:val="005E1B9A"/>
     <w:rsid w:val="005E47E5"/>
     <w:rsid w:val="005F15DC"/>
     <w:rsid w:val="006041FF"/>
     <w:rsid w:val="00613949"/>
     <w:rsid w:val="00613F91"/>
     <w:rsid w:val="00615D64"/>
     <w:rsid w:val="006213D6"/>
     <w:rsid w:val="006457F7"/>
     <w:rsid w:val="006501A5"/>
     <w:rsid w:val="00651531"/>
     <w:rsid w:val="006553BE"/>
     <w:rsid w:val="006563D8"/>
     <w:rsid w:val="0065758D"/>
     <w:rsid w:val="00662B78"/>
     <w:rsid w:val="00665105"/>
     <w:rsid w:val="00666C30"/>
     <w:rsid w:val="00675CB9"/>
     <w:rsid w:val="006806DA"/>
     <w:rsid w:val="006858B5"/>
     <w:rsid w:val="00685ABD"/>
     <w:rsid w:val="0069077C"/>
     <w:rsid w:val="00693F93"/>
     <w:rsid w:val="006A096E"/>
+    <w:rsid w:val="006A0C78"/>
     <w:rsid w:val="006A1BF8"/>
     <w:rsid w:val="006A33E4"/>
     <w:rsid w:val="006A423F"/>
     <w:rsid w:val="006A757A"/>
     <w:rsid w:val="006B1A23"/>
     <w:rsid w:val="006B5155"/>
     <w:rsid w:val="006B6D93"/>
     <w:rsid w:val="006C3CF0"/>
     <w:rsid w:val="006E2B6B"/>
     <w:rsid w:val="006E673C"/>
     <w:rsid w:val="006E7712"/>
+    <w:rsid w:val="006F1363"/>
     <w:rsid w:val="00703751"/>
     <w:rsid w:val="00705DFB"/>
     <w:rsid w:val="00705FAA"/>
     <w:rsid w:val="00706691"/>
     <w:rsid w:val="007100B5"/>
     <w:rsid w:val="00712D65"/>
     <w:rsid w:val="00713423"/>
     <w:rsid w:val="007211C6"/>
     <w:rsid w:val="00723912"/>
+    <w:rsid w:val="00723F0C"/>
     <w:rsid w:val="007266A9"/>
     <w:rsid w:val="00730388"/>
     <w:rsid w:val="0073058E"/>
     <w:rsid w:val="00730B6E"/>
     <w:rsid w:val="007312FE"/>
     <w:rsid w:val="007337AC"/>
     <w:rsid w:val="0073441B"/>
     <w:rsid w:val="0073774A"/>
     <w:rsid w:val="00741A17"/>
     <w:rsid w:val="00741B55"/>
     <w:rsid w:val="0074237C"/>
     <w:rsid w:val="00744B7A"/>
     <w:rsid w:val="007531FD"/>
     <w:rsid w:val="00757816"/>
     <w:rsid w:val="00760255"/>
     <w:rsid w:val="00766FD4"/>
     <w:rsid w:val="00771A3A"/>
     <w:rsid w:val="00772D68"/>
     <w:rsid w:val="00782609"/>
     <w:rsid w:val="00784339"/>
+    <w:rsid w:val="00784FF7"/>
     <w:rsid w:val="00792518"/>
     <w:rsid w:val="00794192"/>
     <w:rsid w:val="00794DF5"/>
     <w:rsid w:val="00796867"/>
     <w:rsid w:val="007979AD"/>
     <w:rsid w:val="00797B3F"/>
     <w:rsid w:val="007A4990"/>
     <w:rsid w:val="007A6719"/>
     <w:rsid w:val="007B07D8"/>
     <w:rsid w:val="007B602E"/>
     <w:rsid w:val="007B79E2"/>
     <w:rsid w:val="007C485E"/>
     <w:rsid w:val="007C7F0B"/>
+    <w:rsid w:val="007D0F4A"/>
     <w:rsid w:val="007D2E28"/>
     <w:rsid w:val="007E14FB"/>
     <w:rsid w:val="007E4BE7"/>
     <w:rsid w:val="007F4937"/>
     <w:rsid w:val="007F728B"/>
     <w:rsid w:val="00804AC7"/>
     <w:rsid w:val="00807D54"/>
     <w:rsid w:val="008102E8"/>
     <w:rsid w:val="00810544"/>
     <w:rsid w:val="00811C31"/>
     <w:rsid w:val="00813692"/>
     <w:rsid w:val="00827C2A"/>
     <w:rsid w:val="00830B8F"/>
     <w:rsid w:val="00831F58"/>
     <w:rsid w:val="00834F00"/>
     <w:rsid w:val="00835624"/>
     <w:rsid w:val="00845D9E"/>
     <w:rsid w:val="008471DF"/>
     <w:rsid w:val="00851C72"/>
     <w:rsid w:val="00862654"/>
     <w:rsid w:val="00864ADE"/>
     <w:rsid w:val="0086569C"/>
+    <w:rsid w:val="00874DB6"/>
+    <w:rsid w:val="00875075"/>
     <w:rsid w:val="008757F3"/>
     <w:rsid w:val="0088255E"/>
     <w:rsid w:val="0088563C"/>
     <w:rsid w:val="00886776"/>
     <w:rsid w:val="0088787A"/>
     <w:rsid w:val="00887946"/>
     <w:rsid w:val="008923C0"/>
+    <w:rsid w:val="008B4C81"/>
     <w:rsid w:val="008B5FD2"/>
     <w:rsid w:val="008B6E77"/>
     <w:rsid w:val="008B748E"/>
     <w:rsid w:val="008C5C45"/>
     <w:rsid w:val="008C6202"/>
     <w:rsid w:val="008D060E"/>
     <w:rsid w:val="008D23F1"/>
     <w:rsid w:val="008F020B"/>
     <w:rsid w:val="008F251A"/>
     <w:rsid w:val="008F3971"/>
     <w:rsid w:val="00900BEB"/>
     <w:rsid w:val="00906723"/>
     <w:rsid w:val="00914F9C"/>
     <w:rsid w:val="00921E5C"/>
     <w:rsid w:val="00945477"/>
     <w:rsid w:val="00946345"/>
     <w:rsid w:val="00964640"/>
     <w:rsid w:val="0096779E"/>
     <w:rsid w:val="0097198C"/>
     <w:rsid w:val="00971CF3"/>
     <w:rsid w:val="0097222E"/>
     <w:rsid w:val="00974AFC"/>
     <w:rsid w:val="009866C4"/>
     <w:rsid w:val="00991159"/>
     <w:rsid w:val="009911B7"/>
     <w:rsid w:val="00992086"/>
     <w:rsid w:val="00995B2F"/>
     <w:rsid w:val="009A0902"/>
     <w:rsid w:val="009A2FBE"/>
     <w:rsid w:val="009A496E"/>
     <w:rsid w:val="009A4D8E"/>
     <w:rsid w:val="009B0B97"/>
     <w:rsid w:val="009B1F10"/>
+    <w:rsid w:val="009B46F3"/>
     <w:rsid w:val="009B5C13"/>
     <w:rsid w:val="009B7057"/>
     <w:rsid w:val="009C23D0"/>
     <w:rsid w:val="009C4EA2"/>
     <w:rsid w:val="009C566E"/>
     <w:rsid w:val="009D71F3"/>
     <w:rsid w:val="009E0DA4"/>
     <w:rsid w:val="009E6435"/>
     <w:rsid w:val="009E6840"/>
     <w:rsid w:val="009E7D0E"/>
     <w:rsid w:val="009F2926"/>
     <w:rsid w:val="00A2021B"/>
     <w:rsid w:val="00A245DD"/>
     <w:rsid w:val="00A473A1"/>
     <w:rsid w:val="00A52F0B"/>
     <w:rsid w:val="00A55E7A"/>
     <w:rsid w:val="00A57023"/>
     <w:rsid w:val="00A60802"/>
     <w:rsid w:val="00A64842"/>
     <w:rsid w:val="00A75CC8"/>
     <w:rsid w:val="00A77707"/>
     <w:rsid w:val="00A77989"/>
     <w:rsid w:val="00A8546F"/>
     <w:rsid w:val="00A91228"/>
     <w:rsid w:val="00A91620"/>
     <w:rsid w:val="00A93B7B"/>
     <w:rsid w:val="00A95559"/>
     <w:rsid w:val="00A959DA"/>
     <w:rsid w:val="00AA1218"/>
     <w:rsid w:val="00AA6F9E"/>
     <w:rsid w:val="00AB4D03"/>
     <w:rsid w:val="00AC0F63"/>
     <w:rsid w:val="00AC618D"/>
     <w:rsid w:val="00AE28CA"/>
     <w:rsid w:val="00AE5B70"/>
     <w:rsid w:val="00AF118D"/>
     <w:rsid w:val="00B0740D"/>
     <w:rsid w:val="00B07FA7"/>
     <w:rsid w:val="00B15C27"/>
+    <w:rsid w:val="00B17D3E"/>
     <w:rsid w:val="00B3170D"/>
     <w:rsid w:val="00B406A2"/>
     <w:rsid w:val="00B411F0"/>
     <w:rsid w:val="00B41BAC"/>
     <w:rsid w:val="00B51B15"/>
     <w:rsid w:val="00B51FFE"/>
     <w:rsid w:val="00B54BF6"/>
     <w:rsid w:val="00B54FB8"/>
     <w:rsid w:val="00B625C2"/>
     <w:rsid w:val="00B62C36"/>
     <w:rsid w:val="00B62DB9"/>
     <w:rsid w:val="00B6499E"/>
     <w:rsid w:val="00B677A2"/>
     <w:rsid w:val="00B7446C"/>
     <w:rsid w:val="00B77BFC"/>
     <w:rsid w:val="00B80011"/>
     <w:rsid w:val="00B81996"/>
     <w:rsid w:val="00B841DA"/>
     <w:rsid w:val="00B85ACD"/>
     <w:rsid w:val="00B94B16"/>
     <w:rsid w:val="00BA5A39"/>
     <w:rsid w:val="00BA5AE5"/>
     <w:rsid w:val="00BB60C0"/>
     <w:rsid w:val="00BC2336"/>
     <w:rsid w:val="00BC2847"/>
@@ -3857,137 +3949,144 @@
     <w:rsid w:val="00BD715E"/>
     <w:rsid w:val="00BD7A3D"/>
     <w:rsid w:val="00BE0F65"/>
     <w:rsid w:val="00BE3613"/>
     <w:rsid w:val="00BE6FA7"/>
     <w:rsid w:val="00BF223C"/>
     <w:rsid w:val="00C00D21"/>
     <w:rsid w:val="00C01750"/>
     <w:rsid w:val="00C07206"/>
     <w:rsid w:val="00C11D8B"/>
     <w:rsid w:val="00C20A7B"/>
     <w:rsid w:val="00C31CF3"/>
     <w:rsid w:val="00C33841"/>
     <w:rsid w:val="00C34326"/>
     <w:rsid w:val="00C35829"/>
     <w:rsid w:val="00C40FA5"/>
     <w:rsid w:val="00C42612"/>
     <w:rsid w:val="00C44F17"/>
     <w:rsid w:val="00C534F0"/>
     <w:rsid w:val="00C57B61"/>
     <w:rsid w:val="00C57C0B"/>
     <w:rsid w:val="00C666DA"/>
     <w:rsid w:val="00C67C22"/>
     <w:rsid w:val="00C7495C"/>
     <w:rsid w:val="00C84F7A"/>
+    <w:rsid w:val="00C8516C"/>
     <w:rsid w:val="00CA3ABB"/>
+    <w:rsid w:val="00CB051D"/>
     <w:rsid w:val="00CB1CD4"/>
     <w:rsid w:val="00CC2F4F"/>
     <w:rsid w:val="00CC4BBA"/>
     <w:rsid w:val="00CC740D"/>
     <w:rsid w:val="00CD1A50"/>
     <w:rsid w:val="00CD21F0"/>
     <w:rsid w:val="00CD2280"/>
     <w:rsid w:val="00CD31D7"/>
     <w:rsid w:val="00CD4CA7"/>
     <w:rsid w:val="00CD6115"/>
     <w:rsid w:val="00CE6B5A"/>
     <w:rsid w:val="00CE7FC9"/>
     <w:rsid w:val="00CF281F"/>
     <w:rsid w:val="00CF2DF5"/>
     <w:rsid w:val="00CF5BD5"/>
     <w:rsid w:val="00CF673C"/>
     <w:rsid w:val="00CF7F59"/>
     <w:rsid w:val="00D01D22"/>
     <w:rsid w:val="00D0248D"/>
     <w:rsid w:val="00D170D7"/>
     <w:rsid w:val="00D171A9"/>
     <w:rsid w:val="00D21AE9"/>
+    <w:rsid w:val="00D21E7C"/>
+    <w:rsid w:val="00D27FBA"/>
     <w:rsid w:val="00D30867"/>
     <w:rsid w:val="00D33383"/>
     <w:rsid w:val="00D34CB9"/>
     <w:rsid w:val="00D51BA2"/>
     <w:rsid w:val="00D52EB8"/>
     <w:rsid w:val="00D64241"/>
     <w:rsid w:val="00D80945"/>
     <w:rsid w:val="00D83791"/>
     <w:rsid w:val="00D87216"/>
     <w:rsid w:val="00D941A4"/>
     <w:rsid w:val="00DA4CEF"/>
     <w:rsid w:val="00DA538B"/>
     <w:rsid w:val="00DB09E5"/>
     <w:rsid w:val="00DB1F70"/>
     <w:rsid w:val="00DB43A5"/>
     <w:rsid w:val="00DB711F"/>
     <w:rsid w:val="00DC11D8"/>
     <w:rsid w:val="00DC4B7A"/>
     <w:rsid w:val="00DC643B"/>
     <w:rsid w:val="00DD78D5"/>
     <w:rsid w:val="00DE18CC"/>
     <w:rsid w:val="00E029D6"/>
     <w:rsid w:val="00E035C5"/>
     <w:rsid w:val="00E041BC"/>
     <w:rsid w:val="00E06B9B"/>
     <w:rsid w:val="00E12798"/>
     <w:rsid w:val="00E149C5"/>
     <w:rsid w:val="00E15912"/>
+    <w:rsid w:val="00E228F0"/>
     <w:rsid w:val="00E252D6"/>
     <w:rsid w:val="00E35DD6"/>
     <w:rsid w:val="00E43038"/>
     <w:rsid w:val="00E53100"/>
     <w:rsid w:val="00E53257"/>
     <w:rsid w:val="00E6041D"/>
     <w:rsid w:val="00E63D78"/>
+    <w:rsid w:val="00E67E21"/>
     <w:rsid w:val="00E711A6"/>
     <w:rsid w:val="00E74804"/>
     <w:rsid w:val="00E80624"/>
     <w:rsid w:val="00E83F38"/>
     <w:rsid w:val="00E916D4"/>
     <w:rsid w:val="00E91F1B"/>
     <w:rsid w:val="00EA0E92"/>
     <w:rsid w:val="00EB23C9"/>
     <w:rsid w:val="00EC0B10"/>
     <w:rsid w:val="00ED0089"/>
     <w:rsid w:val="00EE0D35"/>
     <w:rsid w:val="00EE396C"/>
     <w:rsid w:val="00EE3F88"/>
     <w:rsid w:val="00EE4FF6"/>
     <w:rsid w:val="00EF67D4"/>
     <w:rsid w:val="00F0099D"/>
     <w:rsid w:val="00F03DCB"/>
     <w:rsid w:val="00F110CE"/>
     <w:rsid w:val="00F11203"/>
     <w:rsid w:val="00F16EA7"/>
     <w:rsid w:val="00F21949"/>
     <w:rsid w:val="00F44139"/>
     <w:rsid w:val="00F478E9"/>
     <w:rsid w:val="00F507E1"/>
     <w:rsid w:val="00F60478"/>
     <w:rsid w:val="00F61407"/>
     <w:rsid w:val="00F62B6F"/>
     <w:rsid w:val="00F71FB1"/>
     <w:rsid w:val="00F97CD3"/>
+    <w:rsid w:val="00F97F90"/>
     <w:rsid w:val="00FA1D97"/>
     <w:rsid w:val="00FA2D4B"/>
     <w:rsid w:val="00FA374D"/>
     <w:rsid w:val="00FB466D"/>
     <w:rsid w:val="00FB4BDB"/>
     <w:rsid w:val="00FC100A"/>
     <w:rsid w:val="00FD1C68"/>
     <w:rsid w:val="00FD2097"/>
     <w:rsid w:val="00FD30E0"/>
     <w:rsid w:val="00FD759E"/>
     <w:rsid w:val="00FE0A63"/>
     <w:rsid w:val="00FE1620"/>
     <w:rsid w:val="00FE2876"/>
     <w:rsid w:val="00FE48C5"/>
     <w:rsid w:val="00FF02EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -5351,68 +5450,79 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2494</Characters>
+  <Pages>2</Pages>
+  <Words>477</Words>
+  <Characters>2598</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>71</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>90</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>How PubMed Works: Automatic Term Mapping</vt:lpstr>
+      <vt:lpstr>How PubMed Works: Automatic Term Mapping Handout</vt:lpstr>
+      <vt:lpstr>    Search Examples</vt:lpstr>
+      <vt:lpstr>    Exercises</vt:lpstr>
+      <vt:lpstr>    Additional Resources</vt:lpstr>
+      <vt:lpstr>    PubMed Tips:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2878</CharactersWithSpaces>
+  <CharactersWithSpaces>2985</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>How PubMed Works: Automatic Term Mapping</dc:title>
   <dc:creator>NNLM Training Office</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>