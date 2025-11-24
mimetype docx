--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,2897 +1,1922 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="014F5385" w14:textId="7577E8A9" w:rsidR="00030697" w:rsidRPr="004C0BB8" w:rsidRDefault="006A5BC0" w:rsidP="006A5BC0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="2672D3E3" w14:textId="77777777" w:rsidR="002355EF" w:rsidRPr="00142C61" w:rsidRDefault="002355EF" w:rsidP="002355EF">
+      <w:pPr>
+        <w:pStyle w:val="NNLM-H1"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Handout </w:t>
+      <w:r w:rsidRPr="00142C61">
+        <w:t>Health Statistics on the Web Guided Handout</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0692761E" w14:textId="19D18705" w:rsidR="004C0BB8" w:rsidRDefault="006C6259" w:rsidP="005D171A">
-[...63 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="0A85D0C7" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
+      <w:pPr>
+        <w:pStyle w:val="NNLM-H2"/>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+      <w:r w:rsidRPr="00142C61">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005D171A">
+        <w:t xml:space="preserve">In your own words, differentiate between data, data set, and statistics.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA70DD3" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CA45F3" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Data Set:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24385AF5" w14:textId="37081646" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statistics: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21062A6B" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
+      <w:pPr>
+        <w:pStyle w:val="NNLM-H2"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">In your own words, differentiate between data, data set, and statistics. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A4833" w:rsidRPr="005D171A">
+      </w:pPr>
+      <w:r w:rsidRPr="00142C61">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>What are 3 or more ways to use health statistics?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="214CA17C" w14:textId="41402664" w:rsidR="007A3DB0" w:rsidRPr="005D171A" w:rsidRDefault="007F284C" w:rsidP="005D171A">
+    <w:p w14:paraId="0496144E" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:numPr>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A2B26F" w14:textId="08AA686D" w:rsidR="007A3DB0" w:rsidRPr="005D171A" w:rsidRDefault="007F284C" w:rsidP="005D171A">
+    <w:p w14:paraId="0C95A81D" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:numPr>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8EAEFE" w14:textId="2AA5623D" w:rsidR="007A3DB0" w:rsidRDefault="007F284C" w:rsidP="009C6896">
+    <w:p w14:paraId="318386C0" w14:textId="510A8F91" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:numPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7504CE" w14:textId="77777777" w:rsidR="00C40EDB" w:rsidRPr="00C40EDB" w:rsidRDefault="00C40EDB" w:rsidP="00C40EDB"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="1DD5437A" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
+      <w:pPr>
+        <w:pStyle w:val="NNLM-H2"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142C61">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-      </w:pPr>
-[...25 lines deleted...]
-        <w:t>?</w:t>
+        <w:t>4 step process to finding health statistics:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1123FF41" w14:textId="42DC52FD" w:rsidR="00B72A97" w:rsidRDefault="00B72A97" w:rsidP="005D171A">
+    <w:p w14:paraId="198A5CFD" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C6896">
+      <w:r w:rsidRPr="00142C61">
         <w:rPr>
-          <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>1. Formulate a question</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6D11A1" w14:textId="61A3D780" w:rsidR="007A3DB0" w:rsidRPr="005D171A" w:rsidRDefault="00B72A97" w:rsidP="005D171A">
+    <w:p w14:paraId="6C1E1C31" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C6896">
+      <w:r w:rsidRPr="00142C61">
         <w:rPr>
-          <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">2. Choose the best resource </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06260F4D" w14:textId="23083F1A" w:rsidR="007A3DB0" w:rsidRDefault="00B72A97" w:rsidP="005D171A">
+    <w:p w14:paraId="5A2C6C2D" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C6896">
+      <w:r w:rsidRPr="00142C61">
         <w:rPr>
-          <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>3. Evaluate what you’ve found</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C52F264" w14:textId="77777777" w:rsidR="00C40EDB" w:rsidRPr="00C40EDB" w:rsidRDefault="00C40EDB" w:rsidP="00C40EDB"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005D171A">
+    <w:p w14:paraId="753ED53C" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="00142C61" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:rStyle w:val="SubtleEmphasis"/>
-[...2 lines deleted...]
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>4 step process to finding health statistics</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C87CC6" w:rsidRPr="005D171A">
+      </w:pPr>
+      <w:r w:rsidRPr="00142C61">
         <w:rPr>
-          <w:rStyle w:val="SubtleEmphasis"/>
-[...2 lines deleted...]
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>4. Repeat as needed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26AE4626" w14:textId="214A45F4" w:rsidR="00401C30" w:rsidRPr="005D171A" w:rsidRDefault="00B72A97" w:rsidP="005D171A">
-[...43 lines deleted...]
-    <w:p w14:paraId="263D8FEC" w14:textId="1BCDCD0D" w:rsidR="000D0AA9" w:rsidRPr="005D171A" w:rsidRDefault="005D171A" w:rsidP="005D171A">
+    <w:p w14:paraId="0687454D" w14:textId="77777777" w:rsidR="00CD3E59" w:rsidRPr="005D171A" w:rsidRDefault="00CD3E59" w:rsidP="00CD3E59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19DF8C5C" w14:textId="606AA77E" w:rsidR="004B329E" w:rsidRPr="005D171A" w:rsidRDefault="004B329E" w:rsidP="005D171A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D171A">
+    <w:p w14:paraId="31F96A08" w14:textId="41718ACB" w:rsidR="00FE09D5" w:rsidRPr="00AE74D4" w:rsidRDefault="00FE09D5" w:rsidP="00821408">
+      <w:pPr>
+        <w:pStyle w:val="NNLM-H2"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Class</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Exercise Part 1 </w:t>
+        <w:t>Class Exercise Part 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B89859" w14:textId="39588F15" w:rsidR="000D0AA9" w:rsidRPr="005D171A" w:rsidRDefault="00132375" w:rsidP="005D171A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="3E75DD44" w14:textId="44BA1E3A" w:rsidR="00FE09D5" w:rsidRPr="005D171A" w:rsidRDefault="00FE09D5" w:rsidP="00821408">
+      <w:pPr>
+        <w:pStyle w:val="NNLM-H3"/>
+        <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="000D0AA9">
-        <w:t>What question or topic will you search today?</w:t>
+        <w:t xml:space="preserve">What question or topic will you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0AA9">
+        <w:t>search for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0AA9">
+        <w:t xml:space="preserve"> today?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B15503" w14:textId="1575F2FF" w:rsidR="000D0AA9" w:rsidRPr="005D171A" w:rsidRDefault="008574FC" w:rsidP="00401C30">
+    <w:p w14:paraId="4AB64EBF" w14:textId="77777777" w:rsidR="00FE09D5" w:rsidRPr="005D171A" w:rsidRDefault="00FE09D5" w:rsidP="00FE09D5">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D0AA9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Take </w:t>
+        <w:t xml:space="preserve">Take two minutes to </w:t>
       </w:r>
-      <w:r w:rsidR="000D0AA9" w:rsidRPr="000D0AA9">
-[...11 lines deleted...]
-      <w:r w:rsidR="007D5820">
+      <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>formulate</w:t>
       </w:r>
       <w:r w:rsidRPr="000D0AA9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> a question for a health statistic you are interested in finding today. </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> timeframe in your question.</w:t>
+        <w:t xml:space="preserve"> a question for a health statistic you are interested in finding today. You may want to include age range, geography, and/or timeframe in your question.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE2034D" w14:textId="4DB55A39" w:rsidR="00ED6187" w:rsidRPr="005D171A" w:rsidRDefault="00ED6187" w:rsidP="005D171A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="4EF7D572" w14:textId="77777777" w:rsidR="00FE09D5" w:rsidRPr="005D171A" w:rsidRDefault="00FE09D5" w:rsidP="00487993">
+      <w:pPr>
+        <w:pStyle w:val="NNLM-H3"/>
+        <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="005D171A">
-        <w:t>Example</w:t>
-[...5 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Example questions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E95A3AF" w14:textId="336BBFE2" w:rsidR="004B329E" w:rsidRPr="005D171A" w:rsidRDefault="00ED6187" w:rsidP="005D171A">
+    <w:p w14:paraId="14C44B03" w14:textId="77777777" w:rsidR="00FE09D5" w:rsidRPr="005D171A" w:rsidRDefault="00FE09D5" w:rsidP="00FE09D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="33"/>
         </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00151215">
         <w:t xml:space="preserve">What </w:t>
       </w:r>
-      <w:r w:rsidR="000D0AA9">
+      <w:r>
         <w:t xml:space="preserve">percent </w:t>
       </w:r>
       <w:r w:rsidRPr="00151215">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="004B329E">
-[...3 lines deleted...]
-        <w:t>and</w:t>
+      <w:r>
+        <w:t>adults aged 21and</w:t>
       </w:r>
       <w:r w:rsidRPr="00151215">
         <w:t xml:space="preserve"> over reported having coronary heart disease in </w:t>
       </w:r>
-      <w:r w:rsidR="00C16CDA">
+      <w:r>
         <w:t>Kentucky</w:t>
       </w:r>
       <w:r w:rsidRPr="00151215">
         <w:t xml:space="preserve"> in 2019?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71765066" w14:textId="0F4836CA" w:rsidR="000D0AA9" w:rsidRPr="005D171A" w:rsidRDefault="00ED6187" w:rsidP="005D171A">
+    <w:p w14:paraId="5A7A3AE0" w14:textId="77777777" w:rsidR="00FE09D5" w:rsidRDefault="00FE09D5" w:rsidP="00FE09D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="33"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00151215">
         <w:t>How has the rural-urban distribution of the geriatric patient population in the United States changed in the last decade?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC64647" w14:textId="019F9AFD" w:rsidR="005D171A" w:rsidRDefault="008574FC" w:rsidP="005D171A">
-[...7 lines deleted...]
-        <w:t>:</w:t>
+    <w:p w14:paraId="11759891" w14:textId="14FD74E5" w:rsidR="00FE09D5" w:rsidRDefault="00FE09D5" w:rsidP="00FE09D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE09D5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>My Question:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36193F56" w14:textId="034F9DCD" w:rsidR="008574FC" w:rsidRPr="005D171A" w:rsidRDefault="005D171A" w:rsidP="005D171A">
-      <w:pPr>
+    <w:p w14:paraId="1513F950" w14:textId="77777777" w:rsidR="005D43EF" w:rsidRDefault="005D43EF" w:rsidP="00FE09D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4FB55DA3" w14:textId="37EF1744" w:rsidR="004C0BB8" w:rsidRDefault="007A3DB0" w:rsidP="005D171A">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005D171A">
+    <w:p w14:paraId="3BB3AF3D" w14:textId="77777777" w:rsidR="005D43EF" w:rsidRPr="00D6377D" w:rsidRDefault="005D43EF" w:rsidP="005D43EF">
+      <w:pPr>
+        <w:pStyle w:val="NNLM-H2"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6377D">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-        <w:t>Portals</w:t>
+        <w:t>Statistics Portals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1475ED52" w14:textId="3BCA01D7" w:rsidR="00132375" w:rsidRPr="007E0C9D" w:rsidRDefault="0065368C" w:rsidP="00132375">
+    <w:p w14:paraId="77567F2A" w14:textId="77777777" w:rsidR="005D43EF" w:rsidRPr="005D43EF" w:rsidRDefault="005D43EF" w:rsidP="005D43EF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00132375" w:rsidRPr="007E0C9D">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="005D43EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>National Center for Health Statistics (NCHS)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26F82A2D" w14:textId="02C72B05" w:rsidR="00ED6187" w:rsidRDefault="00ED6187" w:rsidP="00ED6187">
+    <w:p w14:paraId="4C595D73" w14:textId="77777777" w:rsidR="005D43EF" w:rsidRPr="005D43EF" w:rsidRDefault="005D43EF" w:rsidP="005D43EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>; part of the CDC</w:t>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D43EF">
+        <w:t>Principal health statistics agency; part of the CDC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200B14F5" w14:textId="7303FB3F" w:rsidR="00ED6187" w:rsidRDefault="00ED6187" w:rsidP="00ED6187">
+    <w:p w14:paraId="1B62F3E6" w14:textId="77777777" w:rsidR="005D43EF" w:rsidRPr="005D43EF" w:rsidRDefault="005D43EF" w:rsidP="005D43EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D43EF">
         <w:t>Population surveys, Vital Records, Data Briefs, Stats of the States</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C25991" w14:textId="77777777" w:rsidR="00CE1402" w:rsidRDefault="00CE1402" w:rsidP="00CE1402">
-[...58 lines deleted...]
-    <w:p w14:paraId="43D9237C" w14:textId="4FD45CFD" w:rsidR="00350F0C" w:rsidRPr="007E0C9D" w:rsidRDefault="0065368C" w:rsidP="00132375">
+    <w:p w14:paraId="29E9FE46" w14:textId="77777777" w:rsidR="005D43EF" w:rsidRPr="005D43EF" w:rsidRDefault="005D43EF" w:rsidP="005D43EF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00132375" w:rsidRPr="007E0C9D">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="005D43EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>MedlinePlus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5AB2AD1A" w14:textId="4143E51C" w:rsidR="00ED6187" w:rsidRDefault="00ED6187" w:rsidP="00ED6187">
+    <w:p w14:paraId="10CC8C7D" w14:textId="77777777" w:rsidR="005D43EF" w:rsidRPr="005D43EF" w:rsidRDefault="005D43EF" w:rsidP="005D43EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D43EF">
         <w:t>Produced by the National Library of Medicine</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B945ED" w14:textId="3C04E5C2" w:rsidR="00ED6187" w:rsidRDefault="00ED6187" w:rsidP="00ED6187">
+    <w:p w14:paraId="12364EB6" w14:textId="77777777" w:rsidR="005D43EF" w:rsidRPr="005D43EF" w:rsidRDefault="005D43EF" w:rsidP="005D43EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:t>” category</w:t>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D43EF">
+        <w:t>Health Topics include “Statistics and Research” category</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44DCE045" w14:textId="034F2000" w:rsidR="00ED6187" w:rsidRDefault="00ED6187" w:rsidP="00132375">
+    <w:p w14:paraId="4876518A" w14:textId="77777777" w:rsidR="005D43EF" w:rsidRPr="005D43EF" w:rsidRDefault="005D43EF" w:rsidP="005D43EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>to understand, in both English and Spanish</w:t>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D43EF">
+        <w:t>Easy to understand, in both English and Spanish</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D8B5E1E" w14:textId="482C5DA6" w:rsidR="00341944" w:rsidRDefault="00341944" w:rsidP="00132375">
-[...63 lines deleted...]
-      <w:r w:rsidR="00357AE6" w:rsidRPr="006B01BB">
+    <w:p w14:paraId="6F768063" w14:textId="3BED80BC" w:rsidR="005D43EF" w:rsidRPr="00AA7FA5" w:rsidRDefault="005D43EF" w:rsidP="00AA7FA5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>http://www.nlm.nih.gov/medlineplus/</w:t>
-[...12 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="005D43EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Notes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4809AD" w14:textId="77777777" w:rsidR="005D171A" w:rsidRDefault="005D171A">
-[...36 lines deleted...]
-    <w:p w14:paraId="2A4BCE2F" w14:textId="7BD60975" w:rsidR="00132375" w:rsidRPr="007E0C9D" w:rsidRDefault="0065368C" w:rsidP="00132375">
+    <w:p w14:paraId="5CEEDE2F" w14:textId="77777777" w:rsidR="00D6377D" w:rsidRPr="00D6377D" w:rsidRDefault="00D6377D" w:rsidP="00D6377D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00132375" w:rsidRPr="007E0C9D">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00D6377D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>Behavioral Risk Factor Surveillance System (BRFSS)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="529431FA" w14:textId="2039A6A1" w:rsidR="005416DC" w:rsidRDefault="005416DC" w:rsidP="00102216">
+    <w:p w14:paraId="52CE9E52" w14:textId="77777777" w:rsidR="00D6377D" w:rsidRPr="00D6377D" w:rsidRDefault="00D6377D" w:rsidP="00D6377D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>, 1984-present</w:t>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6377D">
+        <w:t>Sponsored by the CDC and other federal agencies, 1984-present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43601BE0" w14:textId="65FB21BD" w:rsidR="00EE69D0" w:rsidRDefault="00ED6187" w:rsidP="00EE69D0">
+    <w:p w14:paraId="5B9C832F" w14:textId="77777777" w:rsidR="00D6377D" w:rsidRPr="00D6377D" w:rsidRDefault="00D6377D" w:rsidP="00D6377D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>gest continually conducted survey</w:t>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6377D">
+        <w:t>World’s largest continually conducted survey</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3AA9C6" w14:textId="1F8FF581" w:rsidR="004C0BB8" w:rsidRDefault="00ED6187" w:rsidP="009C6896">
+    <w:p w14:paraId="1E618249" w14:textId="77777777" w:rsidR="00D6377D" w:rsidRPr="00D6377D" w:rsidRDefault="00D6377D" w:rsidP="00D6377D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>, compare states, some city/local-level data estimates</w:t>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6377D">
+        <w:t>Search by location, topic, compare states, some city/local-level data estimates</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70CA134D" w14:textId="5C70C617" w:rsidR="001C5888" w:rsidRDefault="001C5888" w:rsidP="009C6896">
-[...55 lines deleted...]
-    <w:p w14:paraId="3931B9F1" w14:textId="59B519EC" w:rsidR="00132375" w:rsidRDefault="0065368C" w:rsidP="005416DC">
+    <w:p w14:paraId="49181868" w14:textId="77777777" w:rsidR="00D6377D" w:rsidRPr="00D6377D" w:rsidRDefault="00D6377D" w:rsidP="00D6377D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00132375" w:rsidRPr="007E0C9D">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00D6377D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>State Health Facts</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78BC111F" w14:textId="7868007A" w:rsidR="001D4F06" w:rsidRDefault="005416DC" w:rsidP="00132375">
+    <w:p w14:paraId="3C6D211A" w14:textId="77777777" w:rsidR="00D6377D" w:rsidRPr="00D6377D" w:rsidRDefault="00D6377D" w:rsidP="00D6377D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>, a non-profit organization</w:t>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6377D">
+        <w:t>Produced by Kaiser Family Foundation, a non-profit organization</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E7436D" w14:textId="5C799321" w:rsidR="002D6CFD" w:rsidRDefault="003E793B" w:rsidP="00132375">
+    <w:p w14:paraId="419BBBAF" w14:textId="77777777" w:rsidR="00D6377D" w:rsidRPr="00D6377D" w:rsidRDefault="00D6377D" w:rsidP="00D6377D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="36"/>
         </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D6377D">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statistics on 800+ health indicators at the national and state level, compare states, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D6377D">
+        <w:t>custom state reports</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D6377D">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B196F67" w14:textId="77777777" w:rsidR="00D6377D" w:rsidRPr="00D6377D" w:rsidRDefault="00D6377D" w:rsidP="00D6377D">
+      <w:pPr>
+        <w:pStyle w:val="NNLM-H2"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D6CFD">
+      </w:pPr>
+      <w:r w:rsidRPr="00D6377D">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">tatistics on 800+ health </w:t>
+        <w:t>Notes:</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="20E6456A" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00F05191">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t>U.S. Census Bureau</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3D01BDC3" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>indicators at the national and state level</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D6CFD">
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">, compare states, </w:t>
+        <w:t>Produced by the U.S. Department of Commerce</w:t>
       </w:r>
-      <w:r w:rsidR="002D6CFD">
-[...2 lines deleted...]
-      <w:r w:rsidR="002D6CFD">
+    </w:p>
+    <w:p w14:paraId="06D9BBE8" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Find demographics and statistics at the state, county, city, town, zip code, and census tract level.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0A737E" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Citation</w:t>
-[...8 lines deleted...]
-        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>ZCTA: zip code tabulation area</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033C0FDD" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00F05191">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t>County Health Rankings &amp; Roadmaps</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="323945F6" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
+        <w:t>Produced by the Robert Wood Johnson Foundation and the University of Wisconsin Population Health Institute</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3DBC72" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
+        <w:t>Annual rankings provide a snapshot of a community’s health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D73363C" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
+        <w:t xml:space="preserve">Search, browse, compare counties </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25522E49" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00F05191">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t>City Health Dashboard</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5CC6780A" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
+        <w:t xml:space="preserve">Produced by the non-profit National Resource Network in partnership with the Department of Population Health at NYU Langone Health and the Robert F. Wagner School of Public Service at NYU, 2017-present. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F80973" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
+        <w:t xml:space="preserve">Search, browse and compare data on 900+ cities in the U.S. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CABBED" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00F05191">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t>Rural Health Information Hub</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3D98376F" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
+        <w:t>National clearinghouse on rural health issues funded by the Federal Office of Rural Health Policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139369FB" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
+        <w:t>Health statistics of interest to those living in or working in rural areas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19556EB2" w14:textId="77777777" w:rsidR="00F05191" w:rsidRPr="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
+        <w:t>Data Sources &amp; Tools table, Rural Data Explorer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C566D0B" w14:textId="77777777" w:rsidR="00F05191" w:rsidRDefault="00F05191" w:rsidP="00F05191">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05191">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6846C5C0" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Class Exercise Part 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1D3B27" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:r w:rsidRPr="00AE74D4">
+        <w:t xml:space="preserve">Take five minutes and use the question you formulated in Part 1 to explore steps 2 through 4 of the 4-step process for locating health statistics. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4273304B" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:r w:rsidRPr="00AE74D4">
+        <w:t xml:space="preserve">Perform a search for your question and take some notes on what you find. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58108117" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Step 2. Choose the best resource </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C353303" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:t xml:space="preserve">Which resource might collect the data to produce or publish the statistic you want?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF2C3E4" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:t xml:space="preserve">Consider federal agencies, state and local organizations or institutions tied to the subject of your search.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F51FECF" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6560A1BD" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4"/>
+    <w:p w14:paraId="23DBCBE1" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Step 3. Evaluate what you’ve found</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42292977" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:t>Is it appropriate and sufficient to answer your question?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402892F2" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64752A00" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Step 4. Repeat as needed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD93BD4" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:t>Search another resource for additional information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D9418F" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Notes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2BEDD7" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="002967EF" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002967EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Continue Learning! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13502554" w14:textId="77777777" w:rsidR="00AE74D4" w:rsidRPr="00B83977" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83977">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>KFF</w:t>
+        <w:t xml:space="preserve">Explore health statistics with additional resources from NLM.  </w:t>
       </w:r>
-      <w:r w:rsidR="00153483">
+    </w:p>
+    <w:p w14:paraId="04B4C14A" w14:textId="5A9AC088" w:rsidR="00AE74D4" w:rsidRPr="002967EF" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:rStyle w:val="SubtleEmphasis"/>
-[...1 lines deleted...]
-          <w:iCs w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t>. State Health Facts [Internet]</w:t>
-[...54 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00357AE6" w:rsidRPr="006B01BB">
+        <w:r w:rsidRPr="002967EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>https://www.kff.org/statedata/</w:t>
+          <w:t>Finding and Using Health Statistics</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00357AE6">
+      <w:r w:rsidRPr="002967EF">
         <w:rPr>
-          <w:rStyle w:val="SubtleEmphasis"/>
-[...1 lines deleted...]
-          <w:iCs w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...1080 lines deleted...]
-          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF6F9B6" w14:textId="041678CD" w:rsidR="0041279B" w:rsidRPr="00A5585C" w:rsidRDefault="0041279B" w:rsidP="006C6259">
+    <w:p w14:paraId="2567E915" w14:textId="49A37919" w:rsidR="00AE74D4" w:rsidRPr="002967EF" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002967EF">
+        <w:t xml:space="preserve">This self-paced tutorial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002967EF">
+        <w:t xml:space="preserve">from </w:t>
+      </w:r>
+      <w:r w:rsidR="002967EF" w:rsidRPr="002967EF">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002967EF">
+        <w:t>National Library of Medicine</w:t>
+      </w:r>
+      <w:r w:rsidR="002967EF" w:rsidRPr="002967EF">
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002967EF">
+        <w:t xml:space="preserve"> National Information Center on Health Services Research &amp; Health Care Technology </w:t>
+      </w:r>
+      <w:r w:rsidR="002967EF" w:rsidRPr="002967EF">
+        <w:t xml:space="preserve">(NICHSR) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002967EF">
+        <w:t xml:space="preserve">describes different types of health statistics, how they are collected, and where they can be found. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA3D510" w14:textId="37DDB8B3" w:rsidR="00AE74D4" w:rsidRPr="002967EF" w:rsidRDefault="00AE74D4" w:rsidP="00AE74D4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5585C">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="002967EF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>Know your Chances: Understanding Health Statistics</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002967EF">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Finding and Using Health Statistics </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2D1E63" w14:textId="29C9507B" w:rsidR="006C6259" w:rsidRPr="00A5585C" w:rsidRDefault="006C6259" w:rsidP="00A5585C">
+    <w:p w14:paraId="3D537CD6" w14:textId="288591F8" w:rsidR="00535AE9" w:rsidRPr="00BA04B5" w:rsidRDefault="00AE74D4" w:rsidP="00B83977">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="44"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>This self-paced t</w:t>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002967EF">
+        <w:t>Access</w:t>
       </w:r>
-      <w:r w:rsidR="00B134A6" w:rsidRPr="00A5585C">
-        <w:t xml:space="preserve">utorial </w:t>
+      <w:r w:rsidRPr="002967EF">
+        <w:t xml:space="preserve"> this free book </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5585C">
-        <w:t xml:space="preserve">describes different types of health statistics, how they are collected, and where they can be found. </w:t>
+      <w:r w:rsidRPr="002967EF">
+        <w:t xml:space="preserve">from NLM’s Bookshelf </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002967EF">
+        <w:t xml:space="preserve">to learn about numbers behind the messages—the medical statistics on which the claims are based. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24571FE6" w14:textId="77777777" w:rsidR="00CE1402" w:rsidRDefault="00CE1402" w:rsidP="00E72007">
-[...9 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="33F49A63" w14:textId="77777777" w:rsidR="00F96B4C" w:rsidRPr="00BD1BB4" w:rsidRDefault="00F96B4C" w:rsidP="00BD1BB4">
+      <w:pPr>
+        <w:pStyle w:val="NNLM-H1"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="190E8439" w14:textId="0428756B" w:rsidR="00A5585C" w:rsidRPr="00AD39DD" w:rsidRDefault="00E72007" w:rsidP="00CE1402">
-[...38 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2486A12A" w14:textId="77777777" w:rsidR="00BD1BB4" w:rsidRPr="00BD1BB4" w:rsidRDefault="00BD1BB4" w:rsidP="00BD1BB4">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="26D67FE7" w14:textId="419C415C" w:rsidR="0041279B" w:rsidRPr="00A5585C" w:rsidRDefault="0041279B" w:rsidP="006C6259">
-[...88 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId27"/>
+    <w:sectPr w:rsidR="00BD1BB4" w:rsidRPr="00BD1BB4" w:rsidSect="007F4937">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1152" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6499C4A3" w14:textId="77777777" w:rsidR="0065368C" w:rsidRDefault="0065368C" w:rsidP="006A5BC0">
+    <w:p w14:paraId="1E91DC2F" w14:textId="77777777" w:rsidR="00B042F0" w:rsidRDefault="00B042F0" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43DC7CD8" w14:textId="77777777" w:rsidR="0065368C" w:rsidRDefault="0065368C" w:rsidP="006A5BC0">
+    <w:p w14:paraId="334B8235" w14:textId="77777777" w:rsidR="00B042F0" w:rsidRDefault="00B042F0" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...25 lines deleted...]
-  </w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1705899587"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:id w:val="-675036999"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="1C4E4B5B" w14:textId="11F6DEB6" w:rsidR="009B0F61" w:rsidRPr="009B0F61" w:rsidRDefault="009B0F61" w:rsidP="009B0F61">
+      <w:p w14:paraId="3563B88C" w14:textId="59AC2D56" w:rsidR="0088563C" w:rsidRPr="0009025D" w:rsidRDefault="00B411F0" w:rsidP="00675CB9">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
-          <w:jc w:val="right"/>
           <w:rPr>
-            <w:sz w:val="16"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="009B0F61">
+        <w:r w:rsidRPr="00B411F0">
           <w:rPr>
-            <w:sz w:val="16"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
           </w:rPr>
+          <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="0088563C" w:rsidRPr="0009025D">
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Updated </w:t>
+        </w:r>
+        <w:r w:rsidR="00CD3E59">
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>January 2026</w:t>
+        </w:r>
+        <w:r w:rsidR="0088563C">
+          <w:rPr>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="3FBC42AC" w14:textId="23AA8878" w:rsidR="001C6109" w:rsidRDefault="001C6109" w:rsidP="00813692">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="009B0F61">
-[...2 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="009B0F61">
-[...2 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007855AD">
+        <w:r w:rsidR="00AB4D03">
           <w:rPr>
             <w:noProof/>
-            <w:sz w:val="16"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="009B0F61">
+        <w:r>
           <w:rPr>
             <w:noProof/>
-            <w:sz w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
+  <w:p w14:paraId="3456898A" w14:textId="77777777" w:rsidR="001C6109" w:rsidRDefault="001C6109">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66B8C2F6" w14:textId="77777777" w:rsidR="0065368C" w:rsidRDefault="0065368C" w:rsidP="006A5BC0">
+    <w:p w14:paraId="28700DB3" w14:textId="77777777" w:rsidR="00B042F0" w:rsidRDefault="00B042F0" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CDD0A4B" w14:textId="77777777" w:rsidR="0065368C" w:rsidRDefault="0065368C" w:rsidP="006A5BC0">
+    <w:p w14:paraId="05574DFE" w14:textId="77777777" w:rsidR="00B042F0" w:rsidRDefault="00B042F0" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="23801512" w14:textId="3EB45DE1" w:rsidR="006A5BC0" w:rsidRDefault="006A5BC0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37FDCAA7" w14:textId="70549568" w:rsidR="00834F00" w:rsidRDefault="0097198C" w:rsidP="00675CB9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C2D1A72" wp14:editId="3A933AFA">
-[...1 lines deleted...]
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3811E9E1" wp14:editId="6D5BF189">
+          <wp:extent cx="4962144" cy="793943"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:docPr id="1" name="Picture 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Picture 1">
-[...5 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="0" name="NNLM_TO_blu.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="5943600" cy="953770"/>
+                    <a:ext cx="4962144" cy="793943"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="28824E37" w14:textId="77777777" w:rsidR="009C6896" w:rsidRDefault="009C6896">
-[...3 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04AC64CF"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="6C64BA9E"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...71 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="DB0879E0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="15861F40"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="DF66E058"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="40009160"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="B7ACC4B6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E5FA664A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="02C2060E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="6D3859AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="088EB2EE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04FA2462"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3CC8908"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2960,318 +1985,62 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06715D1A"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FA44148"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="052A7256"/>
-[...8 lines deleted...]
-        </w:tabs>
+    <w:tmpl w:val="BA968800"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...251 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3302,164 +2071,191 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12F0339E"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FDD3EBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C6ECCEF8"/>
-[...105 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:tmpl w:val="5344B5EA"/>
+    <w:lvl w:ilvl="0" w:tplc="63E0E7CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B48A851E">
+      <w:start w:val="2027"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="75281038" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8FEE3B6C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="26E0C55E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3EACD4AA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1234D29E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8DF0B468" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="932CA0A4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13A723EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C0EB892"/>
     <w:lvl w:ilvl="0" w:tplc="841A6868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3528,256 +2324,140 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A4D40A3"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14536EB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DBFAC320"/>
-[...123 lines deleted...]
-      </w:rPr>
+    <w:tmpl w:val="B5A63A0E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24341821"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FCB6810"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D3C02652"/>
+    <w:tmpl w:val="D8FA84AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -3843,137 +2523,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B5D52E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7926480"/>
     <w:lvl w:ilvl="0" w:tplc="841A6868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4042,51 +2636,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CCE16C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A73AFD78"/>
     <w:lvl w:ilvl="0" w:tplc="841A6868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4155,51 +2749,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="317C2DED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4ED81458"/>
     <w:lvl w:ilvl="0" w:tplc="841A6868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4268,51 +2862,250 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32B57E8A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6E809A20"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32E83A83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D444008"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33296A52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E9E8DC8"/>
     <w:lvl w:ilvl="0" w:tplc="2040A3BC">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4381,535 +3174,250 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="350C5A8F"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D885358"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A9964A74"/>
-[...9 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:tmpl w:val="608895B6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="418544C5"/>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="455B01A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B98E0BF4"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="FEAC9452"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-[...311 lines deleted...]
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="457B554F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7E4A8AA"/>
     <w:lvl w:ilvl="0" w:tplc="841A6868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4978,51 +3486,140 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="459A674E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="79ECC052"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45EA77CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A12878E"/>
     <w:lvl w:ilvl="0" w:tplc="841A6868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5091,67 +3688,156 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="48A4087F"/>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A136E89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CC848302"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="79ECC052"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C046752"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C706E2A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -5204,164 +3890,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5835394C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCF68112"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5430,277 +4003,826 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5B5644A5"/>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58E4789D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5F34B5A2"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="3FCCD66A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="598A3BAD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17A2ED96"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="599E4087"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="52867176"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F726349"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5502851A"/>
+    <w:lvl w:ilvl="0" w:tplc="FEC8E12E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="624D02A3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C05AE792"/>
+    <w:lvl w:ilvl="0" w:tplc="762256C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:strike w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62F34A62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C0F2B598"/>
+    <w:lvl w:ilvl="0" w:tplc="3D3473FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="41CA4326" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="57E0A6CE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A97EB428" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D4820B7C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DEFACF08" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1DD61FF0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82F68E00" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="081EE34C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="60E616B8"/>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="632C5C11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7BAE3038"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="1EDEB422"/>
+    <w:lvl w:ilvl="0" w:tplc="EC2881C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65B77623"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DB82A11E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...13 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66E819EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F11C56B4"/>
     <w:lvl w:ilvl="0" w:tplc="841A6868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5769,250 +4891,140 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6B1C5F10"/>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AD53CD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5FBC0FEC"/>
-[...115 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="DFCC27FE"/>
+    <w:lvl w:ilvl="0" w:tplc="A6D00546">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70B76039"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9BA6C976"/>
     <w:lvl w:ilvl="0" w:tplc="841A6868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6081,51 +5093,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="710A544F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3620DC44"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6194,624 +5206,141 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="752C7BA9"/>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="768814A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B98E0BF4"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="16CAA0B6"/>
+    <w:lvl w:ilvl="0" w:tplc="F4B8CEB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="630" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1350" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2070" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2790" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3510" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4230" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4950" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5670" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6390" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
-[...486 lines deleted...]
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FAA7BC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DEE5F3E"/>
     <w:lvl w:ilvl="0" w:tplc="841A6868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6880,532 +5409,811 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
-[...139 lines deleted...]
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2078817878">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1584606050">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="598952202">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="668870159">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1782609141">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="599457983">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="19555875">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2006202707">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="491681159">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="429356464">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="87389880">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1152988446">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="548034060">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1502742977">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1651668761">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1009911732">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1302418299">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1683816691">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="275065863">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1736735070">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1882475936">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="886113379">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="2117749771">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="6100725">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="293561616">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="33044307">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1213813152">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="37"/>
+  <w:num w:numId="28" w16cid:durableId="663633286">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="29" w16cid:durableId="1585412727">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="243221974">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1789936258">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
-[...2 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="32" w16cid:durableId="1930381843">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="33" w16cid:durableId="391542011">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1688824022">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="100734573">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1803569575">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1706255107">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1418795335">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="485897267">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1631672061">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="32"/>
+  <w:num w:numId="41" w16cid:durableId="765266469">
+    <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="34"/>
+  <w:num w:numId="42" w16cid:durableId="2106535679">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="9">
-[...5 lines deleted...]
-  <w:num w:numId="11">
+  <w:num w:numId="43" w16cid:durableId="422383013">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="12">
-[...84 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="44" w16cid:durableId="1623264563">
+    <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...2 lines deleted...]
-  <w:removeDateAndTime/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00075419"/>
-[...142 lines deleted...]
-    <w:rsid w:val="00FD19A2"/>
+    <w:rsidRoot w:val="0026053B"/>
+    <w:rsid w:val="00003FED"/>
+    <w:rsid w:val="00015DB0"/>
+    <w:rsid w:val="00016C46"/>
+    <w:rsid w:val="000172BA"/>
+    <w:rsid w:val="0002155E"/>
+    <w:rsid w:val="000231FE"/>
+    <w:rsid w:val="00023A2C"/>
+    <w:rsid w:val="00027395"/>
+    <w:rsid w:val="00031EC3"/>
+    <w:rsid w:val="0003725F"/>
+    <w:rsid w:val="00043EA6"/>
+    <w:rsid w:val="00051092"/>
+    <w:rsid w:val="00053823"/>
+    <w:rsid w:val="00054557"/>
+    <w:rsid w:val="000551F9"/>
+    <w:rsid w:val="0005600A"/>
+    <w:rsid w:val="0006092D"/>
+    <w:rsid w:val="00073B97"/>
+    <w:rsid w:val="00076A2C"/>
+    <w:rsid w:val="000827B0"/>
+    <w:rsid w:val="0008379A"/>
+    <w:rsid w:val="0009025D"/>
+    <w:rsid w:val="0009240B"/>
+    <w:rsid w:val="00094F6E"/>
+    <w:rsid w:val="000975F6"/>
+    <w:rsid w:val="000B0676"/>
+    <w:rsid w:val="000B637A"/>
+    <w:rsid w:val="000D05D5"/>
+    <w:rsid w:val="000D59DE"/>
+    <w:rsid w:val="000D6AF4"/>
+    <w:rsid w:val="000E455D"/>
+    <w:rsid w:val="000E5682"/>
+    <w:rsid w:val="000F3578"/>
+    <w:rsid w:val="000F38AB"/>
+    <w:rsid w:val="000F67AE"/>
+    <w:rsid w:val="001144D7"/>
+    <w:rsid w:val="00116F11"/>
+    <w:rsid w:val="001212F3"/>
+    <w:rsid w:val="00122941"/>
+    <w:rsid w:val="00124DC5"/>
+    <w:rsid w:val="001264DC"/>
+    <w:rsid w:val="0012679F"/>
+    <w:rsid w:val="001315A1"/>
+    <w:rsid w:val="00132031"/>
+    <w:rsid w:val="00135008"/>
+    <w:rsid w:val="00142997"/>
+    <w:rsid w:val="00142A96"/>
+    <w:rsid w:val="00142C61"/>
+    <w:rsid w:val="00144DAB"/>
+    <w:rsid w:val="00155E9F"/>
+    <w:rsid w:val="001625D5"/>
+    <w:rsid w:val="0017338E"/>
+    <w:rsid w:val="00173F9D"/>
+    <w:rsid w:val="00176B75"/>
+    <w:rsid w:val="00181B33"/>
+    <w:rsid w:val="001839F8"/>
+    <w:rsid w:val="00185AA9"/>
+    <w:rsid w:val="00185F07"/>
+    <w:rsid w:val="00187F91"/>
+    <w:rsid w:val="001973FE"/>
+    <w:rsid w:val="001A1EE5"/>
+    <w:rsid w:val="001A4677"/>
+    <w:rsid w:val="001C6109"/>
+    <w:rsid w:val="001E49DA"/>
+    <w:rsid w:val="001F164E"/>
+    <w:rsid w:val="001F1D85"/>
+    <w:rsid w:val="001F1FB7"/>
+    <w:rsid w:val="001F3941"/>
+    <w:rsid w:val="001F3E88"/>
+    <w:rsid w:val="0020480F"/>
+    <w:rsid w:val="00205A62"/>
+    <w:rsid w:val="00207ECC"/>
+    <w:rsid w:val="00213DB2"/>
+    <w:rsid w:val="00215E97"/>
+    <w:rsid w:val="002160BD"/>
+    <w:rsid w:val="00220371"/>
+    <w:rsid w:val="002233DE"/>
+    <w:rsid w:val="00225FCE"/>
+    <w:rsid w:val="002349A7"/>
+    <w:rsid w:val="002355EF"/>
+    <w:rsid w:val="00244A46"/>
+    <w:rsid w:val="00253C0C"/>
+    <w:rsid w:val="00254332"/>
+    <w:rsid w:val="0025460F"/>
+    <w:rsid w:val="0026053B"/>
+    <w:rsid w:val="00260600"/>
+    <w:rsid w:val="002666E8"/>
+    <w:rsid w:val="00272263"/>
+    <w:rsid w:val="002779F4"/>
+    <w:rsid w:val="00280B8D"/>
+    <w:rsid w:val="002967EF"/>
+    <w:rsid w:val="002A238E"/>
+    <w:rsid w:val="002A30CB"/>
+    <w:rsid w:val="002A7CF0"/>
+    <w:rsid w:val="002C1E39"/>
+    <w:rsid w:val="002C2D8D"/>
+    <w:rsid w:val="002C336E"/>
+    <w:rsid w:val="002C5513"/>
+    <w:rsid w:val="002D0FF7"/>
+    <w:rsid w:val="002E34FB"/>
+    <w:rsid w:val="002E6CD2"/>
+    <w:rsid w:val="002E7EB0"/>
+    <w:rsid w:val="00302689"/>
+    <w:rsid w:val="00303915"/>
+    <w:rsid w:val="00306ABA"/>
+    <w:rsid w:val="00311D96"/>
+    <w:rsid w:val="00315361"/>
+    <w:rsid w:val="0031794D"/>
+    <w:rsid w:val="0032349D"/>
+    <w:rsid w:val="003265C8"/>
+    <w:rsid w:val="00331812"/>
+    <w:rsid w:val="00332342"/>
+    <w:rsid w:val="003339AD"/>
+    <w:rsid w:val="003374AF"/>
+    <w:rsid w:val="0034608A"/>
+    <w:rsid w:val="00352761"/>
+    <w:rsid w:val="003567C2"/>
+    <w:rsid w:val="00362BFF"/>
+    <w:rsid w:val="003731A7"/>
+    <w:rsid w:val="00375F77"/>
+    <w:rsid w:val="003769A2"/>
+    <w:rsid w:val="00377BF1"/>
+    <w:rsid w:val="00384CD7"/>
+    <w:rsid w:val="00390E19"/>
+    <w:rsid w:val="003B3BC3"/>
+    <w:rsid w:val="003B6863"/>
+    <w:rsid w:val="003B792B"/>
+    <w:rsid w:val="003C0101"/>
+    <w:rsid w:val="003C35BF"/>
+    <w:rsid w:val="003C46C1"/>
+    <w:rsid w:val="003D287C"/>
+    <w:rsid w:val="003E4D56"/>
+    <w:rsid w:val="003E57CE"/>
+    <w:rsid w:val="003F1929"/>
+    <w:rsid w:val="00406DA9"/>
+    <w:rsid w:val="00412302"/>
+    <w:rsid w:val="0042075E"/>
+    <w:rsid w:val="00420CD0"/>
+    <w:rsid w:val="00421C92"/>
+    <w:rsid w:val="0042482A"/>
+    <w:rsid w:val="00427530"/>
+    <w:rsid w:val="00427E6D"/>
+    <w:rsid w:val="00455AFB"/>
+    <w:rsid w:val="00462EA1"/>
+    <w:rsid w:val="004659B3"/>
+    <w:rsid w:val="00467158"/>
+    <w:rsid w:val="004708CF"/>
+    <w:rsid w:val="00481386"/>
+    <w:rsid w:val="00487993"/>
+    <w:rsid w:val="00496480"/>
+    <w:rsid w:val="00496482"/>
+    <w:rsid w:val="004A26B6"/>
+    <w:rsid w:val="004B0086"/>
+    <w:rsid w:val="004B2698"/>
+    <w:rsid w:val="004B3AA4"/>
+    <w:rsid w:val="004C3D0C"/>
+    <w:rsid w:val="004D5AC0"/>
+    <w:rsid w:val="004E5A64"/>
+    <w:rsid w:val="004F2793"/>
+    <w:rsid w:val="004F439F"/>
+    <w:rsid w:val="00502032"/>
+    <w:rsid w:val="005055F0"/>
+    <w:rsid w:val="005156CF"/>
+    <w:rsid w:val="0052296D"/>
+    <w:rsid w:val="00531851"/>
+    <w:rsid w:val="00532972"/>
+    <w:rsid w:val="00532EB5"/>
+    <w:rsid w:val="00535AE9"/>
+    <w:rsid w:val="005428E1"/>
+    <w:rsid w:val="005536D3"/>
+    <w:rsid w:val="005573B6"/>
+    <w:rsid w:val="00560B2B"/>
+    <w:rsid w:val="00563266"/>
+    <w:rsid w:val="00565330"/>
+    <w:rsid w:val="005704DE"/>
+    <w:rsid w:val="00571403"/>
+    <w:rsid w:val="00572C3D"/>
+    <w:rsid w:val="00573BC8"/>
+    <w:rsid w:val="005743E8"/>
+    <w:rsid w:val="00586A47"/>
+    <w:rsid w:val="005936F3"/>
+    <w:rsid w:val="005938DC"/>
+    <w:rsid w:val="005938E6"/>
+    <w:rsid w:val="00593D7F"/>
+    <w:rsid w:val="00596E07"/>
+    <w:rsid w:val="00597BCC"/>
+    <w:rsid w:val="00597CD1"/>
+    <w:rsid w:val="005A080E"/>
+    <w:rsid w:val="005A0B64"/>
+    <w:rsid w:val="005B7EBF"/>
+    <w:rsid w:val="005C158B"/>
+    <w:rsid w:val="005C2A32"/>
+    <w:rsid w:val="005C5396"/>
+    <w:rsid w:val="005C7ECA"/>
+    <w:rsid w:val="005D0CD7"/>
+    <w:rsid w:val="005D43EF"/>
+    <w:rsid w:val="005D4A13"/>
+    <w:rsid w:val="005E1B9A"/>
+    <w:rsid w:val="005E47E5"/>
+    <w:rsid w:val="005F15DC"/>
+    <w:rsid w:val="006041FF"/>
+    <w:rsid w:val="00607151"/>
+    <w:rsid w:val="00613949"/>
+    <w:rsid w:val="00613F91"/>
+    <w:rsid w:val="00615D64"/>
+    <w:rsid w:val="006213D6"/>
+    <w:rsid w:val="006457F7"/>
+    <w:rsid w:val="006501A5"/>
+    <w:rsid w:val="00651531"/>
+    <w:rsid w:val="006553BE"/>
+    <w:rsid w:val="006563D8"/>
+    <w:rsid w:val="0065758D"/>
+    <w:rsid w:val="00662B78"/>
+    <w:rsid w:val="00665105"/>
+    <w:rsid w:val="00666C30"/>
+    <w:rsid w:val="00675CB9"/>
+    <w:rsid w:val="006806DA"/>
+    <w:rsid w:val="006858B5"/>
+    <w:rsid w:val="00685ABD"/>
+    <w:rsid w:val="0069077C"/>
+    <w:rsid w:val="00693F93"/>
+    <w:rsid w:val="006A096E"/>
+    <w:rsid w:val="006A1BF8"/>
+    <w:rsid w:val="006A423F"/>
+    <w:rsid w:val="006A757A"/>
+    <w:rsid w:val="006B1A23"/>
+    <w:rsid w:val="006B5155"/>
+    <w:rsid w:val="006B6D93"/>
+    <w:rsid w:val="006C20E7"/>
+    <w:rsid w:val="006C3CF0"/>
+    <w:rsid w:val="006E2B6B"/>
+    <w:rsid w:val="006E673C"/>
+    <w:rsid w:val="006E7712"/>
+    <w:rsid w:val="00703751"/>
+    <w:rsid w:val="00703DE3"/>
+    <w:rsid w:val="00705DFB"/>
+    <w:rsid w:val="00705FAA"/>
+    <w:rsid w:val="00706691"/>
+    <w:rsid w:val="007100B5"/>
+    <w:rsid w:val="00712D65"/>
+    <w:rsid w:val="00713423"/>
+    <w:rsid w:val="007211C6"/>
+    <w:rsid w:val="00723912"/>
+    <w:rsid w:val="007266A9"/>
+    <w:rsid w:val="00730388"/>
+    <w:rsid w:val="0073058E"/>
+    <w:rsid w:val="00730B6E"/>
+    <w:rsid w:val="007312FE"/>
+    <w:rsid w:val="007337AC"/>
+    <w:rsid w:val="0073441B"/>
+    <w:rsid w:val="0073774A"/>
+    <w:rsid w:val="00741A17"/>
+    <w:rsid w:val="00741B55"/>
+    <w:rsid w:val="0074237C"/>
+    <w:rsid w:val="00744B7A"/>
+    <w:rsid w:val="007531FD"/>
+    <w:rsid w:val="00757816"/>
+    <w:rsid w:val="00760255"/>
+    <w:rsid w:val="00766FD4"/>
+    <w:rsid w:val="00771A3A"/>
+    <w:rsid w:val="00772D68"/>
+    <w:rsid w:val="00782609"/>
+    <w:rsid w:val="00784339"/>
+    <w:rsid w:val="0079133E"/>
+    <w:rsid w:val="00792518"/>
+    <w:rsid w:val="00794192"/>
+    <w:rsid w:val="00794DF5"/>
+    <w:rsid w:val="00796867"/>
+    <w:rsid w:val="007979AD"/>
+    <w:rsid w:val="00797B3F"/>
+    <w:rsid w:val="007A4990"/>
+    <w:rsid w:val="007A6719"/>
+    <w:rsid w:val="007B07D8"/>
+    <w:rsid w:val="007B602E"/>
+    <w:rsid w:val="007B79E2"/>
+    <w:rsid w:val="007C485E"/>
+    <w:rsid w:val="007C7F0B"/>
+    <w:rsid w:val="007D2E28"/>
+    <w:rsid w:val="007E14FB"/>
+    <w:rsid w:val="007E4BE7"/>
+    <w:rsid w:val="007F4937"/>
+    <w:rsid w:val="007F728B"/>
+    <w:rsid w:val="00804AC7"/>
+    <w:rsid w:val="00807D54"/>
+    <w:rsid w:val="008102E8"/>
+    <w:rsid w:val="00810544"/>
+    <w:rsid w:val="00811C31"/>
+    <w:rsid w:val="00813692"/>
+    <w:rsid w:val="00821408"/>
+    <w:rsid w:val="00825C08"/>
+    <w:rsid w:val="00827C2A"/>
+    <w:rsid w:val="00830B8F"/>
+    <w:rsid w:val="00831F58"/>
+    <w:rsid w:val="00834F00"/>
+    <w:rsid w:val="00835624"/>
+    <w:rsid w:val="00845D9E"/>
+    <w:rsid w:val="008471DF"/>
+    <w:rsid w:val="00851C72"/>
+    <w:rsid w:val="00862654"/>
+    <w:rsid w:val="00864ADE"/>
+    <w:rsid w:val="0086569C"/>
+    <w:rsid w:val="008757F3"/>
+    <w:rsid w:val="0088255E"/>
+    <w:rsid w:val="0088563C"/>
+    <w:rsid w:val="00886776"/>
+    <w:rsid w:val="0088787A"/>
+    <w:rsid w:val="00887946"/>
+    <w:rsid w:val="008B5FD2"/>
+    <w:rsid w:val="008B6E77"/>
+    <w:rsid w:val="008B748E"/>
+    <w:rsid w:val="008C5C45"/>
+    <w:rsid w:val="008C6202"/>
+    <w:rsid w:val="008D060E"/>
+    <w:rsid w:val="008D23F1"/>
+    <w:rsid w:val="008F020B"/>
+    <w:rsid w:val="008F251A"/>
+    <w:rsid w:val="008F3971"/>
+    <w:rsid w:val="00900BEB"/>
+    <w:rsid w:val="00906723"/>
+    <w:rsid w:val="00914F9C"/>
+    <w:rsid w:val="00921E5C"/>
+    <w:rsid w:val="009245CF"/>
+    <w:rsid w:val="00945477"/>
+    <w:rsid w:val="00946345"/>
+    <w:rsid w:val="00964640"/>
+    <w:rsid w:val="0096779E"/>
+    <w:rsid w:val="0097198C"/>
+    <w:rsid w:val="00971CF3"/>
+    <w:rsid w:val="0097222E"/>
+    <w:rsid w:val="00974AFC"/>
+    <w:rsid w:val="009866C4"/>
+    <w:rsid w:val="00991159"/>
+    <w:rsid w:val="009911B7"/>
+    <w:rsid w:val="00992086"/>
+    <w:rsid w:val="00995B2F"/>
+    <w:rsid w:val="009A0902"/>
+    <w:rsid w:val="009A1C18"/>
+    <w:rsid w:val="009A2FBE"/>
+    <w:rsid w:val="009A496E"/>
+    <w:rsid w:val="009A4D8E"/>
+    <w:rsid w:val="009B0B97"/>
+    <w:rsid w:val="009B1F10"/>
+    <w:rsid w:val="009B5C13"/>
+    <w:rsid w:val="009B7057"/>
+    <w:rsid w:val="009C23D0"/>
+    <w:rsid w:val="009C4EA2"/>
+    <w:rsid w:val="009C566E"/>
+    <w:rsid w:val="009D011D"/>
+    <w:rsid w:val="009D71F3"/>
+    <w:rsid w:val="009E0DA4"/>
+    <w:rsid w:val="009E6435"/>
+    <w:rsid w:val="009E6840"/>
+    <w:rsid w:val="009E7D0E"/>
+    <w:rsid w:val="009F2926"/>
+    <w:rsid w:val="00A006D4"/>
+    <w:rsid w:val="00A10173"/>
+    <w:rsid w:val="00A2021B"/>
+    <w:rsid w:val="00A245DD"/>
+    <w:rsid w:val="00A473A1"/>
+    <w:rsid w:val="00A52F0B"/>
+    <w:rsid w:val="00A55E7A"/>
+    <w:rsid w:val="00A57023"/>
+    <w:rsid w:val="00A60802"/>
+    <w:rsid w:val="00A64842"/>
+    <w:rsid w:val="00A75CC8"/>
+    <w:rsid w:val="00A77707"/>
+    <w:rsid w:val="00A77989"/>
+    <w:rsid w:val="00A8546F"/>
+    <w:rsid w:val="00A91228"/>
+    <w:rsid w:val="00A91620"/>
+    <w:rsid w:val="00A93B7B"/>
+    <w:rsid w:val="00A95559"/>
+    <w:rsid w:val="00A959DA"/>
+    <w:rsid w:val="00AA1218"/>
+    <w:rsid w:val="00AA6F9E"/>
+    <w:rsid w:val="00AA7FA5"/>
+    <w:rsid w:val="00AB4D03"/>
+    <w:rsid w:val="00AC0F63"/>
+    <w:rsid w:val="00AC618D"/>
+    <w:rsid w:val="00AE28CA"/>
+    <w:rsid w:val="00AE5B70"/>
+    <w:rsid w:val="00AE74D4"/>
+    <w:rsid w:val="00B03CD6"/>
+    <w:rsid w:val="00B042F0"/>
+    <w:rsid w:val="00B0740D"/>
+    <w:rsid w:val="00B07FA7"/>
+    <w:rsid w:val="00B15C27"/>
+    <w:rsid w:val="00B3170D"/>
+    <w:rsid w:val="00B406A2"/>
+    <w:rsid w:val="00B411F0"/>
+    <w:rsid w:val="00B41BAC"/>
+    <w:rsid w:val="00B51B15"/>
+    <w:rsid w:val="00B51FFE"/>
+    <w:rsid w:val="00B54BF6"/>
+    <w:rsid w:val="00B54FB8"/>
+    <w:rsid w:val="00B625C2"/>
+    <w:rsid w:val="00B62C36"/>
+    <w:rsid w:val="00B62DB9"/>
+    <w:rsid w:val="00B6499E"/>
+    <w:rsid w:val="00B677A2"/>
+    <w:rsid w:val="00B7446C"/>
+    <w:rsid w:val="00B80011"/>
+    <w:rsid w:val="00B81996"/>
+    <w:rsid w:val="00B83977"/>
+    <w:rsid w:val="00B841DA"/>
+    <w:rsid w:val="00B85ACD"/>
+    <w:rsid w:val="00B94B16"/>
+    <w:rsid w:val="00BA04B5"/>
+    <w:rsid w:val="00BA5A39"/>
+    <w:rsid w:val="00BA5AE5"/>
+    <w:rsid w:val="00BB60C0"/>
+    <w:rsid w:val="00BC2336"/>
+    <w:rsid w:val="00BC2847"/>
+    <w:rsid w:val="00BC454E"/>
+    <w:rsid w:val="00BD1BB4"/>
+    <w:rsid w:val="00BD4985"/>
+    <w:rsid w:val="00BD5171"/>
+    <w:rsid w:val="00BD6628"/>
+    <w:rsid w:val="00BD664C"/>
+    <w:rsid w:val="00BD715E"/>
+    <w:rsid w:val="00BD7A3D"/>
+    <w:rsid w:val="00BE0F65"/>
+    <w:rsid w:val="00BE3613"/>
+    <w:rsid w:val="00BE6FA7"/>
+    <w:rsid w:val="00BF223C"/>
+    <w:rsid w:val="00C07206"/>
+    <w:rsid w:val="00C11D8B"/>
+    <w:rsid w:val="00C20A7B"/>
+    <w:rsid w:val="00C31CF3"/>
+    <w:rsid w:val="00C33841"/>
+    <w:rsid w:val="00C34326"/>
+    <w:rsid w:val="00C35829"/>
+    <w:rsid w:val="00C40FA5"/>
+    <w:rsid w:val="00C42612"/>
+    <w:rsid w:val="00C44F17"/>
+    <w:rsid w:val="00C534F0"/>
+    <w:rsid w:val="00C57B61"/>
+    <w:rsid w:val="00C57C0B"/>
+    <w:rsid w:val="00C666DA"/>
+    <w:rsid w:val="00C67C22"/>
+    <w:rsid w:val="00C7495C"/>
+    <w:rsid w:val="00C84F7A"/>
+    <w:rsid w:val="00CA3ABB"/>
+    <w:rsid w:val="00CB1CD4"/>
+    <w:rsid w:val="00CC2F4F"/>
+    <w:rsid w:val="00CC4BBA"/>
+    <w:rsid w:val="00CC740D"/>
+    <w:rsid w:val="00CD1A50"/>
+    <w:rsid w:val="00CD21F0"/>
+    <w:rsid w:val="00CD2280"/>
+    <w:rsid w:val="00CD31D7"/>
+    <w:rsid w:val="00CD3E59"/>
+    <w:rsid w:val="00CD46E8"/>
+    <w:rsid w:val="00CD4CA7"/>
+    <w:rsid w:val="00CD6115"/>
+    <w:rsid w:val="00CE6B5A"/>
+    <w:rsid w:val="00CE7FC9"/>
+    <w:rsid w:val="00CF281F"/>
+    <w:rsid w:val="00CF2DF5"/>
+    <w:rsid w:val="00CF5BD5"/>
+    <w:rsid w:val="00CF673C"/>
+    <w:rsid w:val="00CF7F59"/>
+    <w:rsid w:val="00D01D22"/>
+    <w:rsid w:val="00D170D7"/>
+    <w:rsid w:val="00D171A9"/>
+    <w:rsid w:val="00D21AE9"/>
+    <w:rsid w:val="00D30867"/>
+    <w:rsid w:val="00D33383"/>
+    <w:rsid w:val="00D34CB9"/>
+    <w:rsid w:val="00D51BA2"/>
+    <w:rsid w:val="00D52EB8"/>
+    <w:rsid w:val="00D6377D"/>
+    <w:rsid w:val="00D64241"/>
+    <w:rsid w:val="00D80945"/>
+    <w:rsid w:val="00D83791"/>
+    <w:rsid w:val="00D87216"/>
+    <w:rsid w:val="00D941A4"/>
+    <w:rsid w:val="00DA4CEF"/>
+    <w:rsid w:val="00DA538B"/>
+    <w:rsid w:val="00DB09E5"/>
+    <w:rsid w:val="00DB1F70"/>
+    <w:rsid w:val="00DB43A5"/>
+    <w:rsid w:val="00DB711F"/>
+    <w:rsid w:val="00DC11D8"/>
+    <w:rsid w:val="00DC4B7A"/>
+    <w:rsid w:val="00DC643B"/>
+    <w:rsid w:val="00DD78D5"/>
+    <w:rsid w:val="00DE18CC"/>
+    <w:rsid w:val="00E029D6"/>
+    <w:rsid w:val="00E035C5"/>
+    <w:rsid w:val="00E041BC"/>
+    <w:rsid w:val="00E06B9B"/>
+    <w:rsid w:val="00E12798"/>
+    <w:rsid w:val="00E149C5"/>
+    <w:rsid w:val="00E15912"/>
+    <w:rsid w:val="00E252D6"/>
+    <w:rsid w:val="00E35DD6"/>
+    <w:rsid w:val="00E43038"/>
+    <w:rsid w:val="00E53100"/>
+    <w:rsid w:val="00E53257"/>
+    <w:rsid w:val="00E6041D"/>
+    <w:rsid w:val="00E62E16"/>
+    <w:rsid w:val="00E63D78"/>
+    <w:rsid w:val="00E711A6"/>
+    <w:rsid w:val="00E74804"/>
+    <w:rsid w:val="00E80624"/>
+    <w:rsid w:val="00E83F38"/>
+    <w:rsid w:val="00E916D4"/>
+    <w:rsid w:val="00E91F1B"/>
+    <w:rsid w:val="00EA0E92"/>
+    <w:rsid w:val="00EB23C9"/>
+    <w:rsid w:val="00EC0B10"/>
+    <w:rsid w:val="00ED0089"/>
+    <w:rsid w:val="00EE0D35"/>
+    <w:rsid w:val="00EE396C"/>
+    <w:rsid w:val="00EE3F88"/>
+    <w:rsid w:val="00EE4FF6"/>
+    <w:rsid w:val="00EF67D4"/>
+    <w:rsid w:val="00F0099D"/>
+    <w:rsid w:val="00F03DCB"/>
+    <w:rsid w:val="00F05191"/>
+    <w:rsid w:val="00F110CE"/>
+    <w:rsid w:val="00F11203"/>
+    <w:rsid w:val="00F16EA7"/>
+    <w:rsid w:val="00F21949"/>
+    <w:rsid w:val="00F44139"/>
+    <w:rsid w:val="00F478E9"/>
+    <w:rsid w:val="00F507E1"/>
+    <w:rsid w:val="00F60478"/>
+    <w:rsid w:val="00F61407"/>
+    <w:rsid w:val="00F62B6F"/>
+    <w:rsid w:val="00F71FB1"/>
+    <w:rsid w:val="00F96B4C"/>
+    <w:rsid w:val="00F97CD3"/>
+    <w:rsid w:val="00FA1D97"/>
+    <w:rsid w:val="00FA2D4B"/>
+    <w:rsid w:val="00FA374D"/>
+    <w:rsid w:val="00FB466D"/>
+    <w:rsid w:val="00FB4BDB"/>
+    <w:rsid w:val="00FC100A"/>
+    <w:rsid w:val="00FD1C68"/>
+    <w:rsid w:val="00FD2097"/>
+    <w:rsid w:val="00FD30E0"/>
+    <w:rsid w:val="00FD759E"/>
+    <w:rsid w:val="00FE09D5"/>
+    <w:rsid w:val="00FE0A63"/>
+    <w:rsid w:val="00FE1620"/>
+    <w:rsid w:val="00FE2876"/>
+    <w:rsid w:val="00FE48C5"/>
+    <w:rsid w:val="00FF02EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4FB4E55D"/>
-  <w15:chartTrackingRefBased/>
+  <w14:docId w14:val="47EEB7F5"/>
+  <w15:docId w15:val="{C6FAAFD8-4E5B-4E5E-BAD7-CE31E27C3519}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7516,51 +6324,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -7629,59 +6437,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -7737,762 +6536,2782 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00206373"/>
+    <w:rsid w:val="00135008"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B118B5"/>
+    <w:rsid w:val="00213DB2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240" w:after="0"/>
+      <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B72A97"/>
+    <w:rsid w:val="00352761"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00440A79"/>
+    <w:rsid w:val="009D011D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="002A4833"/>
+    <w:rsid w:val="00225FCE"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B118B5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00260600"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...45 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006A5BC0"/>
+    <w:rsid w:val="005536D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006A5BC0"/>
+    <w:rsid w:val="005536D3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006A5BC0"/>
+    <w:rsid w:val="005536D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006A5BC0"/>
+    <w:rsid w:val="005536D3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005536D3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005536D3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00213DB2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00811C31"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C4EA2"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C4EA2"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009C4EA2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C4EA2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C4EA2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00352761"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C6109"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="006A5BC0"/>
+    <w:rsid w:val="004F439F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="006A5BC0"/>
+    <w:rsid w:val="004F439F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF673C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B72A97"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0031794D"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...13 lines deleted...]
-      <w:u w:val="single"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A3DB0"/>
+    <w:rsid w:val="00A473A1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NNLM-H1">
+    <w:name w:val="NNLM-H1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:link w:val="NNLM-H1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1BB4"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NNLM-H1Char">
+    <w:name w:val="NNLM-H1 Char"/>
+    <w:basedOn w:val="Heading1Char"/>
+    <w:link w:val="NNLM-H1"/>
+    <w:rsid w:val="00BD1BB4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NNLM-H2">
+    <w:name w:val="NNLM-H2"/>
+    <w:basedOn w:val="NNLM-H1"/>
+    <w:qFormat/>
+    <w:rsid w:val="002233DE"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NNLM-H3">
+    <w:name w:val="NNLM-H3"/>
+    <w:basedOn w:val="NNLM-H2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA04B5"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NNLM-H4">
+    <w:name w:val="NNLM-H4"/>
+    <w:basedOn w:val="NNLM-H3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00535AE9"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00440A79"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="240" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="480" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="960" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1200" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1440" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1680" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1920" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2160" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="22"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="23"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="24"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="25"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="26"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="27"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="28"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="29"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="30"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="31"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="160"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D011D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="009D011D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="240" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="960"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1680"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1920"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009D011D"/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NNLMText">
+    <w:name w:val="NNLMText"/>
+    <w:basedOn w:val="NNLM-H2"/>
+    <w:qFormat/>
+    <w:rsid w:val="0008379A"/>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...1 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="19"/>
     <w:qFormat/>
-    <w:rsid w:val="006C6259"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00D86E5D"/>
+    <w:rsid w:val="002355EF"/>
     <w:rPr>
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="57555533">
+    <w:div w:id="129566422">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="816993980">
-          <w:marLeft w:val="274"/>
+        <w:div w:id="52583029">
+          <w:marLeft w:val="360"/>
           <w:marRight w:val="0"/>
-          <w:marTop w:val="150"/>
+          <w:marTop w:val="200"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="275988107">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="200"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1166900369">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="200"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1753887555">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="200"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1840929115">
+          <w:marLeft w:val="360"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="200"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="231698983">
+    <w:div w:id="343244484">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="720248044">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="978268088">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1077094704">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428423566">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1525092374">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1597399976">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="585000230">
-          <w:marLeft w:val="274"/>
+        <w:div w:id="230653875">
+          <w:marLeft w:val="864"/>
           <w:marRight w:val="0"/>
-          <w:marTop w:val="150"/>
+          <w:marTop w:val="74"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="526405579">
+          <w:marLeft w:val="864"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="74"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="874663170">
+          <w:marLeft w:val="432"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="116"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1071343085">
+          <w:marLeft w:val="864"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="74"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1421566470">
+          <w:marLeft w:val="432"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="116"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1519850987">
+          <w:marLeft w:val="432"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="116"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1619753439">
+          <w:marLeft w:val="432"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="116"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2109428907">
+          <w:marLeft w:val="864"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="74"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="844830221">
+    <w:div w:id="1773628273">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1294948005">
+    <w:div w:id="1877037832">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1976176403">
+    <w:div w:id="2047294038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katie.pierce-farrier@unthsc.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/brfss/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cniemand@hshsl.umaryland.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/brfss/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/books/NBK115435/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cityhealthdashboard.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/nichsr/stats_tutorial/cover.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/nchs/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cdc.gov/nchs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cityhealthdashboard.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cdc.gov/nchs" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/books/NBK115435/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/nichsr/stats_tutorial/cover.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/brfss/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Century Gothic">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Century Gothic" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Century Gothic" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>6002</Characters>
+  <Pages>4</Pages>
+  <Words>860</Words>
+  <Characters>3504</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>438</Lines>
+  <Paragraphs>436</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>62</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="63" baseType="lpstr">
+      <vt:lpstr>How PubMed Works: Automatic Term Mapping</vt:lpstr>
       <vt:lpstr>Health Statistics on the Web Guided Handout</vt:lpstr>
+      <vt:lpstr>In your own words, differentiate between data, data set, and statistics.  </vt:lpstr>
+      <vt:lpstr>    Data: </vt:lpstr>
+      <vt:lpstr>    Data Set:</vt:lpstr>
+      <vt:lpstr>    Statistics: </vt:lpstr>
+      <vt:lpstr>What are 3 or more ways to use health statistics?</vt:lpstr>
+      <vt:lpstr>    1.  </vt:lpstr>
+      <vt:lpstr>    2.  </vt:lpstr>
+      <vt:lpstr>    3.</vt:lpstr>
+      <vt:lpstr>4 step process to finding health statistics:</vt:lpstr>
+      <vt:lpstr>    1. Formulate a question</vt:lpstr>
+      <vt:lpstr>    2. Choose the best resource </vt:lpstr>
+      <vt:lpstr>    3. Evaluate what you’ve found</vt:lpstr>
+      <vt:lpstr>    4. Repeat as needed</vt:lpstr>
+      <vt:lpstr>Class Exercise Part 1</vt:lpstr>
+      <vt:lpstr>What question or topic will you search for today?</vt:lpstr>
+      <vt:lpstr>Example questions:</vt:lpstr>
+      <vt:lpstr>Statistics Portals</vt:lpstr>
+      <vt:lpstr>    National Center for Health Statistics (NCHS)</vt:lpstr>
+      <vt:lpstr>    MedlinePlus</vt:lpstr>
+      <vt:lpstr>    Notes:</vt:lpstr>
+      <vt:lpstr>    Behavioral Risk Factor Surveillance System (BRFSS)</vt:lpstr>
+      <vt:lpstr>    State Health Facts</vt:lpstr>
+      <vt:lpstr>Notes:</vt:lpstr>
+      <vt:lpstr>    U.S. Census Bureau</vt:lpstr>
+      <vt:lpstr>    County Health Rankings &amp; Roadmaps</vt:lpstr>
+      <vt:lpstr>    City Health Dashboard</vt:lpstr>
+      <vt:lpstr>    Rural Health Information Hub</vt:lpstr>
+      <vt:lpstr>    Notes: </vt:lpstr>
+      <vt:lpstr>Class Exercise Part 2</vt:lpstr>
+      <vt:lpstr>    Step 2. Choose the best resource </vt:lpstr>
+      <vt:lpstr>        Notes: </vt:lpstr>
+      <vt:lpstr>    Step 3. Evaluate what you’ve found</vt:lpstr>
+      <vt:lpstr>        Notes: </vt:lpstr>
+      <vt:lpstr>    Step 4. Repeat as needed</vt:lpstr>
+      <vt:lpstr>        Notes:</vt:lpstr>
+      <vt:lpstr>Continue Learning! </vt:lpstr>
+      <vt:lpstr>    Finding and Using Health Statistics </vt:lpstr>
+      <vt:lpstr>    Know your Chances: Understanding Health Statistics </vt:lpstr>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr/>
+      <vt:lpstr>Text goes here.</vt:lpstr>
+      <vt:lpstr>Heading 3</vt:lpstr>
+      <vt:lpstr>Text goes here.</vt:lpstr>
+      <vt:lpstr>Heading 4</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7040</CharactersWithSpaces>
+  <CharactersWithSpaces>3928</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Health Statistics on the Web Guided Handout</dc:title>
-[...4 lines deleted...]
-  <cp:lastModifiedBy/>
+  <dc:title>How PubMed Works: Automatic Term Mapping</dc:title>
+  <dc:creator>NNLM Training Office</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>