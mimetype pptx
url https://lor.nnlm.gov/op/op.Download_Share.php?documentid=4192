--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -1,2049 +1,662 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-  <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/ppt/metadata" ContentType="application/binary"/>
-  <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
-    <p:sldMasterId id="2147483660" r:id="rId2"/>
+    <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId28"/>
+    <p:notesMasterId r:id="rId27"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="257" r:id="rId3"/>
-[...23 lines deleted...]
-    <p:sldId id="327" r:id="rId27"/>
+    <p:sldId id="257" r:id="rId2"/>
+    <p:sldId id="725" r:id="rId3"/>
+    <p:sldId id="1583" r:id="rId4"/>
+    <p:sldId id="262" r:id="rId5"/>
+    <p:sldId id="730" r:id="rId6"/>
+    <p:sldId id="1584" r:id="rId7"/>
+    <p:sldId id="1585" r:id="rId8"/>
+    <p:sldId id="336" r:id="rId9"/>
+    <p:sldId id="266" r:id="rId10"/>
+    <p:sldId id="329" r:id="rId11"/>
+    <p:sldId id="1582" r:id="rId12"/>
+    <p:sldId id="335" r:id="rId13"/>
+    <p:sldId id="270" r:id="rId14"/>
+    <p:sldId id="271" r:id="rId15"/>
+    <p:sldId id="272" r:id="rId16"/>
+    <p:sldId id="273" r:id="rId17"/>
+    <p:sldId id="274" r:id="rId18"/>
+    <p:sldId id="338" r:id="rId19"/>
+    <p:sldId id="330" r:id="rId20"/>
+    <p:sldId id="278" r:id="rId21"/>
+    <p:sldId id="279" r:id="rId22"/>
+    <p:sldId id="295" r:id="rId23"/>
+    <p:sldId id="296" r:id="rId24"/>
+    <p:sldId id="331" r:id="rId25"/>
+    <p:sldId id="327" r:id="rId26"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
-  <p:notesSz cx="7010400" cy="9296400"/>
+  <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
-    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
-[...8 lines deleted...]
-      </a:spcAft>
+    <a:defPPr>
+      <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
-    <p:ext uri="http://customooxmlschemas.google.com/">
-[...1 lines deleted...]
-    </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
-<file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...20 lines deleted...]
-  </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{FB72FA6B-26C9-4237-B7AE-E885FB65A8B5}">
-[...87 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="34565" autoAdjust="0"/>
-    <p:restoredTop sz="62794" autoAdjust="0"/>
+    <p:restoredLeft sz="14995" autoAdjust="0"/>
+    <p:restoredTop sz="81046" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="64" d="100"/>
-          <a:sy n="64" d="100"/>
+          <a:sx n="67" d="100"/>
+          <a:sy n="67" d="100"/>
         </p:scale>
-        <p:origin x="1512" y="72"/>
+        <p:origin x="1296" y="53"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:outlineViewPr>
-[...7 lines deleted...]
-  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
-      <p:origin x="0" y="-5022"/>
+      <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId79" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId73" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgPr>
-[...4 lines deleted...]
-      </p:bgPr>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 2"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Google Shape;3;n"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="Header Placeholder 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="hdr" idx="2"/>
+            <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="3037840" cy="466435"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/3/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:prstClr val="black"/>
+            </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
-[...237 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Google Shape;4;n"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="5" name="Notes Placeholder 4"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3970939" y="0"/>
-            <a:ext cx="3037840" cy="466435"/>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
-[...237 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Google Shape;5;n"/>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg" idx="3"/>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="717550" y="1162050"/>
-[...51 lines deleted...]
-            <a:ext cx="5608320" cy="3660457"/>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
-[...206 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Google Shape;7;n"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="8829968"/>
-            <a:ext cx="3037840" cy="466434"/>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...206 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
-[...58 lines deleted...]
-              </a:rPr>
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3700270967"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
-    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
-[...24 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -5841,99 +4454,50 @@
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:r>
-[...47 lines deleted...]
-            </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="169" name="Google Shape;169;ga33690b4b6_0_0:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970939" y="8829968"/>
             <a:ext cx="3037800" cy="466500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
@@ -7565,198 +6129,163 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
-[...23 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Content" type="obj">
-  <p:cSld name="OBJECT">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Picture with Caption" type="picTx">
+  <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 19"/>
+        <p:cNvPr id="1" name="Shape 31"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Google Shape;20;p41"/>
+          <p:cNvPr id="32" name="Google Shape;32;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="609600"/>
-            <a:ext cx="9875520" cy="1356360"/>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
-[...1 lines deleted...]
-              <a:defRPr/>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
@@ -7834,371 +6363,235 @@
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Google Shape;21;p41"/>
+          <p:cNvPr id="33" name="Google Shape;33;p30"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5413248" y="1069847"/>
+            <a:ext cx="6099048" cy="4800600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Google Shape;34;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="2057400"/>
-            <a:ext cx="9872871" cy="4038600"/>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="2880360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1400"/>
-[...8 lines deleted...]
-            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="200"/>
-[...8 lines deleted...]
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1440"/>
-[...3 lines deleted...]
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1440"/>
-[...3 lines deleted...]
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1440"/>
-[...3 lines deleted...]
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1440"/>
-[...3 lines deleted...]
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1440"/>
-[...3 lines deleted...]
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="0"/>
-[...9 lines deleted...]
-              <a:spcBef>
                 <a:spcPts val="400"/>
-              </a:spcBef>
-[...5 lines deleted...]
-              <a:defRPr/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="Google Shape;22;p41"/>
-[...159 lines deleted...]
-          <p:cNvPr id="23" name="Google Shape;23;p41"/>
+          <p:cNvPr id="35" name="Google Shape;35;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3949148" y="6223828"/>
             <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
@@ -8314,51 +6707,51 @@
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="Google Shape;24;p41"/>
+          <p:cNvPr id="36" name="Google Shape;36;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9329530" y="6223828"/>
             <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
@@ -8593,149 +6986,460 @@
                 <a:latin typeface="Corbel"/>
                 <a:ea typeface="Corbel"/>
                 <a:cs typeface="Corbel"/>
                 <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="126809145"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Content 1">
+  <p:cSld name="Title and Content 1">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 94"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="Google Shape;25;p41"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="95" name="Google Shape;95;g2b91989fa34_0_173"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="6128028"/>
-[...69 lines deleted...]
-            <a:ext cx="3590518" cy="576072"/>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="Google Shape;96;g2b91989fa34_0_173"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1780032"/>
+            <a:ext cx="10972800" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="768398003"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="3824">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="576">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -8799,504 +7503,1192 @@
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...13 lines deleted...]
-              <a:tabLst/>
+            <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
-              <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...27 lines deleted...]
-                <a:tabLst/>
+              <a:rPr lang="en-US"/>
+              <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...13 lines deleted...]
-              <a:tabLst/>
+            <a:pPr>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="519147109"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3688499877"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Section Header">
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Slide" type="title">
+  <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 27"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="28" name="Google Shape;28;p42"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831851" y="1709740"/>
-            <a:ext cx="10515600" cy="2852737"/>
+            <a:off x="1109980" y="882376"/>
+            <a:ext cx="9966960" cy="2926080"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="6000"/>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="7200"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="7200" b="1" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="29" name="Google Shape;29;p42"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831851" y="4589465"/>
-            <a:ext cx="10515600" cy="1500187"/>
+            <a:off x="1709530" y="3869634"/>
+            <a:ext cx="8767860" cy="1388165"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...3 lines deleted...]
-                  <a:srgbClr val="616265"/>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buNone/>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr lvl="1" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buNone/>
+              <a:defRPr sz="2200"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr lvl="2" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buNone/>
+              <a:defRPr sz="2200"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr lvl="3" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr lvl="4" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr lvl="5" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr lvl="6" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr lvl="7" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr lvl="8" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="30" name="Google Shape;30;p42"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1142996" y="6223828"/>
+            <a:ext cx="2329074" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
               <a:defRPr/>
-            </a:lvl1pPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...63 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="31" name="Google Shape;31;p42"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
               <a:defRPr/>
-            </a:lvl1pPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...14 lines deleted...]
-              <a:defRPr/>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Google Shape;32;p42"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...2 lines deleted...]
-              </a:ln>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="33" name="Google Shape;33;p42" descr="Logo for NNLM"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="161225" y="6322147"/>
+            <a:ext cx="1343025" cy="342901"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Google Shape;34;p42"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6128028"/>
+            <a:ext cx="12192000" cy="726141"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="20558A"/>
+          </a:solidFill>
+          <a:ln w="19050" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="20455A"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
-                <a:prstClr val="white"/>
+                <a:schemeClr val="lt1"/>
               </a:solidFill>
-              <a:effectLst/>
-[...4 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+              <a:latin typeface="Corbel"/>
+              <a:ea typeface="Corbel"/>
+              <a:cs typeface="Corbel"/>
+              <a:sym typeface="Corbel"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="35" name="Google Shape;35;p42" descr="Logo for the Network of the National Library of Medicine"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="225939" y="6244894"/>
+            <a:ext cx="3590518" cy="576072"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1610964283"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2335187328"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -9545,2776 +8937,122 @@
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1797364741"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="969489147"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Three Content">
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Section Header" type="secHead">
+  <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 37"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...794 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="38" name="Google Shape;38;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="365127"/>
-[...1855 lines deleted...]
-            <a:off x="1109980" y="882376"/>
+            <a:off x="1106424" y="1173575"/>
             <a:ext cx="9966960" cy="2926080"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="85000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="7200"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
-              <a:defRPr sz="7200" b="1" cap="none">
-[...3 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="7200" b="0" cap="none"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
@@ -12392,421 +9130,285 @@
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29" name="Google Shape;29;p42"/>
+          <p:cNvPr id="39" name="Google Shape;39;p25"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="subTitle" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1709530" y="3869634"/>
-            <a:ext cx="8767860" cy="1388165"/>
+            <a:off x="1709928" y="4154520"/>
+            <a:ext cx="8769096" cy="1363806"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr lvl="0" algn="ctr">
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1760"/>
               <a:buNone/>
               <a:defRPr sz="2200">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="ctr">
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1760"/>
-[...1 lines deleted...]
-              <a:defRPr sz="2200"/>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="ctr">
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1760"/>
-[...1 lines deleted...]
-              <a:defRPr sz="2200"/>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="ctr">
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1600"/>
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="ctr">
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1600"/>
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="ctr">
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1600"/>
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="ctr">
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1600"/>
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="ctr">
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1600"/>
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="ctr">
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
-              <a:buSzPts val="1600"/>
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="Google Shape;30;p42"/>
-[...163 lines deleted...]
-          <p:cNvPr id="31" name="Google Shape;31;p42"/>
+          <p:cNvPr id="40" name="Google Shape;40;p25"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3949148" y="6223828"/>
             <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
-              <a:defRPr>
-[...3 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
@@ -12884,51 +9486,51 @@
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Google Shape;32;p42"/>
+          <p:cNvPr id="41" name="Google Shape;41;p25"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9329530" y="6223828"/>
             <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
@@ -13163,80 +9765,6501 @@
                 <a:latin typeface="Corbel"/>
                 <a:ea typeface="Corbel"/>
                 <a:cs typeface="Corbel"/>
                 <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-          <p:cNvPicPr preferRelativeResize="0"/>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="42" name="Google Shape;42;p25"/>
+          <p:cNvCxnSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...6 lines deleted...]
-        </p:blipFill>
+        </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="161225" y="6322147"/>
-            <a:ext cx="1343025" cy="342901"/>
+            <a:off x="1981200" y="4020408"/>
+            <a:ext cx="8229601" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="10000" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:cxnSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1282190589"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Blank" type="blank">
+  <p:cSld name="Blank">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 43"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Google Shape;44;p23"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="34" name="Google Shape;34;p42"/>
+          <p:cNvPr id="45" name="Google Shape;45;p23"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4202769349"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Comparison" type="twoTxTwoObj">
+  <p:cSld name="Comparison">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 55"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="Google Shape;56;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="Google Shape;57;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2001511"/>
+            <a:ext cx="4754880" cy="777240"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58" name="Google Shape;58;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2721483"/>
+            <a:ext cx="4754880" cy="3383280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59" name="Google Shape;59;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269173" y="1999032"/>
+            <a:ext cx="4754880" cy="777240"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="Google Shape;60;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269173" y="2719322"/>
+            <a:ext cx="4754880" cy="3383280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="Google Shape;61;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Google Shape;62;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4232036581"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Only" type="titleOnly">
+  <p:cSld name="Title Only">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 63"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="64" name="Google Shape;64;p28"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65" name="Google Shape;65;p28"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="Google Shape;66;p28"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="843619431"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Content with Caption" type="objTx">
+  <p:cSld name="Content with Caption">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 67"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="68" name="Google Shape;68;p29"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="69" name="Google Shape;69;p29"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5852159" y="1097280"/>
+            <a:ext cx="5212080" cy="4663440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-391160" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2560"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-370840" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2240"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-350519" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="70" name="Google Shape;70;p29"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="3017520"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="71" name="Google Shape;71;p29"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="72" name="Google Shape;72;p29"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="360677754"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Vertical Text" type="vertTx">
+  <p:cSld name="Title and Vertical Text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 73"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="74" name="Google Shape;74;p31"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75" name="Google Shape;75;p31"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="4060136" y="-859735"/>
+            <a:ext cx="4038600" cy="9872871"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="76" name="Google Shape;76;p31"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="77" name="Google Shape;77;p31"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1661178564"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Vertical Title and Text" type="vertTitleAndTx">
+  <p:cSld name="Vertical Title and Text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 78"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Google Shape;79;p32"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="7181850" y="2305050"/>
+            <a:ext cx="5410200" cy="2324100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="80" name="Google Shape;80;p32"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="2152650" y="-247650"/>
+            <a:ext cx="5410200" cy="7429500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3196523652"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Two Content 1">
+  <p:cSld name="Two Content 1">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 88"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="89" name="Google Shape;89;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="90" name="Google Shape;90;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="Google Shape;93;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4064170915"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 9"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Google Shape;10;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4400"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Google Shape;11;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2057400"/>
+            <a:ext cx="9872871" cy="4038600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-340360" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1760"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-320039" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1440"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-309880" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Google Shape;12;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1142996" y="6223828"/>
+            <a:ext cx="2329074" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Google Shape;13;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Google Shape;14;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Google Shape;15;p21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="6128028"/>
             <a:ext cx="12192000" cy="726141"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="20558A"/>
           </a:solidFill>
           <a:ln w="19050" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="20455A"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
@@ -13254,7814 +16277,101 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Corbel"/>
               <a:ea typeface="Corbel"/>
               <a:cs typeface="Corbel"/>
               <a:sym typeface="Corbel"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="35" name="Google Shape;35;p42" descr="Logo for the Network of the National Library of Medicine"/>
+          <p:cNvPr id="16" name="Google Shape;16;p21"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...1 lines deleted...]
-            <a:alphaModFix/>
+        <p:blipFill>
+          <a:blip r:embed="rId15">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="225939" y="6244894"/>
-            <a:ext cx="3590518" cy="576072"/>
+            <a:off x="81041" y="6275073"/>
+            <a:ext cx="3556464" cy="429301"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
-  </p:cSld>
-[...326 lines deleted...]
-    </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1520761892"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1819768716"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
-  <p:clrMapOvr>
-[...7392 lines deleted...]
-  </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483649" r:id="rId1"/>
-[...6 lines deleted...]
-    <p:sldLayoutId id="2147483659" r:id="rId8"/>
+    <p:sldLayoutId id="2147483663" r:id="rId1"/>
+    <p:sldLayoutId id="2147483664" r:id="rId2"/>
+    <p:sldLayoutId id="2147483665" r:id="rId3"/>
+    <p:sldLayoutId id="2147483667" r:id="rId4"/>
+    <p:sldLayoutId id="2147483668" r:id="rId5"/>
+    <p:sldLayoutId id="2147483669" r:id="rId6"/>
+    <p:sldLayoutId id="2147483670" r:id="rId7"/>
+    <p:sldLayoutId id="2147483671" r:id="rId8"/>
+    <p:sldLayoutId id="2147483673" r:id="rId9"/>
+    <p:sldLayoutId id="2147483674" r:id="rId10"/>
+    <p:sldLayoutId id="2147483675" r:id="rId11"/>
+    <p:sldLayoutId id="2147483676" r:id="rId12"/>
+    <p:sldLayoutId id="2147483677" r:id="rId13"/>
   </p:sldLayoutIdLst>
   <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
       </a:defPPr>
       <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
@@ -21712,1082 +17022,148 @@
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
-[...932 lines deleted...]
-
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 101"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C400F56-FB94-4A18-A1D5-601CCB5568A8}"/>
@@ -22887,264 +17263,474 @@
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, MLIS, MCHES</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>North Dakota/South Dakota/Wyoming Engagement Specialist, NNLM Region 4</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>October 31, 2024</a:t>
+              <a:t>November 14, 2025</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F10D553A-5CCC-86F1-B928-468D1517C050}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 236"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="246" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838199" y="123085"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Why is EBPH Important?</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFC3E0D1-CBE6-2D19-65BD-79D6C07C8C48}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838199" y="2434590"/>
+            <a:ext cx="9872871" cy="2617470"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Access to more and higher quality information on what works</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Higher likelihood of successful program and policies being implemented</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Greater workforce productivity</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Efficient use of public and private resources</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF569583-8F10-DAC0-3A58-D82F0C02AD3A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="849174891"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 251"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B7D7B47-CE56-46BA-AC1B-4770A34E50D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="331470" y="83820"/>
+            <a:ext cx="11487150" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Public Health Accreditation Board (PHAB)</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05434D58-10E6-4ABC-AA3F-7830896ED260}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
@@ -23272,280 +17858,699 @@
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:sym typeface="Corbel"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB937E04-312A-97E9-8598-BC9580D882DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE068034-2709-EC1D-A38E-50FEC9B0E66F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="105482"/>
             <a:ext cx="10515600" cy="1125008"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Domains of Influence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Content Placeholder 8" descr="3 domains of influence inform decisions for public health practice: 1) community needs 2)best available evidence and 3) expertise.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C0DABAF-4F99-4D87-B77B-5DF27275CAA7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1833109" y="1552202"/>
+            <a:off x="1821679" y="1230490"/>
             <a:ext cx="8857469" cy="4526530"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E37C742-6CA7-0DC3-D35D-8E6723EB8EED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="67355883"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 273"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="274" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="2072700"/>
-            <a:ext cx="4284300" cy="1356300"/>
+            <a:off x="342900" y="1614907"/>
+            <a:ext cx="2960370" cy="2431313"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
-            <a:normAutofit fontScale="90000"/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="4800"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4800" dirty="0">
+              <a:rPr lang="en-US" sz="6000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The EBPH Process</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr sz="5400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="275" name="Content Placeholder 12" descr="The evidence-based public health process is made up of 7 steps.&#10;&#10;Step 1: community assessment&#10;Step 2: quantify the issue&#10;Step 3: develop a concise statement of the issue&#10;Step 4: determine what is known through the scientific literature&#10;Step 5: develop and prioritize program and policy options&#10;Step 6: develop an action plan and implement interventions&#10;Step 7: evaluate the program or policy&#10;"/>
           <p:cNvPicPr preferRelativeResize="0">
             <a:picLocks noGrp="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4858338" y="254737"/>
+            <a:off x="5041218" y="129007"/>
             <a:ext cx="6391126" cy="5738100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFE893D4-3C3E-A19C-4937-18AA655FBA87}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 287"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="289" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -23631,161 +18636,293 @@
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="288" name="Content Placeholder 14" descr="Scientific Literature Framework: The evidence based public health process is shown with &quot;determining what is known through the scientific literature&quot; highlighted."/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5890975" y="360986"/>
             <a:ext cx="5802175" cy="5333202"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A9F6911-FC95-9C2D-44C2-D9D2C8F42991}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 295"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="296" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="609600"/>
+            <a:off x="914400" y="198120"/>
             <a:ext cx="9875400" cy="1356300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The PICO Framework</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="297" name="Content Placeholder 15" descr="Table showing the 4 elements of the PICO framework.&#10;&#10;P = Patient population&#10;I = Intervention&#10;C = Comparison Control&#10;O = Outcome&#10;"/>
           <p:cNvGraphicFramePr/>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1694213" y="2109150"/>
           <a:ext cx="8772975" cy="3030900"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{FB72FA6B-26C9-4237-B7AE-E885FB65A8B5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413525">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2170900">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2158125">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2030425">
                   <a:extLst>
@@ -24408,88 +19545,227 @@
                     </a:lnT>
                     <a:lnB w="38100" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="D4E5F7"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0518F404-6F88-1DD9-5F36-1DBF6E3B2886}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>15</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 302"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="303" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="609600"/>
+            <a:off x="411300" y="118110"/>
             <a:ext cx="9875400" cy="1356300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -24501,68 +19777,61 @@
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>PICO Example</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="304" name="Content Placeholder 16" descr="Table showing the PICO elements for this example. &#10;P = elementary school children&#10;I = educational campaign&#10;C = no educational campaign&#10;O = vaccination rate"/>
           <p:cNvGraphicFramePr/>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="396025" y="2109150"/>
           <a:ext cx="11369325" cy="2060250"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{FB72FA6B-26C9-4237-B7AE-E885FB65A8B5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3127800">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2813375">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2796825">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2631325">
                   <a:extLst>
@@ -25251,384 +20520,668 @@
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Research Question</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>: Does a school-based vaccination education campaign for parents increase the rate of vaccination among elementary school children compared to students whose parents did not receive the educational campaign? </a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6232F4D2-22EA-A973-3220-3EADC631C9F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 310"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="313" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="255374" y="84429"/>
-            <a:ext cx="4268100" cy="1356300"/>
+            <a:off x="4301594" y="141579"/>
+            <a:ext cx="3196486" cy="841401"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="lt1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="6000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Scenario</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr sz="6000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="314" name="Content Placeholder 18"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1197684" y="1395264"/>
-            <a:ext cx="9512225" cy="4502615"/>
+            <a:off x="1008417" y="1223412"/>
+            <a:ext cx="10175166" cy="4651608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1920"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Your local community has seen a decrease in cancer screenings in multi-lingual, refugee and immigrant communities. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1920"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1920"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>You would like to create a community health worker program to increase the rates of regular cancer screen in these communities. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1920"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1920"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>No programs currently exist in your community, so you need to come up with evidence that putting effort into the program will actually increase the rates of cancer screening.</a:t>
             </a:r>
             <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CBFF77-8F51-B505-8E3F-2CC8353B0221}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 328"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="335" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="1158240" y="0"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Scenario Details</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Content Placeholder 8" descr="A diagram showing the 4 PICO steps. P stands for Population/Prevention. I stands for Intervention. C stands for Comparison (if any). O stands for Outcome.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24A95CB-FF9F-7F76-7BFC-F4B5FBCD7AD2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
@@ -25647,65 +21200,204 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3688E94F-C992-605D-88AC-00B05A681159}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6569061" y="1945757"/>
             <a:ext cx="4142190" cy="3880883"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45C58EF3-0F66-DA11-5F39-D7A4EE5CFA56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3439291563"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{677B8C3D-6CA7-4399-8CC2-6F28E3BA8742}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
@@ -25747,50 +21439,189 @@
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1050324" y="2239123"/>
             <a:ext cx="9178821" cy="3391872"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Will a Community Health Worker program (I) increase the rate of preventative cancer screenings (O) in multi-lingual, refugee and immigrant communities(P)? </a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{139D8E54-9E88-95BB-DB95-840A0B71D86D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="634561890"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -25855,351 +21686,532 @@
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2717800" y="269047"/>
             <a:ext cx="8184143" cy="5662680"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+          <p:cNvPr id="6" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BA5FFC-8D10-7EBA-1266-20CA7AB17EBB}"/>
-[...2 lines deleted...]
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D080E50-BD5C-0C13-4DD4-A99A25F2792F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9335018" y="6223828"/>
-            <a:ext cx="2329074" cy="365125"/>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...22 lines deleted...]
-                </a:ln>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...2 lines deleted...]
-                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
               </a:rPr>
-              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-              </a:pPr>
+              <a:pPr algn="r"/>
               <a:t>2</a:t>
             </a:fld>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...2 lines deleted...]
-              </a:ln>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst/>
-[...4 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2423646746"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1544455070"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 351"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="352" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="222466" y="1489822"/>
-            <a:ext cx="3041844" cy="1939178"/>
+            <a:off x="211036" y="472552"/>
+            <a:ext cx="2509304" cy="3333638"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3959"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3959" dirty="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Hierarchy of Evidence</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr sz="5400" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="356" name="Content Placeholder 21" descr="A pyramid showing the steps of evidence with the top level being systematic reviews and meta analyses the next level is randomized control trials the next is cohort studies the next level is cross sectional surveys the next level is case studies the next is ideas, expert opinions, editorials, and the base of the pyramid is anecdotal. Quality goes from bottom to top with the top level being the best evidence.&#10;"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3375378" y="654757"/>
+            <a:off x="3009618" y="472552"/>
             <a:ext cx="8342911" cy="5237872"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B580368A-E5DD-B7FC-285A-16A1E57A6C10}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 361"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="366" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="615778" y="238752"/>
-            <a:ext cx="10515600" cy="526697"/>
+            <a:ext cx="10515600" cy="795085"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="lt1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="5400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Demos</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr sz="5400" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="364" name="Content Placeholder 22" descr="PubMed Logo"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -26247,78 +22259,129 @@
             <a:solidFill>
               <a:schemeClr val="dk1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="362" name="Content Placeholder 24" descr="Health Evidence Logo"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3465175" y="4147763"/>
+            <a:off x="3716635" y="4071573"/>
             <a:ext cx="4400550" cy="1676400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:schemeClr val="dk1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A91739F0-153C-5BB2-D7E6-F24B3E918121}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 482"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C37342D9-9D0B-AE5A-3B94-6B80E52A32F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
@@ -26372,164 +22435,450 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AA47647-E9D9-9BAB-F711-ACEEB234DB2D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3864076" y="970555"/>
             <a:ext cx="8180561" cy="4933688"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1055CFE2-5850-EE37-A178-2601728A1051}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 489"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="490" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="169986" y="1783617"/>
-            <a:ext cx="2249124" cy="2580039"/>
+            <a:off x="1666875" y="150697"/>
+            <a:ext cx="8858250" cy="868693"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>County Health Rankings</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Content Placeholder 29" descr="County Health Rankings and Roadmaps site with the 2022 health rankings announcement displayed.">
+          <p:cNvPr id="4" name="Content Placeholder 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D4B445F-E5DC-48FE-A36C-A4E504BFE0CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2538309" y="1076447"/>
-            <a:ext cx="9096230" cy="4869450"/>
+            <a:off x="908447" y="1177827"/>
+            <a:ext cx="10375106" cy="4720053"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1198D67-7F53-9061-27DA-6D48DB218FE4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>23</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 496"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="497" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -26552,142 +22901,288 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3959"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3959" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Recap: 3 Take Aways</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B3B6A04-F311-4EED-47EF-9D7013E9D619}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="10515600" cy="2758098"/>
+            <a:off x="323850" y="1802765"/>
+            <a:ext cx="11426190" cy="2758098"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Evidence Based Public Health utilizes the three domains of influence.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Evidence Based Public Health follows a seven-step process.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Use pubmed.gov, HealthEvidence.org, thecommunityguide.org to help find high quality research!</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15602B77-F280-F9C8-4150-690AFF95F688}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="922044446"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 518"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F9E29EB-B6AE-4596-9B87-1162C45FA0EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
@@ -26707,73 +23202,77 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Thank you</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Content Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2521E7E3-C2C8-48C6-9365-D4536BE57259}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2983230"/>
+            <a:ext cx="11098529" cy="1371600"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="116840" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>Find more training opportunities at nnlm.gov/training</a:t>
+              <a:t>Find more training opportunities on NNLM’s Website</a:t>
             </a:r>
-          </a:p>
-[...8 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" sz="3600" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07224BAA-68B1-21C2-2D70-AADEC5613309}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -26832,273 +23331,477 @@
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA6D47C1-F553-864C-1FCC-98975D2C0033}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4ED9EF7F-8ED3-8FA1-6EF3-AFC2462CA7C9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="114300" y="269047"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Learning Objectives</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E46D54D-9E2C-74BA-A4C8-B60EF91E88CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2057400"/>
+            <a:ext cx="9872871" cy="2914650"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Describe the three domains of influence</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>List the seven steps involved in the evidence-based public health framework</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Use the PICO framework to develop a research question</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Apply search filters to find high quality research from at least two online resources</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+          <p:cNvPr id="6" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CF712A8-501E-FCDF-B362-4CFE463F739B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD89F263-AC8C-E573-1B41-F082721B32FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...29 lines deleted...]
-                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
               </a:rPr>
-              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-              </a:pPr>
+              <a:pPr algn="r"/>
               <a:t>3</a:t>
             </a:fld>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...2 lines deleted...]
-              </a:ln>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
-                <a:prstClr val="white"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst/>
-[...4 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="923699796"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 170"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="173" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -27118,260 +23821,411 @@
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>What is </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Public Health</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>?</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="174" name="Content Place Holder 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1386498" y="2304737"/>
-            <a:ext cx="9105656" cy="2876864"/>
+            <a:off x="1397928" y="2893165"/>
+            <a:ext cx="9105656" cy="1535743"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="45720" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr marL="45720" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2880"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0">
+              <a:rPr lang="en-US" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:sym typeface="Corbel"/>
               </a:rPr>
               <a:t>Put your answer in chat!</a:t>
             </a:r>
-            <a:endParaRPr sz="3600" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+            <a:endParaRPr sz="4800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:sym typeface="Corbel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11309B6C-2CD4-DE05-B22D-3763FB61E620}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 170"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5A9AF02-FF58-421D-BC2F-2486C51D30E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1140351" y="220980"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Definition of Public Health from the APHA</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDF0B8CD-D6AD-4416-B10B-246F219E3C10}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="365760" y="2057400"/>
+            <a:ext cx="10650111" cy="2366010"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>“Public health promotes and protects the health of people and the communities where they live, learn, work and play.”</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1050" dirty="0">
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF6FEC5D-9697-6CA3-B1F2-8AE0EA164DA7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
@@ -27428,133 +24282,281 @@
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC377B12-7E29-D9E7-069B-A5C6EC2425CF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9239670-DAD6-4ADD-90FF-BD3B784A855E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="187820" y="209550"/>
+            <a:ext cx="11676520" cy="807720"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Ten Great Public Health Achievements in the 21st Century</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Content Placeholder 4" descr="We can see the broad nature of what public health does through the examples provided by the CDC’s 10 great public health achievements of the 21st century.  These achievements cover everything from immunizations and infectious disease prevention to childhood lead poisoning prevention and motor vehicle safety.  All of this work falls under public health, “promoting and protecting health for people and communities” and has been credited with adding 25 years to the life expectancy of people in the US over the span of the last century.&#10;">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA5B7A0E-609E-4AF1-9C40-56A2A6768A06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2496000" y="2401294"/>
-            <a:ext cx="7200000" cy="3200000"/>
+            <a:off x="772090" y="1244918"/>
+            <a:ext cx="10647820" cy="4732365"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77E5917E-8E57-45C7-90FB-0667EB16ACD3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
@@ -27606,441 +24608,1047 @@
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{978516E3-45A5-7B9F-55C7-772CD62D5B91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="296902778"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{363A1E1D-0A30-46AB-A5D7-E942D59CC8DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1074420" y="129540"/>
+            <a:ext cx="9875520" cy="933450"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Life Expectancy: a 1.7 Mile Difference</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Content Placeholder 7" descr="The graphic on the left side of the slide shows a life expectancy of almost 83 years, while the graphic on the right side shows a life expectancy of almost 75 years. That is an 8-year difference between 2 neighborhoods that are less than 2 miles apart.&#10;">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED9CF898-61CF-457B-B74C-125A56E0A967}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="938857" y="2315579"/>
-            <a:ext cx="10314286" cy="3371429"/>
+            <a:off x="-7303" y="1324979"/>
+            <a:ext cx="12206605" cy="3989971"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AE9C442-C468-7542-1A65-EF2A8FC1439C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3889367276"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28E6B3AC-20A0-B71C-A7F7-DA2034EB96D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="356419" y="168480"/>
-            <a:ext cx="6309852" cy="814746"/>
+            <a:off x="2861801" y="125731"/>
+            <a:ext cx="6468397" cy="685799"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Causes of Health Inequity</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Content Placeholder 7" descr="A definition and example of what structural inequities and social determinants of health are. Examples of structural inequities include: Racism, sexism, classism, ableism, xenophobia, homophobia. Examples of social determinants of health include: Access to food, water, housing, workplaces, education, income, transportation.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{043508A9-052C-6871-3FA5-3F8515A24460}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1688234" y="1285358"/>
+            <a:off x="1562504" y="994182"/>
             <a:ext cx="9314063" cy="4869635"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4927562C-1B1B-DA94-E02B-2F0E16632B80}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1568637049"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 227"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="228" name="Title"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1293768" y="295850"/>
-            <a:ext cx="9875400" cy="1356300"/>
+            <a:off x="148590" y="215840"/>
+            <a:ext cx="11795760" cy="790000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
               <a:buFont typeface="Corbel"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Taking Action with EBPH</a:t>
+              <a:t>Taking Action with Evidence-Based Public Health</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="229" name="Content Placeholder 10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1800519" y="2046897"/>
-            <a:ext cx="7447175" cy="2474350"/>
+            <a:off x="563545" y="2671453"/>
+            <a:ext cx="10763583" cy="2056474"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1440"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3800" dirty="0">
+              <a:rPr lang="en-US" sz="3800" b="1" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Evidence-based public health is:</a:t>
             </a:r>
-            <a:endParaRPr sz="3800" dirty="0">
+            <a:endParaRPr sz="3800" b="1" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1440"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2700" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The development, implementation, and evaluation of effective programs and policies in public health through application of principles of scientific reasoning.</a:t>
             </a:r>
             <a:endParaRPr sz="2700" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDBCD9A0-F835-CD03-5C60-F2B4A703E56F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4779476" y="845820"/>
+            <a:ext cx="2331720" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(EBPH)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4400" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A2D04FE-4BB3-9AA1-C697-8E8941C8603F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9889600" y="6258118"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="2000" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme1">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Basis">
   <a:themeElements>
     <a:clrScheme name="Custom 15">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="366092"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="953734"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="586D2D"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="76923C"/>
@@ -28277,160 +25885,194 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="NTO White w gray text">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Custom 1">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Calibri">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-      </a:majorFont>
-[...33 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -28448,65 +26090,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -28527,402 +26169,141 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="NTO Template (NEW LOGO 4-27-17).potx" id="{965E8775-A924-40C9-A62E-5CC32E51A14E}" vid="{3D409730-F812-4239-906C-280BA1B06B42}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
-</a:theme>
-[...279 lines deleted...]
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1789</Words>
+  <Words>1694</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>158</Paragraphs>
+  <Paragraphs>179</Paragraphs>
   <Slides>25</Slides>
   <Notes>23</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>25</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="31" baseType="lpstr">
+    <vt:vector size="30" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Corbel</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>NTO White w gray text</vt:lpstr>
+      <vt:lpstr>Basis</vt:lpstr>
       <vt:lpstr>FROM PROBLEM TO PREVENTION: EVIDENCE-BASED PUBLIC HEALTH </vt:lpstr>
       <vt:lpstr>NNLM</vt:lpstr>
       <vt:lpstr>Learning Objectives</vt:lpstr>
       <vt:lpstr>What is Public Health?2</vt:lpstr>
       <vt:lpstr>Definition of Public Health from the APHA</vt:lpstr>
       <vt:lpstr>Ten Great Public Health Achievements in the 21st Century</vt:lpstr>
       <vt:lpstr>Life Expectancy: a 1.7 Mile Difference</vt:lpstr>
       <vt:lpstr>Causes of Health Inequity</vt:lpstr>
-      <vt:lpstr>Taking Action with EBPH</vt:lpstr>
+      <vt:lpstr>Taking Action with Evidence-Based Public Health</vt:lpstr>
       <vt:lpstr>Why is EBPH Important?</vt:lpstr>
       <vt:lpstr>Public Health Accreditation Board (PHAB)</vt:lpstr>
       <vt:lpstr>Domains of Influence</vt:lpstr>
       <vt:lpstr>The EBPH Process</vt:lpstr>
       <vt:lpstr>Scientific Literature Step 4</vt:lpstr>
       <vt:lpstr>The PICO Framework</vt:lpstr>
       <vt:lpstr>PICO Example</vt:lpstr>
       <vt:lpstr>Scenario</vt:lpstr>
       <vt:lpstr>Scenario Details</vt:lpstr>
       <vt:lpstr>The Question</vt:lpstr>
       <vt:lpstr>Hierarchy of Evidence</vt:lpstr>
       <vt:lpstr>Demos</vt:lpstr>
       <vt:lpstr>Campbell Collaboration</vt:lpstr>
       <vt:lpstr>County Health Rankings</vt:lpstr>
       <vt:lpstr>Recap: 3 Take Aways</vt:lpstr>
       <vt:lpstr>Thank you</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Rebecca Brown</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>