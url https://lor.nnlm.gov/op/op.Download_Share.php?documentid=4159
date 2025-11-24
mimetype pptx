--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,660 +1,358 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing4.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/diagrams/data5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/diagrams/drawing5.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/diagrams/data6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/diagrams/drawing6.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483684" r:id="rId1"/>
+    <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId31"/>
+    <p:notesMasterId r:id="rId27"/>
   </p:notesMasterIdLst>
-  <p:handoutMasterIdLst>
-[...1 lines deleted...]
-  </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="293" r:id="rId2"/>
-[...27 lines deleted...]
-    <p:sldId id="352" r:id="rId30"/>
+    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="257" r:id="rId3"/>
+    <p:sldId id="724" r:id="rId4"/>
+    <p:sldId id="725" r:id="rId5"/>
+    <p:sldId id="337" r:id="rId6"/>
+    <p:sldId id="338" r:id="rId7"/>
+    <p:sldId id="261" r:id="rId8"/>
+    <p:sldId id="353" r:id="rId9"/>
+    <p:sldId id="263" r:id="rId10"/>
+    <p:sldId id="264" r:id="rId11"/>
+    <p:sldId id="340" r:id="rId12"/>
+    <p:sldId id="265" r:id="rId13"/>
+    <p:sldId id="267" r:id="rId14"/>
+    <p:sldId id="268" r:id="rId15"/>
+    <p:sldId id="297" r:id="rId16"/>
+    <p:sldId id="273" r:id="rId17"/>
+    <p:sldId id="274" r:id="rId18"/>
+    <p:sldId id="275" r:id="rId19"/>
+    <p:sldId id="282" r:id="rId20"/>
+    <p:sldId id="283" r:id="rId21"/>
+    <p:sldId id="284" r:id="rId22"/>
+    <p:sldId id="285" r:id="rId23"/>
+    <p:sldId id="356" r:id="rId24"/>
+    <p:sldId id="354" r:id="rId25"/>
+    <p:sldId id="726" r:id="rId26"/>
   </p:sldIdLst>
-  <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
-  <p:notesSz cx="6881813" cy="9296400"/>
+  <p:sldSz cx="12192000" cy="6858000"/>
+  <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...13 lines deleted...]
-      <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1" useTimings="0">
-[...27 lines deleted...]
-  </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-[...177 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="18130" autoAdjust="0"/>
-    <p:restoredTop sz="64961" autoAdjust="0"/>
+    <p:restoredLeft sz="14995" autoAdjust="0"/>
+    <p:restoredTop sz="74065" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0" showGuides="1">
+    <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="67" d="100"/>
-          <a:sy n="67" d="100"/>
+          <a:sx n="62" d="100"/>
+          <a:sy n="62" d="100"/>
         </p:scale>
-        <p:origin x="2652" y="60"/>
+        <p:origin x="744" y="48"/>
       </p:cViewPr>
-      <p:guideLst>
-[...2 lines deleted...]
-      </p:guideLst>
+      <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:outlineViewPr>
-[...7 lines deleted...]
-  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="1" d="1"/>
-        <a:sy n="1" d="1"/>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
       </p:scale>
-      <p:origin x="0" y="-3696"/>
+      <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
-  <p:notesViewPr>
-[...10 lines deleted...]
-  </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+</file>
+
+<file path=ppt/diagrams/_rels/data2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.svg"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+</file>
+
+<file path=ppt/diagrams/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.svg"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent2_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent2" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent2"/>
     </dgm:fillClrLst>
@@ -1361,969 +1059,50 @@
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=ppt/diagrams/colors2.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/colorful1">
-[...917 lines deleted...]
-<file path=ppt/diagrams/colors3.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent2_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent2" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent2"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
@@ -3026,798 +1805,51 @@
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
-<file path=ppt/diagrams/colors4.xml><?xml version="1.0" encoding="utf-8"?>
-[...746 lines deleted...]
-<file path=ppt/diagrams/colors5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/colors3.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
@@ -4520,51 +2552,51 @@
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:alpha val="0"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
-<file path=ppt/diagrams/colors6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/colors4.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
@@ -5290,87 +3322,87 @@
 </file>
 
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{F60ECAA4-7154-42D9-825A-D9D71D5B7D5B}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList" loCatId="icon" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent2_2" csCatId="accent2" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{FBE52628-7954-43A2-BB6C-9FB65E7A64B3}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="2600" dirty="0"/>
-            <a:t>Closed Caption is available</a:t>
+            <a:t>Closed Captioning: Use the CC button</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2E13682C-5222-4F2C-9477-71A5408D5856}" type="parTrans" cxnId="{8FAEEB79-1FF3-42D8-ACBF-B3F81C9FFD26}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D9A42369-4F33-4E1C-B3A7-5CE3A7D621FD}" type="sibTrans" cxnId="{8FAEEB79-1FF3-42D8-ACBF-B3F81C9FFD26}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{C818FB00-8E81-45B1-8DC9-F1D36EEEDEE7}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="2600" dirty="0"/>
-            <a:t>Send questions to “All Participants” </a:t>
+            <a:t>Send questions to “Everyone” </a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{03B281E1-081C-4942-A254-3FCE78988C37}" type="parTrans" cxnId="{A6DABFCC-DD3A-4A5B-B394-53FB80A2AB30}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1BDB9001-3490-4097-9245-6AB7BF735A61}" type="sibTrans" cxnId="{A6DABFCC-DD3A-4A5B-B394-53FB80A2AB30}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
@@ -5787,681 +3819,50 @@
     <dgm:cxn modelId="{F781FD31-4580-442A-A59E-9E95D165FA49}" type="presParOf" srcId="{143F9D57-A1F7-4417-AE10-97E4EC384CD2}" destId="{D0670F1F-B76E-42FB-8D0D-2885F6BB1891}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{A2343824-4E66-4222-8E18-E424CBC137AD}" type="presParOf" srcId="{D0670F1F-B76E-42FB-8D0D-2885F6BB1891}" destId="{F390D206-49E0-4D8D-B478-57E47776C284}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{173096F9-802D-4E3D-A970-0CA1B38AA176}" type="presParOf" srcId="{D0670F1F-B76E-42FB-8D0D-2885F6BB1891}" destId="{7C068744-6945-4613-9E4B-1C9C7F3BED6B}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{AA5081E0-8030-4DCE-9BCF-44E6935C180D}" type="presParOf" srcId="{D0670F1F-B76E-42FB-8D0D-2885F6BB1891}" destId="{B92630EC-60D8-4ACE-9FF4-E9E81BDDBEBA}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{C723F12C-290E-47E0-AE55-7F661519C285}" type="presParOf" srcId="{D0670F1F-B76E-42FB-8D0D-2885F6BB1891}" destId="{43D9BA6D-0F97-49AB-BEFC-503DB6FB6D8C}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{EE429BD0-8347-46FE-BCC4-FD504108604D}" type="presParOf" srcId="{143F9D57-A1F7-4417-AE10-97E4EC384CD2}" destId="{638A7AC7-6DDA-47D9-A758-BCA099873225}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{6E8B7044-0ECE-430C-A937-D3FA6CA626B8}" type="presParOf" srcId="{143F9D57-A1F7-4417-AE10-97E4EC384CD2}" destId="{3599DAEB-BA1E-4F4B-96F8-F51BDF5E7CAA}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{84755C34-A836-4149-98D5-BC193C2B332F}" type="presParOf" srcId="{3599DAEB-BA1E-4F4B-96F8-F51BDF5E7CAA}" destId="{85438435-EDE3-4085-B3FE-537A5439251F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{69F45676-8DB8-43E7-95FF-50AF268D9DF3}" type="presParOf" srcId="{3599DAEB-BA1E-4F4B-96F8-F51BDF5E7CAA}" destId="{0839D60B-2313-46DB-A5FD-398AC052BCA6}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{D3D83DFE-A428-4A9C-8D5D-DC256C3C1DC4}" type="presParOf" srcId="{3599DAEB-BA1E-4F4B-96F8-F51BDF5E7CAA}" destId="{0A80BEE9-4AB7-4FC6-8F1F-68F8BC82C4C0}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{142A970F-6DD5-4790-9AE5-6E4F95322B6F}" type="presParOf" srcId="{3599DAEB-BA1E-4F4B-96F8-F51BDF5E7CAA}" destId="{04371A2D-E260-464F-9CAB-5B7C7EFDFEBF}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
-    <dgm:pt modelId="{137AF090-9994-408F-AFF5-12C700063D6A}" type="doc">
-[...629 lines deleted...]
-  <dgm:ptLst>
     <dgm:pt modelId="{02B2913A-F788-4AF4-8318-27317D45455B}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList" loCatId="icon" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent2_2" csCatId="accent2" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1728ADA0-5D18-49CC-9867-32BD92808866}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="2600" dirty="0"/>
             <a:t>Statistics overview</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
@@ -6510,51 +3911,51 @@
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{69AA4705-8C70-42A8-87F5-26071A84A2CE}" type="sibTrans" cxnId="{F49EEFE2-047D-4CF7-8C0A-E13F80C82FF7}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{79E8CBB7-97C2-4FC3-8CDA-111C7B5D88D1}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="2600" dirty="0"/>
-            <a:t>Class exercise, part I</a:t>
+            <a:t>Class exercise, Part I</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F7E89260-AFD6-480E-B986-6C6B8B99AB01}" type="parTrans" cxnId="{39AF8355-2963-4B07-9BB9-D2CEC54274B9}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{FC992ABD-0A43-41BC-A795-3D9F5D51F322}" type="sibTrans" cxnId="{39AF8355-2963-4B07-9BB9-D2CEC54274B9}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
@@ -6582,51 +3983,51 @@
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{488B8B95-EB38-4CAE-8553-1377230963FB}" type="sibTrans" cxnId="{EC0C00D7-C574-40D0-8450-2179E6CAF6F6}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E9B62B59-C049-4831-A4F4-805273928CA5}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="2600" dirty="0"/>
-            <a:t>Class exercise, part II</a:t>
+            <a:t>Class exercise, Part II</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{440B9D7C-678F-4BBA-8A9B-0565FAFFD9F3}" type="parTrans" cxnId="{D49C8758-8B14-4BD0-898E-356AF3ADB889}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1A3CB997-DE1D-4C95-A9BE-5CEE1B235D6E}" type="sibTrans" cxnId="{D49C8758-8B14-4BD0-898E-356AF3ADB889}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
@@ -7031,51 +4432,51 @@
     <dgm:cxn modelId="{672785F8-425E-4890-A64D-FA1586A074F8}" type="presParOf" srcId="{CACA06BE-317E-45BD-B176-357761F9459C}" destId="{61FEB449-833D-4D4D-818A-EBFBA101C7B9}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{72B5937A-1D6C-4F6E-AD47-D8609A612422}" type="presParOf" srcId="{CACA06BE-317E-45BD-B176-357761F9459C}" destId="{8A9EECFE-CC08-4D15-B360-4088DB6A98FC}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{63920C12-F315-449D-BCE4-809823917E1C}" type="presParOf" srcId="{9A7B24A2-2B53-4148-8588-310C0B4F2959}" destId="{4B9E6D35-2E47-45E7-9529-1FA14C8B4D9D}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{A7D1187E-C8B9-4FBA-9861-9A420B83F359}" type="presParOf" srcId="{9A7B24A2-2B53-4148-8588-310C0B4F2959}" destId="{8E68596A-D843-442E-9EF0-2D11B841EE38}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{18EF3F1C-787F-462E-883A-D8F88729348C}" type="presParOf" srcId="{8E68596A-D843-442E-9EF0-2D11B841EE38}" destId="{4CCEF070-5B6A-4AB8-81C5-11FF47A4129D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{D339CA3E-9116-45DC-80F9-DAA4B774B8D8}" type="presParOf" srcId="{8E68596A-D843-442E-9EF0-2D11B841EE38}" destId="{5BFDB3D9-2C0B-4169-AF80-8FAD000F8FB9}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{5C73A12D-F1B6-47CB-8C72-120DB6AEBF91}" type="presParOf" srcId="{8E68596A-D843-442E-9EF0-2D11B841EE38}" destId="{B76C77F4-F8E5-430B-9883-3E6E518E9694}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{7D5DD9FA-666D-4CDD-B8E3-E21F50B37F2C}" type="presParOf" srcId="{8E68596A-D843-442E-9EF0-2D11B841EE38}" destId="{80136811-E548-46CF-94BE-E2DABD2E9D68}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{BA268AA4-AFCD-4E43-95FB-745A1DF5EC7C}" type="presParOf" srcId="{9A7B24A2-2B53-4148-8588-310C0B4F2959}" destId="{D8DE4BB7-1225-417C-BDC7-82DF120C52BB}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{E34BD1DC-61E7-49AD-A60D-354FEFF83713}" type="presParOf" srcId="{9A7B24A2-2B53-4148-8588-310C0B4F2959}" destId="{0C14564F-322C-4211-9D91-06277D2310AB}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{7290EFD2-1D28-4096-8815-834F5001F03B}" type="presParOf" srcId="{0C14564F-322C-4211-9D91-06277D2310AB}" destId="{0DABC583-BF0F-40DF-B4FB-873313611D4B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{1A6B6B6B-4588-4A5B-9437-5AE58E3309C1}" type="presParOf" srcId="{0C14564F-322C-4211-9D91-06277D2310AB}" destId="{387A88AF-8D24-47F9-AC66-A04D399D3790}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{45C00E3A-9CB7-4463-ABCA-9F71CF3D012A}" type="presParOf" srcId="{0C14564F-322C-4211-9D91-06277D2310AB}" destId="{0700FAF2-3735-456C-9DFE-5A090DE38FB0}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
     <dgm:cxn modelId="{91B938FA-A299-4BA0-AC39-0A5BCC767999}" type="presParOf" srcId="{0C14564F-322C-4211-9D91-06277D2310AB}" destId="{202B2778-32B1-4445-801D-5CE9152414B0}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
-<file path=ppt/diagrams/data5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/data3.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{BA0E69F9-56F2-4046-865B-95EB6F10F34D}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/vList5" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F024CC44-A3C6-4F30-A01D-5B559B1D1ACF}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
@@ -7635,51 +5036,51 @@
     <dgm:cxn modelId="{B2767EDC-129B-41BB-810C-AAC79C6F0065}" type="presOf" srcId="{8361F979-3ED7-48F6-A28E-DF0B20B2918C}" destId="{06716595-0298-48DB-8F5E-37D2CB3735F3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{C7D6CBE8-8E9B-4841-9B2C-91A0812B6D69}" type="presOf" srcId="{2DC59CD9-DA64-4DD5-8ED8-A85D705DD37E}" destId="{E1910BC9-AAAC-4821-AC72-5332313052C5}" srcOrd="0" destOrd="2" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{B224F5EE-884A-443D-B5AB-42C6EEB9A687}" srcId="{04117AE6-FD4A-4A5F-9F92-B15A090A5A21}" destId="{AD56FED8-420D-46A0-A9D6-4FC895C81104}" srcOrd="2" destOrd="0" parTransId="{D196658E-2FC3-4FDE-8E31-C2EF04B3DE40}" sibTransId="{66B9B63C-E556-4691-9536-BE91A334CF62}"/>
     <dgm:cxn modelId="{772CB465-AFFF-4CF4-9522-2761D6C6CD7F}" type="presParOf" srcId="{6DD6CAAB-4200-4E5C-B7D5-6ED7AC14A852}" destId="{48F2BE2D-613B-4FFA-A8DF-398B16083266}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{E77D060F-DD10-4D30-9C87-D5BFEFAE81C7}" type="presParOf" srcId="{48F2BE2D-613B-4FFA-A8DF-398B16083266}" destId="{344A0468-A5D8-482C-A708-C3CDD75E75AA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{728500E7-02F5-4BD0-ABAF-FC9E8C99EF1A}" type="presParOf" srcId="{48F2BE2D-613B-4FFA-A8DF-398B16083266}" destId="{E1910BC9-AAAC-4821-AC72-5332313052C5}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{4F1764A4-AF68-40F8-ADFB-525B9F4AEFD6}" type="presParOf" srcId="{6DD6CAAB-4200-4E5C-B7D5-6ED7AC14A852}" destId="{D446B24B-C555-46B2-BB09-B85868599BE5}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{6E67E815-78D2-47D7-B3E6-A33EE75B2523}" type="presParOf" srcId="{6DD6CAAB-4200-4E5C-B7D5-6ED7AC14A852}" destId="{3280CD8B-62BF-44AE-AD31-D1CF8729171C}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{9AC7B327-5E40-43EC-BCFF-CE739244767A}" type="presParOf" srcId="{3280CD8B-62BF-44AE-AD31-D1CF8729171C}" destId="{78F47B21-9B40-4FF6-8235-C1635E264FB4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{F8AD6673-8540-4D8C-A2D2-419CB863F950}" type="presParOf" srcId="{3280CD8B-62BF-44AE-AD31-D1CF8729171C}" destId="{ECA24BE8-A26D-4A04-9469-2EA9498EAB6C}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{30F5A6D9-BC3B-408B-BF4D-4DDC7E3B6CB2}" type="presParOf" srcId="{6DD6CAAB-4200-4E5C-B7D5-6ED7AC14A852}" destId="{0591ED8C-076D-4FF9-BED1-6817CE33D16F}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{8FEB67EC-00DA-4D30-BF07-31A5DC564403}" type="presParOf" srcId="{6DD6CAAB-4200-4E5C-B7D5-6ED7AC14A852}" destId="{0670C7E9-FE2F-40E1-A6D6-87E142028A6A}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{B01DE57B-BDA1-40A9-A917-80CA310B46A2}" type="presParOf" srcId="{0670C7E9-FE2F-40E1-A6D6-87E142028A6A}" destId="{A60C8BB1-9ACC-45A5-9022-3387F8EB31FB}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
     <dgm:cxn modelId="{8FE96623-1236-48B4-A7E6-3154D00793BF}" type="presParOf" srcId="{0670C7E9-FE2F-40E1-A6D6-87E142028A6A}" destId="{06716595-0298-48DB-8F5E-37D2CB3735F3}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList5"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
-<file path=ppt/diagrams/data6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/data4.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{19D9B741-3962-419C-8494-B75D3D727070}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList" loCatId="icon" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B4B33E41-2BC4-4567-A86F-918816E977A9}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="2600" dirty="0"/>
             <a:t>Provide information about the health of a population and what influences it</a:t>
           </a:r>
         </a:p>
@@ -8133,54 +5534,53 @@
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="219037" y="166319"/>
           <a:ext cx="398249" cy="398249"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{4A6ED5B2-34FA-4654-804C-A5B1060FF102}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -8206,51 +5606,51 @@
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="76633" tIns="76633" rIns="76633" bIns="76633" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1155700">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" kern="1200" dirty="0"/>
-            <a:t>Closed Caption is available</a:t>
+            <a:t>Closed Captioning: Use the CC button</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="836323" y="3399"/>
         <a:ext cx="7050376" cy="724089"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{538159BA-2087-4B9D-ACAF-C05C0E6DED90}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="908511"/>
           <a:ext cx="7886700" cy="724089"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent2">
@@ -8285,54 +5685,53 @@
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="219037" y="1071431"/>
           <a:ext cx="398249" cy="398249"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{F38584A2-C97B-47F5-978A-FC6B532BAAD0}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -8358,51 +5757,51 @@
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="76633" tIns="76633" rIns="76633" bIns="76633" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1155700">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" kern="1200" dirty="0"/>
-            <a:t>Send questions to “All Participants” </a:t>
+            <a:t>Send questions to “Everyone” </a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="836323" y="908511"/>
         <a:ext cx="7050376" cy="724089"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{9C6D6669-8D2C-4662-AE73-A7168FB52055}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="1813624"/>
           <a:ext cx="7886700" cy="724089"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent2">
@@ -8437,54 +5836,53 @@
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="219037" y="1976544"/>
           <a:ext cx="398249" cy="398249"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{C1BEB25A-2602-4EF5-AB8D-33FF04B8CEB4}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -8589,54 +5987,53 @@
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="219037" y="2881656"/>
           <a:ext cx="398249" cy="398249"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{43D9BA6D-0F97-49AB-BEFC-503DB6FB6D8C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -8741,54 +6138,53 @@
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="219037" y="3786768"/>
           <a:ext cx="398249" cy="398249"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId10"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{04371A2D-E260-464F-9CAB-5B7C7EFDFEBF}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -8835,1100 +6231,50 @@
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" kern="1200" dirty="0"/>
             <a:t>Your feedback matters!                                                         </a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="836323" y="3623848"/>
         <a:ext cx="7050376" cy="724089"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
-    <dsp:sp modelId="{A73E6E87-8A17-4223-9E9B-CF14C7B683F0}">
-[...1048 lines deleted...]
-    <dsp:grpSpPr/>
     <dsp:sp modelId="{ECE634AE-6C44-435D-8C66-6CDBA826199B}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="1407"/>
           <a:ext cx="7886700" cy="599796"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent2">
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
@@ -9955,54 +6301,53 @@
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="181438" y="136361"/>
           <a:ext cx="329887" cy="329887"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{E8B5E807-8272-43CF-8910-AA706536C01F}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -10107,54 +6452,53 @@
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="181438" y="886107"/>
           <a:ext cx="329887" cy="329887"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{4378C31F-5DB0-440A-8208-9E048175312C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -10260,54 +6604,53 @@
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="181438" y="1635852"/>
           <a:ext cx="329887" cy="329887"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{E16006C6-21A6-41B6-ADEA-AEDDA2CECA4E}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -10333,51 +6676,51 @@
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="63478" tIns="63478" rIns="63478" bIns="63478" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1155700">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" kern="1200" dirty="0"/>
-            <a:t>Class exercise, part I</a:t>
+            <a:t>Class exercise, Part I</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="692764" y="1500898"/>
         <a:ext cx="7193935" cy="599796"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{458D3C95-5A2D-4F0E-B685-9FB197736507}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="2250643"/>
           <a:ext cx="7886700" cy="599796"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent2">
@@ -10412,54 +6755,53 @@
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="181438" y="2385597"/>
           <a:ext cx="329887" cy="329887"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{8A9EECFE-CC08-4D15-B360-4088DB6A98FC}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -10565,54 +6907,53 @@
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="181438" y="3135342"/>
           <a:ext cx="329887" cy="329887"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{80136811-E548-46CF-94BE-E2DABD2E9D68}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -10638,51 +6979,51 @@
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="63478" tIns="63478" rIns="63478" bIns="63478" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1155700">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" kern="1200" dirty="0"/>
-            <a:t>Class exercise, part II</a:t>
+            <a:t>Class exercise, Part II</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="692764" y="3000388"/>
         <a:ext cx="7193935" cy="599796"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{0DABC583-BF0F-40DF-B4FB-873313611D4B}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="3750134"/>
           <a:ext cx="7886700" cy="599796"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent2">
@@ -10717,54 +7058,53 @@
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="181438" y="3885088"/>
           <a:ext cx="329887" cy="329887"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId10"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{202B2778-32B1-4445-801D-5CE9152414B0}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
@@ -10803,94 +7143,93 @@
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" kern="1200" dirty="0"/>
             <a:t>Wrap up</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="692764" y="3750134"/>
         <a:ext cx="7193935" cy="599796"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
-<file path=ppt/diagrams/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{E1910BC9-AAAC-4821-AC72-5332313052C5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="5400000">
           <a:off x="4414908" y="-2325854"/>
           <a:ext cx="1412173" cy="6164061"/>
         </a:xfrm>
         <a:prstGeom prst="round2SameRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:alpha val="90000"/>
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:alpha val="90000"/>
               <a:tint val="40000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="247650" tIns="123825" rIns="247650" bIns="123825" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="228600" lvl="1" indent="-228600" algn="l" defTabSz="977900" rtl="0">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
@@ -10951,61 +7290,60 @@
         <a:off x="2038965" y="119026"/>
         <a:ext cx="6095124" cy="1274299"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{344A0468-A5D8-482C-A708-C3CDD75E75AA}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="2038174" cy="1508719"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="99060" tIns="49530" rIns="99060" bIns="49530" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1155700">
             <a:lnSpc>
@@ -11035,63 +7373,62 @@
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{ECA24BE8-A26D-4A04-9469-2EA9498EAB6C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="5400000">
           <a:off x="4349573" y="-782556"/>
           <a:ext cx="1559870" cy="6296927"/>
         </a:xfrm>
         <a:prstGeom prst="round2SameRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:alpha val="90000"/>
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:alpha val="90000"/>
               <a:tint val="40000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="247650" tIns="123825" rIns="247650" bIns="123825" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="228600" lvl="1" indent="-228600" algn="l" defTabSz="977900" rtl="0">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
@@ -11152,61 +7489,60 @@
         <a:off x="1981045" y="1662119"/>
         <a:ext cx="6220780" cy="1407576"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{78F47B21-9B40-4FF6-8235-C1635E264FB4}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="789" y="1611547"/>
           <a:ext cx="1980254" cy="1508719"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="99060" tIns="49530" rIns="99060" bIns="49530" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1155700">
             <a:lnSpc>
@@ -11236,63 +7572,62 @@
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{06716595-0298-48DB-8F5E-37D2CB3735F3}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="5400000">
           <a:off x="4214035" y="901796"/>
           <a:ext cx="1612362" cy="6254959"/>
         </a:xfrm>
         <a:prstGeom prst="round2SameRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:alpha val="90000"/>
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:alpha val="90000"/>
               <a:tint val="40000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="247650" tIns="123825" rIns="247650" bIns="123825" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="228600" lvl="1" indent="-228600" algn="l" defTabSz="933450" rtl="0">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
@@ -11353,61 +7688,60 @@
         <a:off x="1892737" y="3301804"/>
         <a:ext cx="6176250" cy="1454944"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{A60C8BB1-9ACC-45A5-9022-3387F8EB31FB}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="5907" y="3273099"/>
           <a:ext cx="2018064" cy="1508719"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="99060" tIns="49530" rIns="99060" bIns="49530" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1155700">
             <a:lnSpc>
@@ -11418,664 +7752,660 @@
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" b="1" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
             <a:t>Statistics</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="79557" y="3346749"/>
         <a:ext cx="1870764" cy="1361419"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
-<file path=ppt/diagrams/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{A35568FB-E5C3-4197-B7C4-E2B681958FC5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="3928"/>
-          <a:ext cx="7949761" cy="886707"/>
+          <a:off x="0" y="1805"/>
+          <a:ext cx="7949761" cy="915310"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{15B9A826-9B53-465B-82A9-52CFB249ECA6}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="268228" y="203438"/>
-          <a:ext cx="488165" cy="487689"/>
+          <a:off x="276881" y="207750"/>
+          <a:ext cx="503420" cy="503420"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{8A36BA8A-59D6-4EDC-942E-B1795575A0B0}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1024623" y="3928"/>
-          <a:ext cx="6909357" cy="914416"/>
+          <a:off x="1057183" y="1805"/>
+          <a:ext cx="6892577" cy="915310"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="96776" tIns="96776" rIns="96776" bIns="96776" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="96870" tIns="96870" rIns="96870" bIns="96870" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1155700">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" kern="1200" dirty="0"/>
             <a:t>Provide information about the health of a population and what influences it</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1024623" y="3928"/>
-        <a:ext cx="6909357" cy="914416"/>
+        <a:off x="1057183" y="1805"/>
+        <a:ext cx="6892577" cy="915310"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{ECD98AB4-A1D3-4964-9EBD-144683E5BD6C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="1146949"/>
-          <a:ext cx="7949761" cy="886707"/>
+          <a:off x="0" y="1145944"/>
+          <a:ext cx="7949761" cy="915310"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{FEFE7D61-F0EE-4D0C-BBE9-B0D7571ECDB3}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="268228" y="1346459"/>
-          <a:ext cx="488165" cy="487689"/>
+          <a:off x="276881" y="1351889"/>
+          <a:ext cx="503420" cy="503420"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{191F557C-67E1-4430-8BE1-7BCB1F56C82B}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1024623" y="1146949"/>
-          <a:ext cx="6909357" cy="914416"/>
+          <a:off x="1057183" y="1145944"/>
+          <a:ext cx="6892577" cy="915310"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="96776" tIns="96776" rIns="96776" bIns="96776" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="96870" tIns="96870" rIns="96870" bIns="96870" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1155700">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" kern="1200" dirty="0"/>
             <a:t>Monitor health status and risk factors</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1024623" y="1146949"/>
-        <a:ext cx="6909357" cy="914416"/>
+        <a:off x="1057183" y="1145944"/>
+        <a:ext cx="6892577" cy="915310"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{26AD06E3-3DCB-4781-850B-51A02EFEC01B}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="2289971"/>
-          <a:ext cx="7949761" cy="886707"/>
+          <a:off x="0" y="2290082"/>
+          <a:ext cx="7949761" cy="915310"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{C61550BD-A56C-45E2-B3CC-DACA3DB14233}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="268228" y="2489480"/>
-          <a:ext cx="488165" cy="487689"/>
+          <a:off x="276881" y="2496027"/>
+          <a:ext cx="503420" cy="503420"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{0A4C7233-F5EF-4B72-AD61-42D17DEC0D29}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1024623" y="2289971"/>
-          <a:ext cx="6909357" cy="914416"/>
+          <a:off x="1057183" y="2290082"/>
+          <a:ext cx="6892577" cy="915310"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="96776" tIns="96776" rIns="96776" bIns="96776" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="96870" tIns="96870" rIns="96870" bIns="96870" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1155700">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" kern="1200" dirty="0"/>
             <a:t>Guide research, policy, and program development</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1024623" y="2289971"/>
-        <a:ext cx="6909357" cy="914416"/>
+        <a:off x="1057183" y="2290082"/>
+        <a:ext cx="6892577" cy="915310"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{33FF159B-C832-468A-96CA-262C164D8F3B}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="3432992"/>
-          <a:ext cx="7949761" cy="886707"/>
+          <a:off x="0" y="3434221"/>
+          <a:ext cx="7949761" cy="915310"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{4EDBDA9A-AFFA-4510-8310-F069FC6C37CC}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="268228" y="3632501"/>
-          <a:ext cx="488165" cy="487689"/>
+          <a:off x="276881" y="3640166"/>
+          <a:ext cx="503420" cy="503420"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{9C072163-FD66-400D-8936-355F2A6A64BF}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1024623" y="3432992"/>
-          <a:ext cx="6909357" cy="914416"/>
+          <a:off x="1057183" y="3434221"/>
+          <a:ext cx="6892577" cy="915310"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="96776" tIns="96776" rIns="96776" bIns="96776" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="96870" tIns="96870" rIns="96870" bIns="96870" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1155700">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2600" kern="1200" dirty="0"/>
             <a:t>Evaluate research, policy and program effectiveness</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1024623" y="3432992"/>
-        <a:ext cx="6909357" cy="914416"/>
+        <a:off x="1057183" y="3434221"/>
+        <a:ext cx="6892577" cy="915310"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
   <dgm:title val="Icon Vertical Solid List"/>
   <dgm:desc val="Use to show a series of visuals from top to bottom with Level 1 or Level 1 and Level 2 text grouped in a shape. Works best with icons or small pictures with lengthier descriptions."/>
   <dgm:catLst>
     <dgm:cat type="icon" pri="500"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
   <dgm:styleData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
@@ -12333,2343 +8663,50 @@
           <dgm:ruleLst/>
         </dgm:layoutNode>
       </dgm:forEach>
     </dgm:forEach>
   </dgm:layoutNode>
   <dgm:extLst>
     <a:ext uri="{68A01E43-0DF5-4B5B-8FA6-DAF915123BFB}">
       <dgm1612:lstStyle xmlns:dgm1612="http://schemas.microsoft.com/office/drawing/2016/12/diagram">
         <a:lvl1pPr>
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
         </a:lvl1pPr>
         <a:lvl2pPr>
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
         </a:lvl2pPr>
       </dgm1612:lstStyle>
     </a:ext>
   </dgm:extLst>
 </dgm:layoutDef>
 </file>
 
 <file path=ppt/diagrams/layout2.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2009/layout/CircleArrowProcess">
-[...2291 lines deleted...]
-<file path=ppt/diagrams/layout4.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
   <dgm:title val="Icon Vertical Solid List"/>
   <dgm:desc val="Use to show a series of visuals from top to bottom with Level 1 or Level 1 and Level 2 text grouped in a shape. Works best with icons or small pictures with lengthier descriptions."/>
   <dgm:catLst>
     <dgm:cat type="icon" pri="500"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
   <dgm:styleData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:styleData>
   <dgm:clrData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
@@ -14919,51 +8956,51 @@
           <dgm:constrLst/>
           <dgm:ruleLst/>
         </dgm:layoutNode>
       </dgm:forEach>
     </dgm:forEach>
   </dgm:layoutNode>
   <dgm:extLst>
     <a:ext uri="{68A01E43-0DF5-4B5B-8FA6-DAF915123BFB}">
       <dgm1612:lstStyle xmlns:dgm1612="http://schemas.microsoft.com/office/drawing/2016/12/diagram">
         <a:lvl1pPr>
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
         </a:lvl1pPr>
         <a:lvl2pPr>
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
         </a:lvl2pPr>
       </dgm1612:lstStyle>
     </a:ext>
   </dgm:extLst>
 </dgm:layoutDef>
 </file>
 
-<file path=ppt/diagrams/layout5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/layout3.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/vList5">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="list" pri="15000"/>
     <dgm:cat type="convert" pri="2000"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="11">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="12">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="2">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="21">
           <dgm:prSet phldr="1"/>
@@ -15152,51 +9189,51 @@
               </dgm:constrLst>
               <dgm:ruleLst>
                 <dgm:rule type="secFontSz" val="5" fact="NaN" max="NaN"/>
               </dgm:ruleLst>
             </dgm:layoutNode>
           </dgm:if>
           <dgm:else name="Name13"/>
         </dgm:choose>
       </dgm:layoutNode>
       <dgm:forEach name="Name14" axis="followSib" ptType="sibTrans" cnt="1">
         <dgm:layoutNode name="sp">
           <dgm:alg type="sp"/>
           <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
             <dgm:adjLst/>
           </dgm:shape>
           <dgm:presOf/>
           <dgm:constrLst/>
           <dgm:ruleLst/>
         </dgm:layoutNode>
       </dgm:forEach>
     </dgm:forEach>
   </dgm:layoutNode>
 </dgm:layoutDef>
 </file>
 
-<file path=ppt/diagrams/layout6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/layout4.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
   <dgm:title val="Icon Vertical Solid List"/>
   <dgm:desc val="Use to show a series of visuals from top to bottom with Level 1 or Level 1 and Level 2 text grouped in a shape. Works best with icons or small pictures with lengthier descriptions."/>
   <dgm:catLst>
     <dgm:cat type="icon" pri="500"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
   <dgm:styleData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:styleData>
   <dgm:clrData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
@@ -17515,1055 +11552,1055 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/diagrams/quickStyle3.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple4">
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
-    <dgm:cat type="simple" pri="10400"/>
+    <dgm:cat type="simple" pri="10100"/>
   </dgm:catLst>
   <dgm:scene3d>
     <a:camera prst="orthographicFront"/>
     <a:lightRig rig="threePt" dir="t"/>
   </dgm:scene3d>
   <dgm:styleLbl name="node0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="lnNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="vennNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="tx1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="node2">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="node3">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="node4">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgImgPlace1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignImgPlace1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgImgPlace1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans2D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgSibTrans2D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgSibTrans2D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="sibTrans1D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="callout">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="1">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst2">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst3">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="asst4">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D2">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D3">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans2D4">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor">
         <a:schemeClr val="lt1"/>
       </a:fontRef>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D2">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D3">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="parChTrans1D4">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="conFgAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="trAlignAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidFgAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidAlignAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="solidBgAcc1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAccFollowNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignAccFollowNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgAccFollowNode1">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc0">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc2">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc3">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgAcc4">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="1">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="bgShp">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="dkBgShp">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="trBgShp">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="fgShp">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
-      <a:lnRef idx="0">
+      <a:lnRef idx="2">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
-      <a:fillRef idx="3">
+      <a:fillRef idx="1">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
-      <a:effectRef idx="2">
+      <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
@@ -19582,2724 +13619,350 @@
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
-<file path=ppt/diagrams/quickStyle5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1030 lines deleted...]
-</dgm:styleDef>
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/quickStyle6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1038 lines deleted...]
-<p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgPr>
-[...4 lines deleted...]
-      </p:bgPr>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Header Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="2982913" cy="466725"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...224 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3897313" y="0"/>
-            <a:ext cx="2982912" cy="466725"/>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...7 lines deleted...]
-              <a:t>1/31/2024</a:t>
+            <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>10/27/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1350963" y="1162050"/>
-            <a:ext cx="4181475" cy="3136900"/>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:endParaRPr lang="en-US" noProof="0" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="688975" y="4473575"/>
-            <a:ext cx="5505450" cy="3660775"/>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" noProof="0"/>
-              <a:t>Edit Master text styles</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" noProof="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" noProof="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" noProof="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" noProof="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="8829675"/>
-            <a:ext cx="2982913" cy="466725"/>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3897313" y="8829675"/>
-            <a:ext cx="2982912" cy="466725"/>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="92446" tIns="46223" rIns="92446" bIns="46223" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...6 lines deleted...]
-              </a:pPr>
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1196040206"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3700270967"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
-    <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
@@ -22314,273 +13977,2486 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...2 lines deleted...]
-<file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-</file>
-[...18 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" b="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2430453016"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3487019124"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1631204995"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2476146883"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:tabLst>
+                <a:tab pos="457200" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="583594946"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3758302845"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{625A82F5-3735-4512-B78D-C1FA13B24440}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>15</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="623862679"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2238191908"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1933014777"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3217424772"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0" dirty="0">
+              <a:highlight>
+                <a:srgbClr val="FFFF00"/>
+              </a:highlight>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="434782745"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="770853745"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="829801372"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2520731943"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2833865179"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>https://nanda.isr.umich.edu/</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>23</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1415509055"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3263749976"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>I briefly I wanted to introduce the Network of the National Library of Medicine, also known as NNLM. As the name suggests, the NNLM is part of the National Library of Medicine, which is within the National Institutes of Health. We are the education and outreach arm of the National Library of Medicine. We work regionally, getting to know communities on the ground and helping those communities serve the people they know best. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>But we are also present across the entire country, and we work to advance the health and well being of everyone through access and understanding of how to use health information. This includes both working with organizations like libraries of all types, schools, health care, and all sorts of community-based organizations. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>We do this primarily through three different methods: 1) providing funding to organizations so that they can work within their own communities; 2) other forms of outreach and engagement; ) And then like today, we offer a wide range of training and education opportunities.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>I </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>encourage you all to visit nnlm.gov to learn more.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4206312398"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="672676779"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3571148428"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3718231472"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="838827112"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2804117310"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -22589,2745 +16465,1553 @@
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="838827112"/>
-[...178 lines deleted...]
-      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="79910277"/>
-      </p:ext>
-[...2397 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3718231472"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Picture with Caption" type="picTx">
+  <p:cSld name="Picture with Caption">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 31"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Google Shape;32;p30"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Google Shape;33;p30"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5413248" y="1069847"/>
+            <a:ext cx="6099048" cy="4800600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Google Shape;34;p30"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="2880360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Google Shape;35;p30"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Google Shape;36;p30"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="126809145"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Content 1">
+  <p:cSld name="Title and Content 1">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 94"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="95" name="Google Shape;95;g2b91989fa34_0_173"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="Google Shape;96;g2b91989fa34_0_173"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1780032"/>
+            <a:ext cx="10972800" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="768398003"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="3824">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="576">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj">
+  <p:cSld name="Title and Content">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3688499877"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="1122363"/>
-            <a:ext cx="6858000" cy="2387600"/>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="4500"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="3602038"/>
-            <a:ext cx="6858000" cy="396648"/>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="396648"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1800"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="342900" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1500"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="685800" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1350"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1028700" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1371600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
@@ -25396,9408 +18080,14680 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3797814811"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2553484229"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title and Vertical Text">
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Section Header" type="secHead">
+  <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 37"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="38" name="Google Shape;38;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1106424" y="1173575"/>
+            <a:ext cx="9966960" cy="2926080"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="7200"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="7200" b="0" cap="none"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="39" name="Google Shape;39;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1709928" y="4154520"/>
+            <a:ext cx="8769096" cy="1363806"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buNone/>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="40" name="Google Shape;40;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="41" name="Google Shape;41;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="42" name="Google Shape;42;p25"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1981200" y="4020408"/>
+            <a:ext cx="8229601" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="10000" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="364155490"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1282190589"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Vertical Title and Text">
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Blank" type="blank">
+  <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 43"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Vertical Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="44" name="Google Shape;44;p23"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" orient="vert"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6543676" y="365125"/>
-            <a:ext cx="1971675" cy="5811838"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="45" name="Google Shape;45;p23"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628652" y="365125"/>
-            <a:ext cx="5800725" cy="5811838"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-[...50 lines deleted...]
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{531637DA-7CCD-40E4-B73E-4FBDAF634A94}" type="slidenum">
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:pPr>
-[...1 lines deleted...]
-              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...25 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="248344940"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4202769349"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title and Content">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Comparison" type="twoTxTwoObj">
+  <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 55"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="56" name="Google Shape;56;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="57" name="Google Shape;57;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2001511"/>
+            <a:ext cx="4754880" cy="777240"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58" name="Google Shape;58;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2721483"/>
+            <a:ext cx="4754880" cy="3383280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59" name="Google Shape;59;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269173" y="1999032"/>
+            <a:ext cx="4754880" cy="777240"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="Google Shape;60;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269173" y="2719322"/>
+            <a:ext cx="4754880" cy="3383280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="Google Shape;61;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Google Shape;62;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
-[...28 lines deleted...]
-            </a:r>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1601166364"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4232036581"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Section Header">
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Only" type="titleOnly">
+  <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 63"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="64" name="Google Shape;64;p28"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="623888" y="1709743"/>
-            <a:ext cx="7886700" cy="2852737"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="4500"/>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="65" name="Google Shape;65;p28"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="623888" y="4589468"/>
-            <a:ext cx="7886700" cy="1500187"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
-              <a:defRPr sz="1800">
-[...3 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="342900" indent="0">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
-              <a:defRPr sz="1500">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="685800" indent="0">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
-              <a:defRPr sz="1350">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1028700" indent="0">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
-              <a:defRPr sz="1200">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1371600" indent="0">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
-              <a:defRPr sz="1200">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1714500" indent="0">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
-              <a:defRPr sz="1200">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2057400" indent="0">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
-              <a:defRPr sz="1200">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2400300" indent="0">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
-              <a:defRPr sz="1200">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2743200" indent="0">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
-              <a:defRPr sz="1200">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="66" name="Google Shape;66;p28"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{C8BD5518-C465-4C1F-8E36-9195006C4AB9}" type="slidenum">
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:pPr>
-[...1 lines deleted...]
-              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...25 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2446747646"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="843619431"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Two Content">
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Content with Caption" type="objTx">
+  <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 67"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="68" name="Google Shape;68;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="69" name="Google Shape;69;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="1825625"/>
-            <a:ext cx="3886200" cy="4351338"/>
+            <a:off x="5852159" y="1097280"/>
+            <a:ext cx="5212080" cy="4663440"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-391160" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2560"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-370840" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2240"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-350519" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="70" name="Google Shape;70;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4629150" y="1825625"/>
-            <a:ext cx="3886200" cy="4351338"/>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="3017520"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="71" name="Google Shape;71;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="72" name="Google Shape;72;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4192719823"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="360677754"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Comparison">
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Vertical Text" type="vertTx">
+  <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 73"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="74" name="Google Shape;74;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="629841" y="365129"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="75" name="Google Shape;75;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="3868340" cy="823912"/>
+          <a:xfrm rot="5400000">
+            <a:off x="4060136" y="-859735"/>
+            <a:ext cx="4038600" cy="9872871"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1800" b="1"/>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="342900" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1500" b="1"/>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="685800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1350" b="1"/>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1028700" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1714500" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2057400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2400300" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="76" name="Google Shape;76;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="629842" y="2505075"/>
-            <a:ext cx="3868340" cy="3684588"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Text Placeholder 4"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="77" name="Google Shape;77;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="3"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4629152" y="1681163"/>
-            <a:ext cx="3887391" cy="823912"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1800" b="1"/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="342900" indent="0">
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1500" b="1"/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="685800" indent="0">
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1350" b="1"/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1028700" indent="0">
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1200" b="1"/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1371600" indent="0">
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1200" b="1"/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1714500" indent="0">
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1200" b="1"/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2057400" indent="0">
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1200" b="1"/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2400300" indent="0">
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1200" b="1"/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2743200" indent="0">
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
-              <a:defRPr sz="1200" b="1"/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
-[...86 lines deleted...]
-              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...25 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1196620375"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1661178564"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title Only">
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Vertical Title and Text" type="vertTitleAndTx">
+  <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 78"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="79" name="Google Shape;79;p32"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="7181850" y="2305050"/>
+            <a:ext cx="5410200" cy="2324100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="80" name="Google Shape;80;p32"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="2152650" y="-247650"/>
+            <a:ext cx="5410200" cy="7429500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...35 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4007335427"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3196523652"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Blank">
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Two Content 1">
+  <p:cSld name="Two Content 1">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 88"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="89" name="Google Shape;89;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="90" name="Google Shape;90;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="Google Shape;93;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
               <a:defRPr/>
-            </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3467058140"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4064170915"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Content with Caption">
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="10" name="Google Shape;10;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="629841" y="457200"/>
-[...673 lines deleted...]
-            <a:ext cx="9144000" cy="681037"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="ctr"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4400"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="11" name="Google Shape;11;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7686676" y="6356353"/>
-[...107 lines deleted...]
-            <a:ext cx="2169573" cy="348091"/>
+            <a:off x="1143000" y="2057400"/>
+            <a:ext cx="9872871" cy="4038600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...1 lines deleted...]
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-340360" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1760"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:schemeClr val="dk1"/>
                 </a:solidFill>
-              </a14:hiddenFill>
-[...2 lines deleted...]
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:miter lim="800000"/>
-[...4 lines deleted...]
-          </a:extLst>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-320039" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1440"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-309880" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Google Shape;12;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1142996" y="6223828"/>
+            <a:ext cx="2329074" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Google Shape;13;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Google Shape;14;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Google Shape;15;p21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6128028"/>
+            <a:ext cx="12192000" cy="726141"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="20558A"/>
+          </a:solidFill>
+          <a:ln w="19050" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="20455A"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Corbel"/>
+              <a:ea typeface="Corbel"/>
+              <a:cs typeface="Corbel"/>
+              <a:sym typeface="Corbel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Google Shape;16;p21"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId14">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="81041" y="6275073"/>
+            <a:ext cx="3556464" cy="429301"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1819768716"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147484375" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147484334" r:id="rId11"/>
+    <p:sldLayoutId id="2147483663" r:id="rId1"/>
+    <p:sldLayoutId id="2147483664" r:id="rId2"/>
+    <p:sldLayoutId id="2147483665" r:id="rId3"/>
+    <p:sldLayoutId id="2147483667" r:id="rId4"/>
+    <p:sldLayoutId id="2147483668" r:id="rId5"/>
+    <p:sldLayoutId id="2147483669" r:id="rId6"/>
+    <p:sldLayoutId id="2147483670" r:id="rId7"/>
+    <p:sldLayoutId id="2147483671" r:id="rId8"/>
+    <p:sldLayoutId id="2147483673" r:id="rId9"/>
+    <p:sldLayoutId id="2147483674" r:id="rId10"/>
+    <p:sldLayoutId id="2147483675" r:id="rId11"/>
+    <p:sldLayoutId id="2147483676" r:id="rId12"/>
   </p:sldLayoutIdLst>
-  <p:hf hdr="0" ftr="0" dt="0"/>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="3300" kern="1200">
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mj-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="3300">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="3300">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="3300">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="3300">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="342900" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="3300">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="685800" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="3300">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="1028700" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="3300">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="1371600" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="3300">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="171450" indent="-171450" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="750"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2100" kern="1200">
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="514350" indent="-171450" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="857250" indent="-171450" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1500" kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1200150" indent="-171450" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1543050" indent="-171450" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="1885950" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1350" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2228850" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1350" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="2571750" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1350" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="2914650" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1350" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
-      <a:defPPr>
-        <a:defRPr lang="en-US"/>
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="342900" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="685800" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1028700" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1371600" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="1714500" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2057400" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="2400300" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="2743200" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data6.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/nchs/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/nchs/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/brfss" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/brfss" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kff.org/statedata" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/cedsci/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/cedsci/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.countyhealthrankings.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=IZNco8H7ccE&amp;t=3s" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.icpsr.umich.edu/web/ICPSR/series/1920" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cognability.isr.umich.edu/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityhealthdashboard.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...15 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nnlm.gov/hsw-jan2024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Katie.pierce-farrier@unthsc.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cnieman@hshsl.umaryland.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data5.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="Picture of a desktop computer, a tablet and a smartphone." hidden="1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="1067" r="4096"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1530138" y="0"/>
+            <a:ext cx="9137863" cy="6940414"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="1645551"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Health Statistics on the Web</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2667000" y="3073965"/>
+            <a:ext cx="6858000" cy="1117478"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Network of the National Library of Medicine</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>January 2026</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5188F2C-FA9C-5600-C15C-FC7F88D4E2E9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F0DAB4D-F09E-DE81-1017-3392E1C72195}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="-1325563"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
-[...3 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>1</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...31 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4034652808"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1537309445"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="455942"/>
-            <a:ext cx="7886700" cy="636591"/>
+            <a:off x="244642" y="219146"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
         </p:spPr>
-        <p:txBody>
-[...319 lines deleted...]
-        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Steps to Finding Health Statistics</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="776776" y="2253686"/>
+            <a:off x="790719" y="2172389"/>
             <a:ext cx="4391683" cy="3017749"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="257144" indent="-257144">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Formulate the question </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="257144" indent="-257144">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="257144" indent="-257144">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> Choose the best resource</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="257144" indent="-257144">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="257144" indent="-257144">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> Evaluate the results</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="257144" indent="-257144">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="257144" indent="-257144">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> Repeat as necessary</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4" descr="Picture of a market checking boxes off a to do list"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:srcRect l="14728"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5168459" y="2253686"/>
+            <a:off x="6788711" y="2298887"/>
             <a:ext cx="3869608" cy="2855156"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C23B70A3-50B0-8852-C170-6A046C30607F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="267366258"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Title 2">
+          <p:cNvPr id="4" name="Title 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{361633A9-7E19-79A6-B93E-E8591399F4CA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3829BDD-4E62-3579-F530-FBEF6E589C0B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="-1325563"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="160421" y="1"/>
+            <a:ext cx="12031579" cy="1748588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...35 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="5400" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Class Exercise Part I: </a:t>
             </a:r>
-          </a:p>
-          <a:p>
+            <a:br>
+              <a:rPr lang="en-US" sz="5400" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+            </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>What question or topic will you search today?</a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C3FEC35-6EB3-B78D-E8F5-9EC9717B2B17}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="498024" y="1933475"/>
-            <a:ext cx="8017326" cy="4121513"/>
+            <a:off x="160421" y="2101513"/>
+            <a:ext cx="11405218" cy="3711081"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
               <a:t>Take two minutes to formulate a question for a health statistic you are interested in finding today. You may want to include age, range, geography, and/or time frame in your question.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0"/>
               <a:t>Example questions:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" marR="0" indent="-285750">
+            <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...4 lines deleted...]
-              </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
-                <a:effectLst/>
-                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>What percentage of adults aged 21 and over reported having coronary heart disease in Vermont in 2019? </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" marR="0" indent="-285750">
+            <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...4 lines deleted...]
-              </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1000" dirty="0">
-              <a:effectLst/>
-              <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" marR="0" indent="-285750">
+            <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...4 lines deleted...]
-              </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
-                <a:effectLst/>
-                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>How has the rural-urban distribution of the geriatric patient population in the United States changed over the last decade? </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
-              <a:latin typeface="+mn-lt"/>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E76E4119-3185-F73B-530E-B4E3D9EB2AF7}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1474500315"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4" descr="Picture of a laptop computer"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="776945" y="0"/>
-            <a:ext cx="7738405" cy="6418498"/>
+            <a:off x="2226797" y="192505"/>
+            <a:ext cx="7738405" cy="5743074"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3270307" y="2819260"/>
+            <a:off x="4794307" y="2819261"/>
             <a:ext cx="2751680" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Statistics Portals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E568C69-B431-60D8-26F8-5E1A8F84CB17}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2240721608"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="538702" y="363901"/>
-            <a:ext cx="7886700" cy="877891"/>
+            <a:off x="521368" y="363901"/>
+            <a:ext cx="11149263" cy="877891"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>National Center for Health Statistics (NCHS)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="538702" y="1522510"/>
-            <a:ext cx="7763469" cy="4161316"/>
+            <a:off x="473247" y="1679565"/>
+            <a:ext cx="10932689" cy="4161316"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Principal health statistics agency for the U.S.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Part of </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Centers for Disease Control &amp; Prevention (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>CDC) since 1987</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Compiles statistics from numerous data sources</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Provides information to </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>guide decisions on policies, the health care system, and health disparities </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Adheres </a:t>
-[...10 lines deleted...]
-              <a:t>to quality guidelines to maximize the integrity of the information provided to the public </a:t>
+              <a:t>Adheres to quality guidelines to maximize the integrity of the information provided to the public </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3472648" y="6316666"/>
-            <a:ext cx="2198704" cy="430887"/>
+            <a:off x="6296058" y="6278654"/>
+            <a:ext cx="4259647" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>NCHS Homepage</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC688C73-AF54-F947-F658-BE1608A33E2D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1598762261"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2051050" y="438856"/>
+            <a:ext cx="7886700" cy="700293"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>MedlinePlus.gov</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17BA23F1-ED3F-96EE-A20F-5D07F002F82C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685967" y="1865263"/>
+            <a:ext cx="10616866" cy="3354765"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>National Library of Medicine’s consumer health portal</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
+              <a:t>Information on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>diseases and conditions, wellness issues, drugs and supplements, and medical tests</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
+              <a:t>Sourced from over 500 vetted organizations</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Health Topic pages can be used to quickly access statistics on a particular topic</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4899628" y="6203700"/>
+            <a:ext cx="5038122" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
-                <a:hlinkClick r:id="rId3"/>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
-              <a:t>NCHS Homepage</a:t>
+              <a:t>MedlinePlus Homepage</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="TextBox 6"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="5" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C396A02-C362-70EA-D3BF-1A25460B72FA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6712715" y="6316666"/>
-            <a:ext cx="1712687" cy="430887"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1598762261"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="597808627"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3" descr="Outline of the United States"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1789044" y="370083"/>
+            <a:ext cx="8547652" cy="5402382"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C3CEE5"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4353903" y="2523744"/>
+            <a:ext cx="3417934" cy="905256"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>National Statistics</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0E379AF-90FE-017F-A85D-2580D381C01D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>15</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="660789727"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="527050" y="438855"/>
-            <a:ext cx="7886700" cy="700293"/>
+            <a:off x="213307" y="287874"/>
+            <a:ext cx="11705977" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>MedlinePlus</a:t>
+              <a:t>Behavioral Risk Factor Surveillance System (BRFSS)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="TextBox 5"/>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="566279" y="1613437"/>
+            <a:ext cx="10566942" cy="4055722"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="10400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Sponsored by the CDC and other federal agencies </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="10400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>World’s largest continuously conducted health survey</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="10400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Health risk behaviors</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="10600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Chronic conditions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="10600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Use of preventive services</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="10400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Collects self-reported data from all 50 states, Washington D.C., and U.S. territories</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="4400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3006660" y="6329267"/>
-            <a:ext cx="2927480" cy="430887"/>
+            <a:off x="4827627" y="6327645"/>
+            <a:ext cx="3899277" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
-                <a:hlinkClick r:id="rId3"/>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
-              <a:t>MedlinePlus Homepage</a:t>
+              <a:t>BRFSS Homepage</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="TextBox 6"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{085F0365-7BC7-5C21-041E-0E9F7748B6DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6317691" y="6329267"/>
-            <a:ext cx="2096059" cy="430887"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...36 lines deleted...]
-              <a:buChar char="•"/>
+            <a:pPr>
+              <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...3 lines deleted...]
-                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>National Library of Medicine’s consumer health portal</a:t>
-[...10 lines deleted...]
-              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
-          </a:p>
-[...88 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="597808627"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1226629597"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...31 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2829903" y="2523744"/>
-            <a:ext cx="3417934" cy="905256"/>
+            <a:off x="526188" y="275503"/>
+            <a:ext cx="7886700" cy="633876"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>State Health Facts</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285557" y="1412633"/>
+            <a:ext cx="7703692" cy="4032733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>National Statistics</a:t>
+              <a:t>Produced by the Kaiser Family Foundation</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Provides data at the national and state level </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Over 800 health indicators including:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Demographics and economy</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Women’s health</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Minority health</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Health insurance</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5627955" y="6367053"/>
+            <a:ext cx="4722588" cy="430887"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>State Health Facts Page</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BE3F41C-801A-BC6E-6290-8DE7459287C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="660789727"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="164455422"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="336100"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="359144" y="1839004"/>
+            <a:ext cx="4219075" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Behavioral Risk Factor Surveillance System (BRFSS)</a:t>
+              <a:t>Local Statistics</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="Outline of a section of the United States that includes NY, PA, NJ and parts of the surrounding states."/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId4">
+                    <a14:imgEffect>
+                      <a14:sharpenSoften amount="50000"/>
+                    </a14:imgEffect>
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="-40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5753688" y="655168"/>
+            <a:ext cx="4219075" cy="4952827"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C3CEE5"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6" descr="Target pointing at a city in Pennsylvania"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="5712102" y="1529151"/>
+            <a:ext cx="1298298" cy="1215125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB11F461-6AE7-8FCA-4D1B-AE7C5D3B819D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr>
-[...149 lines deleted...]
-          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3303628" y="6327643"/>
-            <a:ext cx="2226280" cy="430887"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...2 lines deleted...]
-          <a:lstStyle/>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...1 lines deleted...]
-                <a:hlinkClick r:id="rId3"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>BRFSS Homepage</a:t>
-[...30 lines deleted...]
-            </a:r>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1226629597"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1002796744"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="451967"/>
-            <a:ext cx="7886700" cy="633876"/>
+            <a:off x="439201" y="148050"/>
+            <a:ext cx="7886700" cy="865725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>State Health Facts</a:t>
+              <a:t>U.S. Census Bureau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628649" y="1690378"/>
-            <a:ext cx="7703692" cy="4032733"/>
+            <a:off x="439201" y="1347019"/>
+            <a:ext cx="10774230" cy="4647384"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="171442" indent="-171442" defTabSz="685766">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Produced by the Kaiser Family Foundation</a:t>
+              <a:t>Federal government’s largest statistical agency</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="171442" indent="-171442" defTabSz="685766">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="171442" indent="-171442" defTabSz="685766">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Provides data at the national and state level </a:t>
+              <a:t>Provides facts and figures about America’s people, places, and economy</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="171442" indent="-171442" defTabSz="685766">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
+            <a:endParaRPr lang="en-US" sz="200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="171442" indent="-171442" defTabSz="685766">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Over 800 health indicators including:</a:t>
+              <a:t>Levels include state, county, city, town, zip code, census tract, congressional district, tribal areas </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="2" indent="0">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="171442" indent="-171442" defTabSz="685766">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="685766">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Other surveys available include:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" defTabSz="685766">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>American Community Survey</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" defTabSz="685766">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Demographics and economy</a:t>
+              <a:t>Current Population Survey</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="2" indent="0">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr lvl="1" defTabSz="685766">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Women’s health</a:t>
+              <a:t>Survey of Income and Program Participation</a:t>
             </a:r>
-          </a:p>
-[...42 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="TextBox 4"/>
+          <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2945537" y="6327647"/>
-            <a:ext cx="3069917" cy="430887"/>
+            <a:off x="5739219" y="6240373"/>
+            <a:ext cx="3809502" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
-                <a:hlinkClick r:id="rId3"/>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
-              <a:t>State Health Facts Page</a:t>
+              <a:t>U.S. Census Homepage</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="TextBox 5" descr="URL to State Health Facts page"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="5" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20794AA3-3B11-6D1B-CA89-80E7819D0E15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6200037" y="6327647"/>
-            <a:ext cx="2132304" cy="430887"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="164455422"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1554089572"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2152650" y="208075"/>
+            <a:ext cx="7886700" cy="703940"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4800" b="1" dirty="0"/>
-              <a:t>Health Statistics on the Web</a:t>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Today’s Session</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="subTitle" idx="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="3602038"/>
-            <a:ext cx="6858000" cy="1117478"/>
+            <a:off x="9210677" y="6356354"/>
+            <a:ext cx="828675" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="6" name="Content Placeholder 2" descr="Information and instructions regarding how the session will be conducted.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E204F45-36ED-D3DA-1ED0-80B8667EE6B0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2203437376"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="2152650" y="1419988"/>
+          <a:ext cx="7886700" cy="4351338"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78FBFEEC-F302-CB3D-A9E3-31121E5A73B0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...11 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1537309445"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3418264231"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="-1325563"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="946078" y="166202"/>
+            <a:ext cx="10299843" cy="887077"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Question Check 1</a:t>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>County Health Rankings &amp; Roadmaps</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...23 lines deleted...]
-        </p:blipFill>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="90488" y="68263"/>
-            <a:ext cx="8963025" cy="6040437"/>
+            <a:off x="688999" y="1359921"/>
+            <a:ext cx="8077468" cy="4363695"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Collaboration between Robert Wood Johnson Foundation and University of Wisconsin Population Health Institute</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ranks counties on key health factors and health outcomes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Statistics at the county level on factors such as:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Quality of life</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Health behavior</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Social and economic factors</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Physical environment</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="TextBox 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5515182" y="2442150"/>
-            <a:ext cx="2583790" cy="646331"/>
+            <a:off x="4467381" y="6319016"/>
+            <a:ext cx="5109755" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
-              <a:t>Questions?</a:t>
+              <a:t>County Health Rankings Home Page</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB62370-587D-52AC-62D2-7524BFAB03C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2972839112"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="18212742"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1177290" y="2191929"/>
-            <a:ext cx="2804775" cy="1325563"/>
+            <a:off x="2264945" y="245900"/>
+            <a:ext cx="7886700" cy="979491"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Local Statistics</a:t>
+              <a:t>City Health Dashboard</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...8 lines deleted...]
-          <a:blip r:embed="rId3">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="203551" y="1922260"/>
+            <a:ext cx="11354802" cy="3772688"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Created by the Department of Population Health and the School of Public Service at NYU in partnership with the National Resource Network</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Over 40 measures of health for over 900 U.S. cities</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Data at the city, zip code, and census tract levels</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Measures align with County Health Rankings &amp; Roadmaps</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
-              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
-[...9 lines deleted...]
-                </a14:imgProps>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C2A2305-6BB2-4678-AEFE-E2812EF7EC13}"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...3 lines deleted...]
-        </p:blipFill>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3982065" y="804889"/>
-            <a:ext cx="5161935" cy="6059663"/>
+            <a:off x="4440600" y="6337601"/>
+            <a:ext cx="5308881" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
+          <a:noFill/>
         </p:spPr>
-      </p:pic>
-[...9 lines deleted...]
-          <a:blip r:embed="rId5" cstate="print">
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>City Health Dashboard Homepage</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 5">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9E7F479-7D85-507F-6CC3-9E0159221428}"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...3 lines deleted...]
-        </p:blipFill>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="16200000">
-[...1 lines deleted...]
-            <a:ext cx="1298298" cy="1215125"/>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1002796744"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3662071724"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="599622" y="309932"/>
-            <a:ext cx="7886700" cy="865725"/>
+            <a:off x="1064535" y="293524"/>
+            <a:ext cx="9790058" cy="909757"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>U.S. Census Bureau</a:t>
+              <a:t>Rural Health Information Hub (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>RHIhub</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="599622" y="1347019"/>
-            <a:ext cx="7886700" cy="4647384"/>
+            <a:off x="397991" y="1567082"/>
+            <a:ext cx="9388560" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="171442" lvl="0" indent="-171442" defTabSz="685766">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Federal government’s largest statistical agency</a:t>
+              <a:t>Funded by the Federal Office of Rural Health Policy</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="171442" lvl="0" indent="-171442" defTabSz="685766">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="200" dirty="0">
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171442" lvl="0" indent="-171442" defTabSz="685766">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Provides facts and figures about America’s people, places, and economy</a:t>
+              <a:t>National clearinghouse on rural health issues</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="171442" lvl="0" indent="-171442" defTabSz="685766">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="200" dirty="0">
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171442" lvl="0" indent="-171442" defTabSz="685766">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Levels include state, county, city, town, zip code, census tract, congressional district, tribal areas </a:t>
+              <a:t>Statistics for metro and non-metro counties on:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="171442" lvl="0" indent="-171442" defTabSz="685766">
-[...11 lines deleted...]
-            <a:pPr defTabSz="685766">
+            <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" b="0" i="0" dirty="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Other surveys available include:</a:t>
+              <a:t>Demographics</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="2" indent="0" defTabSz="685766">
-[...20 lines deleted...]
-              <a:buNone/>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Current Population Survey</a:t>
+              <a:t>Health disparities</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2600" b="0" i="0" strike="noStrike" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="2" indent="0" defTabSz="685766">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" b="0" i="0" strike="noStrike" dirty="0">
+              <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Survey of Income and Program Participation</a:t>
+              <a:t>Social determinants</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Access to services</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="TextBox 5"/>
+          <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3313193" y="6327646"/>
-            <a:ext cx="2459558" cy="430887"/>
+            <a:off x="4756405" y="6289917"/>
+            <a:ext cx="4288741" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0">
-                <a:hlinkClick r:id="rId3"/>
+              <a:rPr lang="en-US" sz="2200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
-              <a:t>Census Homepage</a:t>
+              <a:t>Rural Health Information Hub</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle 6" descr="URL to Census homepage"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C7CDAC-4E0C-8EFC-8D30-D63AA00D7960}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6284685" y="6327646"/>
-            <a:ext cx="2075543" cy="430887"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1554089572"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2277633896"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="512536" y="360075"/>
-            <a:ext cx="7886700" cy="887077"/>
+            <a:off x="1507524" y="285785"/>
+            <a:ext cx="9641777" cy="909757"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-              </a:rPr>
-[...860 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>National Neighborhood Data Archive</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3CD37C5-E2FE-4956-9D9C-5C32AFE12C2C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="643163" y="1067196"/>
+            <a:off x="3180418" y="1438817"/>
             <a:ext cx="5038869" cy="587868"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628649" y="1856232"/>
-            <a:ext cx="8049007" cy="4261104"/>
+            <a:off x="669839" y="2293780"/>
+            <a:ext cx="11242074" cy="3557325"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>Cognability</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> - how your neighborhood supports cognitive health through places to be physically active, socially engaged, and keep your mind active</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
-              <a:t>NaNDA</a:t>
+              <a:t>NaNDA Data Repository </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:hlinkClick r:id="rId5"/>
-[...7 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>– open data for research questions that address “place”</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Social Determinants of  Health</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Crime rates </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Police districts</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Polluting sites</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Public transit</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3162597" y="6118199"/>
-            <a:ext cx="4384546" cy="430887"/>
+            <a:off x="4785451" y="6241768"/>
+            <a:ext cx="5470657" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0">
-[...6 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" err="1">
-                <a:effectLst/>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:hlinkClick r:id="rId6"/>
+                <a:hlinkClick r:id="rId6">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
-              <a:t>NaNDA</a:t>
-[...9 lines deleted...]
-              <a:t> Health Bytes Recording</a:t>
+              <a:t>NaNDA Health Bytes Recording on YouTube</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2200" dirty="0">
-              <a:effectLst/>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F86DAEA3-59C2-C731-5FCB-B35F0B6D8D0C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>23</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2383329286"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
-[...93 lines deleted...]
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{361633A9-7E19-79A6-B93E-E8591399F4CA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="-1325563"/>
+            <a:off x="2152650" y="-1325563"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
+          <a:bodyPr spcFirstLastPara="1" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Class Exercise Part II</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71F24FAD-5E7D-D509-7829-887D3CAA1496}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="498024" y="464458"/>
-            <a:ext cx="7673520" cy="600164"/>
+            <a:off x="292078" y="279106"/>
+            <a:ext cx="7673520" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3300" b="1" dirty="0">
-[...2 lines deleted...]
-              <a:t>Class Exercise Part II</a:t>
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0"/>
+              <a:t>Class Exercise Part 2</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C3FEC35-6EB3-B78D-E8F5-9EC9717B2B17}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="563337" y="1396446"/>
-            <a:ext cx="8017326" cy="4759957"/>
+            <a:off x="98376" y="1488474"/>
+            <a:ext cx="11995248" cy="3658630"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...4 lines deleted...]
-              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
-                <a:effectLst/>
-                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Take five minutes and use the question you formulated in Part 1 to explore steps 2 through 4 of the 4-step process for locating health statistics. </a:t>
+              <a:t>Take five minutes and use the question you formulated in Part 1 to explore </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" u="sng" dirty="0">
+                <a:ea typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>steps 2 through 4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:ea typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:ea typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>of the 4-step process for locating health statistics. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...4 lines deleted...]
-              </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2600" dirty="0">
-              <a:effectLst/>
-              <a:latin typeface="+mn-lt"/>
               <a:ea typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...3 lines deleted...]
-                <a:spcPts val="0"/>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
-[...1 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
                 <a:ea typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Perform a search for your question and take some notes on what you find. </a:t>
+              <a:t>Perform a search for your question and take some notes on what you find.</a:t>
             </a:r>
-          </a:p>
-[...20 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:ea typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="200"/>
               </a:spcBef>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
-                <a:solidFill>
-[...5 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Step 2. Choose the best resource </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="200"/>
               </a:spcBef>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
-                <a:solidFill>
-[...5 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Step 3. Evaluate what you’ve found</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="200"/>
               </a:spcBef>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
-                <a:solidFill>
-[...5 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Step 4. Repeat as needed</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2600" b="1" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
-              <a:latin typeface="+mn-lt"/>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A720A7E1-C784-B91B-5C95-ABA5E1753C9F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1365713200"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB3D5686-2F6A-0945-94E8-42CF6B38401C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="516468" y="345459"/>
-[...31 lines deleted...]
-            <a:ext cx="7193341" cy="2992692"/>
+            <a:off x="1019433" y="2561968"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...1 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="6600" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Evaluation link </a:t>
-[...231 lines deleted...]
-              <a:t>NLM and NNLM are service marks of the US Department of Health and Human Services. Updated July 2023.</a:t>
+              <a:t>Questions?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2883414915"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3887335717"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DAFC6CE-D5E3-7A3E-5559-C413D985BC58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="432665"/>
-            <a:ext cx="7886700" cy="703940"/>
+            <a:off x="214069" y="379147"/>
+            <a:ext cx="2367543" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="5400" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Today’s Session</a:t>
+              <a:t>NNLM</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" sz="5400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Content Placeholder 5" descr="Map of the United States that shows the 7 regions of the Network of the National Library of Medicine.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93BF469A-BC33-763E-FEA6-58FCC15230AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3029085" y="295454"/>
+            <a:ext cx="8184143" cy="5662680"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3" hidden="1"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03315084-ED4A-BC83-D931-AC43EA8D70A8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4294967295"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7686676" y="6356353"/>
-            <a:ext cx="828675" cy="365125"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
               <a:defRPr/>
             </a:pPr>
-            <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:pPr>
-                <a:spcAft>
-[...1 lines deleted...]
-                </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
               <a:t>3</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...29 lines deleted...]
-      </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3418264231"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2423646746"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
-              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E554F0D3-81E6-DD94-E1D7-BE1B90748971}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="752537" y="2459399"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="372979" y="288757"/>
+            <a:ext cx="4824663" cy="1356360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>NNLM</a:t>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Objectives</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="3" name="Picture 2">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
-              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0481042-6990-B76B-DF50-15FD6E33005D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...9 lines deleted...]
-        </p:blipFill>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3273222" y="4432934"/>
-            <a:ext cx="3619552" cy="2413034"/>
+            <a:off x="372979" y="1963152"/>
+            <a:ext cx="11049000" cy="3459080"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
-      </p:pic>
-[...2 lines deleted...]
-          <p:cNvPr id="11" name="Picture 10">
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Recognize the differences between data, data sets, and statistics.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Summarize the four-step process to locate relevant health statistics for a particular circumstance or issue.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Identify online resources that provide health statistics at the national, state, and local level. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 5">
             <a:extLst>
-              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5034393A-D164-C162-9DDD-C4191CD2BBA1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...14 lines deleted...]
-        </p:blipFill>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6017246" y="3942839"/>
-            <a:ext cx="3126754" cy="2915161"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
-      </p:pic>
-[...181 lines deleted...]
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2530279331"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2772387843"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="6" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6819027E-8098-BCDC-6475-AB0BFA6FD0F2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25AC89FB-EE91-3F85-11EC-7883F85C8D96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628649" y="-418103"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="2152650" y="346825"/>
+            <a:ext cx="7886700" cy="895459"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
-[...68 lines deleted...]
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" b="1" dirty="0"/>
-[...7 lines deleted...]
-              <a:t>Nation’s leading research agency</a:t>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Class Resources</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="TextBox 5">
+          <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{156E199F-9EFD-4A86-83B6-A1931B2FAC8E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3703076-2C12-504C-AA16-A3AA31C96552}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
-          <p:nvPr/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5390835" y="2175174"/>
-            <a:ext cx="3585008" cy="1107996"/>
+            <a:off x="1462839" y="1870118"/>
+            <a:ext cx="7886700" cy="2474393"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" algn="ctr"/>
+            <a:pPr marL="514350" indent="-514350">
+              <a:lnSpc>
+                <a:spcPct val="200000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>National Library of Medicine</a:t>
+              <a:t>PowerPoint slides</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="0" algn="ctr"/>
+            <a:pPr marL="514350" indent="-514350">
+              <a:lnSpc>
+                <a:spcPct val="200000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>World’s largest biomedical library</a:t>
+              <a:t>Guided handout</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="200000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="200000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="TextBox 6">
+          <p:cNvPr id="4" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DEAB46B-8672-46E6-A014-15DCEF8047BF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2C24D21-B01F-2314-7151-47B8E3173CC8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
-          <p:nvPr/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="152243" y="2962256"/>
-            <a:ext cx="3585007" cy="1446550"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...2 lines deleted...]
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Network of the </a:t>
-[...176 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
-          </a:p>
-[...36 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2662291304"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3642383453"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05012D89-8BD1-4A86-BF9A-12DAF00D7B95}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="456541"/>
-            <a:ext cx="7868963" cy="602868"/>
+            <a:off x="227597" y="243506"/>
+            <a:ext cx="2772277" cy="864582"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Objectives</a:t>
+              <a:t>Agenda</a:t>
             </a:r>
-          </a:p>
-[...46 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="8" name="Content Placeholder 5" descr="Three objectives for class: &#10;1. Recognize the differences between data, data sets, and statistics;&#10;2. Understand a 4-step process used to locate relevant health statistics for a particular circumstance or issue; &#10;3. Identify online resources that provide health statistics at the national, state, and local level. &#10;">
+          <p:cNvPr id="7" name="Content Placeholder 2" descr="Agenda for class.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33C56B39-6D18-6C5E-BC7D-FE4059D9BB2D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4358B36A-3975-5A1F-07B6-2E8056699D55}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3835009439"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1992377967"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="628650" y="1447253"/>
+          <a:off x="1992229" y="1398574"/>
           <a:ext cx="7886700" cy="4351338"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{805E92ED-0D77-45BD-99EE-D2AB25167D65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="766893981"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1944950870"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="346824"/>
-            <a:ext cx="7886700" cy="895459"/>
+            <a:off x="498547" y="202173"/>
+            <a:ext cx="7886700" cy="959175"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Class Resources and Materials</a:t>
+              <a:t>Data vs. Statistics</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Diagram 4" descr="Data: &#10;- &quot;raw&quot; numbers&#10;- count of individual events or services&#10;- collected at local, state, national, or international level&#10;&#10;Data set&#10;- data collected and attanged logically according ro definite criteria&#10;- major unit of data storage and retrieval&#10;- may/may not represent entire population&#10;&#10;Statistics&#10;- data already analyzed and summarized&#10;- Information presented as text, figures, graphs, or maps&#10;- most data on website is compiled statistics"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2550467739"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1956619" y="1161348"/>
+          <a:ext cx="8278762" cy="4835457"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2">
+          <p:cNvPr id="4" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3703076-2C12-504C-AA16-A3AA31C96552}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEEE61DE-33AF-4240-F083-2A19BFD6B35C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="1683731"/>
-            <a:ext cx="7886700" cy="1146175"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:defRPr/>
             </a:pPr>
-            <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>PowerPoint slides	   Online table           Guided handout</a:t>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2600" dirty="0">
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
-          </a:p>
-[...14 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...115 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3642383453"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3174157389"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Title 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="365129"/>
-            <a:ext cx="7886700" cy="864582"/>
+            <a:off x="1669883" y="439901"/>
+            <a:ext cx="8852234" cy="636591"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" anchor="ctr">
-            <a:normAutofit/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Agenda </a:t>
+              <a:t>Key Features of Health Statistics</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...1 lines deleted...]
-          <p:cNvPr id="7" name="Content Placeholder 2" descr="Agenda for class.">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="441492" y="1374552"/>
+            <a:ext cx="11541961" cy="4520922"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="404614" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>A numerical summary of data computed on samples</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="404614" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="404614" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Characterize the health of a population and the influences that affect health</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="404614" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="404614" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Parameters are values that describes a characteristic of a population</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="404614" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1000" baseline="30000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="404614" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Often collected and analyzed over a specific period</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="404614" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="404614" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Collected </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>to meet needs of the collector</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4358B36A-3975-5A1F-07B6-2E8056699D55}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A92C3D5-F455-C6A3-8BDB-34C52965E689}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvGraphicFramePr>
-[...1 lines deleted...]
-          </p:cNvGraphicFramePr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
-[...4 lines deleted...]
-            </p:extLst>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
-        </p:nvGraphicFramePr>
-[...9 lines deleted...]
-      </p:graphicFrame>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1944950870"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="122810128"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="546673" y="302065"/>
-            <a:ext cx="7886700" cy="959175"/>
+            <a:off x="726011" y="253008"/>
+            <a:ext cx="7886700" cy="681698"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Data vs. Statistics</a:t>
+              <a:t>Uses of Health Statistics</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" b="1" baseline="30000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="5" name="Diagram 4" descr="Data: &#10;- &quot;raw&quot; numbers&#10;- count of individual events or services&#10;- collected at local, state, national, or international level&#10;&#10;Data set&#10;- data collected and attanged logically according ro definite criteria&#10;- major unit of data storage and retrieval&#10;- may/may not represent entire population&#10;&#10;Statistics&#10;- data already analyzed and summarized&#10;- Information presented as text, figures, graphs, or maps&#10;- most data on website is compiled statistics"/>
-          <p:cNvGraphicFramePr/>
+          <p:cNvPr id="6" name="Content Placeholder 2" descr="Overview of four uses of health statistics. ">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F54A62C1-E9F1-772A-66D6-91DF818281D2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
           <p:nvPr>
-            <p:extLst>
-[...3 lines deleted...]
-            </p:extLst>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="546673" y="1340781"/>
-          <a:ext cx="8278762" cy="4835457"/>
+          <a:off x="2089590" y="1571956"/>
+          <a:ext cx="7949761" cy="4351338"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{431D0440-A638-0E44-2CBF-272F93E9C58F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3174157389"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3066927631"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="NTO White w gray text">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Basis">
   <a:themeElements>
-    <a:clrScheme name="Custom 2">
+    <a:clrScheme name="Custom 15">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="366092"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="953734"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="586D2D"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="76923C"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F78629"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="632423"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="632423"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Calibri">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -34815,65 +32771,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -34894,649 +32850,144 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="NTO Template (NEW LOGO 4-27-17).potx" id="{965E8775-A924-40C9-A62E-5CC32E51A14E}" vid="{3D409730-F812-4239-906C-280BA1B06B42}"/>
-[...521 lines deleted...]
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>NTO Template (NEW LOGO 4-27-17)</Template>
   <TotalTime></TotalTime>
-  <Words>1172</Words>
+  <Words>1225</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-[...2 lines deleted...]
-  <Notes>29</Notes>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>231</Paragraphs>
+  <Slides>25</Slides>
+  <Notes>23</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>29</vt:i4>
+        <vt:i4>25</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="35" baseType="lpstr">
+    <vt:vector size="33" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Century Gothic</vt:lpstr>
+      <vt:lpstr>Corbel</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
-      <vt:lpstr>NTO White w gray text</vt:lpstr>
-      <vt:lpstr>Welcome</vt:lpstr>
+      <vt:lpstr>Basis</vt:lpstr>
       <vt:lpstr>Health Statistics on the Web</vt:lpstr>
       <vt:lpstr>Today’s Session</vt:lpstr>
       <vt:lpstr>NNLM</vt:lpstr>
-      <vt:lpstr>Hierarchy of NIH, NLM, and NNLM</vt:lpstr>
       <vt:lpstr>Objectives</vt:lpstr>
-      <vt:lpstr>Class Resources and Materials</vt:lpstr>
+      <vt:lpstr>Class Resources</vt:lpstr>
       <vt:lpstr>Agenda </vt:lpstr>
       <vt:lpstr>Data vs. Statistics</vt:lpstr>
       <vt:lpstr>Key Features of Health Statistics</vt:lpstr>
       <vt:lpstr>Uses of Health Statistics</vt:lpstr>
       <vt:lpstr>Steps to Finding Health Statistics</vt:lpstr>
-      <vt:lpstr>Class Exercise Part I</vt:lpstr>
+      <vt:lpstr>Class Exercise Part I:  What question or topic will you search today?</vt:lpstr>
       <vt:lpstr>Statistics Portals</vt:lpstr>
       <vt:lpstr>National Center for Health Statistics (NCHS)</vt:lpstr>
-      <vt:lpstr>MedlinePlus</vt:lpstr>
+      <vt:lpstr>MedlinePlus.gov</vt:lpstr>
       <vt:lpstr>National Statistics</vt:lpstr>
       <vt:lpstr>Behavioral Risk Factor Surveillance System (BRFSS)</vt:lpstr>
       <vt:lpstr>State Health Facts</vt:lpstr>
-      <vt:lpstr>Question Check 1</vt:lpstr>
       <vt:lpstr>Local Statistics</vt:lpstr>
       <vt:lpstr>U.S. Census Bureau</vt:lpstr>
       <vt:lpstr>County Health Rankings &amp; Roadmaps</vt:lpstr>
       <vt:lpstr>City Health Dashboard</vt:lpstr>
       <vt:lpstr>Rural Health Information Hub (RHIhub)</vt:lpstr>
       <vt:lpstr>National Neighborhood Data Archive</vt:lpstr>
-      <vt:lpstr>Questions? </vt:lpstr>
       <vt:lpstr>Class Exercise Part II</vt:lpstr>
-      <vt:lpstr>Questions, Evaluation, and CE</vt:lpstr>
+      <vt:lpstr>Questions?</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Rebecca Brown</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>