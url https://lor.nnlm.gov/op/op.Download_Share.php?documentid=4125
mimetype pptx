--- v0 (2025-10-21)
+++ v1 (2026-02-03)
@@ -8,140 +8,131 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/ink/ink1.xml" ContentType="application/inkml+xml"/>
+  <Override PartName="/ppt/ink/ink2.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/ink/ink1.xml" ContentType="application/inkml+xml"/>
-  <Override PartName="/ppt/ink/ink2.xml" ContentType="application/inkml+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId27"/>
+    <p:notesMasterId r:id="rId24"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="322" r:id="rId2"/>
     <p:sldId id="260" r:id="rId3"/>
     <p:sldId id="261" r:id="rId4"/>
     <p:sldId id="263" r:id="rId5"/>
     <p:sldId id="265" r:id="rId6"/>
     <p:sldId id="324" r:id="rId7"/>
     <p:sldId id="266" r:id="rId8"/>
     <p:sldId id="2141411067" r:id="rId9"/>
     <p:sldId id="4153" r:id="rId10"/>
     <p:sldId id="349" r:id="rId11"/>
     <p:sldId id="275" r:id="rId12"/>
     <p:sldId id="4156" r:id="rId13"/>
     <p:sldId id="2141411068" r:id="rId14"/>
     <p:sldId id="276" r:id="rId15"/>
-    <p:sldId id="284" r:id="rId16"/>
-[...9 lines deleted...]
-    <p:sldId id="311" r:id="rId26"/>
+    <p:sldId id="282" r:id="rId16"/>
+    <p:sldId id="2141411071" r:id="rId17"/>
+    <p:sldId id="2141411077" r:id="rId18"/>
+    <p:sldId id="2141411073" r:id="rId19"/>
+    <p:sldId id="2141411074" r:id="rId20"/>
+    <p:sldId id="2142533419" r:id="rId21"/>
+    <p:sldId id="2142533449" r:id="rId22"/>
+    <p:sldId id="311" r:id="rId23"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -228,88 +219,88 @@
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="19749" autoAdjust="0"/>
-    <p:restoredTop sz="95097" autoAdjust="0"/>
+    <p:restoredTop sz="89673" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="79" d="100"/>
-          <a:sy n="79" d="100"/>
+          <a:sx n="73" d="100"/>
+          <a:sy n="73" d="100"/>
         </p:scale>
-        <p:origin x="629" y="77"/>
+        <p:origin x="82" y="82"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
-      <p:origin x="0" y="0"/>
+      <p:origin x="0" y="-6197"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/ink/ink1.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2025-06-19T19:00:35.225"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.35" units="cm"/>
       <inkml:brushProperty name="height" value="0.35" units="cm"/>
       <inkml:brushProperty name="color" value="#FFFFFF"/>
     </inkml:brush>
@@ -410,51 +401,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7/28/2025</a:t>
+              <a:t>1/12/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -706,83 +697,71 @@
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/systematic-reviews" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-</file>
-[...10 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -1091,130 +1070,130 @@
         <p:nvSpPr>
           <p:cNvPr id="34818" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="777875" y="1200150"/>
             <a:ext cx="5759450" cy="3240088"/>
           </a:xfrm>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34819" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34820" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -1334,58 +1313,58 @@
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34821" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -1623,81 +1602,81 @@
         <p:nvSpPr>
           <p:cNvPr id="37890" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="777875" y="1200150"/>
             <a:ext cx="5759450" cy="3240088"/>
           </a:xfrm>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37891" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -1706,58 +1685,58 @@
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1800" kern="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37892" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -1879,58 +1858,58 @@
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37893" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -2190,81 +2169,84 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="777875" y="1200150"/>
             <a:ext cx="5759450" cy="3240088"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:pPr defTabSz="938168">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" baseline="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CBD3001F-AA79-49D3-8BA8-78D931846678}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3059237413"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="578074344"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2279,84 +2261,109 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="777875" y="1200150"/>
             <a:ext cx="5759450" cy="3240088"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr defTabSz="938168">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" baseline="0" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CBD3001F-AA79-49D3-8BA8-78D931846678}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>16</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="578074344"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2585166699"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2371,332 +2378,556 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="777875" y="1200150"/>
             <a:ext cx="5759450" cy="3240088"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="948507" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...43 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{CAA4AE5B-1EAA-4907-9E55-1251C9845438}" type="slidenum">
+            <a:fld id="{CBD3001F-AA79-49D3-8BA8-78D931846678}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>18</a:t>
+              <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="117539367"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="498022797"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
-[...26 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{CBD3001F-AA79-49D3-8BA8-78D931846678}" type="slidenum">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>19</a:t>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2585166699"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2348396091"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1000" dirty="0"/>
+              <a:t>If you’d like to continue building your CTG search skills, we encourage you to explore ou</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="353432"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Helvetica Neue"/>
+              </a:rPr>
+              <a:t>r resource, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2E4E74"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Helvetica Neue"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Systematic Reviews: NLM Products to Support Your Search.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="353432"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Helvetica Neue"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>You’ll find the link </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" dirty="0">
+                <a:effectLst/>
+                <a:highlight>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:highlight>
+                <a:latin typeface="system-ui"/>
+              </a:rPr>
+              <a:t>for it on your handout.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="353432"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Helvetica Neue"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This user-friendly guide supports the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="353432"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="system-ui"/>
+              </a:rPr>
+              <a:t>work of conducting systematic reviews in key NLM products, including CTG.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="353432"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="system-ui"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="353432"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="system-ui"/>
+              </a:rPr>
+              <a:t>The CTG tab </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>offers step-by-step help on building</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="353432"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="system-ui"/>
+              </a:rPr>
+              <a:t> complex search strings, along with guidance on how to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>document, save, share, update, and reproduce</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="353432"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="system-ui"/>
+              </a:rPr>
+              <a:t> search queries.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>There’s also a handy two-page PDF you can bookmark or print for a quick reference to CTG features and search commands.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="353432"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Helvetica Neue"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="353432"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Helvetica Neue"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="353432"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Helvetica Neue"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="353432"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Helvetica Neue"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="353432"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Helvetica Neue"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{CBD3001F-AA79-49D3-8BA8-78D931846678}" type="slidenum">
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{1E640117-C3A4-4D95-8CFE-4BB45D40D405}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>20</a:t>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="498022797"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3694548583"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2778,756 +3009,50 @@
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...704 lines deleted...]
-        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="777875" y="1200150"/>
             <a:ext cx="5759450" cy="3240088"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
@@ -3555,51 +3080,51 @@
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CAA4AE5B-1EAA-4907-9E55-1251C9845438}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>25</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4184268403"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3706,132 +3231,132 @@
         <p:nvSpPr>
           <p:cNvPr id="26626" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="777875" y="1200150"/>
             <a:ext cx="5759450" cy="3240088"/>
           </a:xfrm>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26627" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1B1B1B"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26628" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -3951,58 +3476,58 @@
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26629" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -4150,106 +3675,106 @@
         <p:nvSpPr>
           <p:cNvPr id="27650" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="777875" y="1200150"/>
             <a:ext cx="5759450" cy="3240088"/>
           </a:xfrm>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27652" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -4371,58 +3896,58 @@
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27653" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -15569,91 +15094,79 @@
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../ink/ink2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/systematic-reviews" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
@@ -15749,71 +15262,71 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Network of the National Library of Medicine</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Erica Lake</a:t>
+              <a:t>Margot Malachowski</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>July 30, 2025</a:t>
+              <a:t>January 15, 2026</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFD59270-2BBB-5698-A955-48877A729078}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -16949,51 +16462,51 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="520147" y="381200"/>
             <a:ext cx="10515600" cy="915879"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Librarians and ClinicalTrials.gov </a:t>
+              <a:t>Librarians</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="674114" y="1713004"/>
             <a:ext cx="5300785" cy="3431992"/>
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
@@ -17119,305 +16632,50 @@
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3145590458"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...253 lines deleted...]
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -17454,99 +16712,105 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4A99C70-8228-A31C-F801-31B17E569AE1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="965900" y="2441490"/>
             <a:ext cx="4936669" cy="2603653"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="549275" indent="-514350">
-[...1 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+            <a:pPr marL="685800" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Unpublished results</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="685800" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Selective publication</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
-[...10 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="685800" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Misrepresented data</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
-[...10 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="685800" indent="-457200">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Underreported data</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4136AF7-974E-4C40-5756-B4488FF230AA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -17556,75 +16820,75 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9932645" y="6315092"/>
             <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2657903487"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04232593-C964-1E9D-838A-86C404F267F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -17855,1085 +17119,75 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10107743" y="6223828"/>
             <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>17</a:t>
+              <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="500636688"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
-[...1009 lines deleted...]
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92B9AE2C-28AC-648B-EF23-E23230CD18A1}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -18948,51 +17202,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10801350" y="6356349"/>
             <a:ext cx="1104900" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>21</a:t>
+              <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83B33A71-0BC8-BC64-37D0-C0026D8ECD45}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -19173,395 +17427,775 @@
                 <a:xfrm>
                   <a:off x="1006637" y="977270"/>
                   <a:ext cx="1192320" cy="379080"/>
                 </a:xfrm>
                 <a:prstGeom prst="rect">
                   <a:avLst/>
                 </a:prstGeom>
               </p:spPr>
             </p:pic>
           </mc:Fallback>
         </mc:AlternateContent>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="964566069"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="708666" y="374343"/>
+            <a:ext cx="10515600" cy="954107"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Penalties for Not Submitting</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1245296" y="2481740"/>
+            <a:ext cx="9103879" cy="1894519"/>
+          </a:xfrm>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="549275" indent="-514350">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Notice of non-compliance</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="549275" indent="-514350">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Civil monetary penalties up to $10,000 per day</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="549275" indent="-514350">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Withholding of NIH grant funds</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-193675">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49A7E5CB-DC79-470D-BA4D-6E4F8C0F92F1}"/>
-[...2 lines deleted...]
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{735E17F2-1490-22EA-B9B7-44F0828AA4C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10540730" y="6310312"/>
-            <a:ext cx="1104900" cy="365125"/>
+            <a:off x="10127198" y="6301094"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-[...13 lines deleted...]
-              <a:defRPr sz="1200" kern="1200">
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
+              <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...117 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
-                <a:spcAft>
-[...1 lines deleted...]
-                </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>22</a:t>
+              <a:t>18</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" sz="1100" dirty="0">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="591622469"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="752062" y="269047"/>
+            <a:ext cx="10515600" cy="946285"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Challenges in Submitting Results</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1069442" y="2073724"/>
+            <a:ext cx="9413631" cy="2136137"/>
+          </a:xfrm>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="228600" indent="-193675">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Lack of awareness </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-193675">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Lack of detailed knowledge</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88E6B7DB-0436-4C30-90C1-D783C5DAFEE1}"/>
-[...2 lines deleted...]
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38BAF633-E746-E696-CC6D-D005D2D3008D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10000738" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
+              <a:rPr lang="en-US" sz="1600" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2706918233"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Live ClinicalTrials.gov Search Demo</a:t>
+              <a:t>Agenda</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D233A387-A122-4B1C-A956-0DAC33EA4A14}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93FF8AE0-0F54-7327-E6F8-B48DB9E30F79}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1021080" y="2343150"/>
-            <a:ext cx="9921240" cy="2624455"/>
+            <a:off x="654996" y="2235437"/>
+            <a:ext cx="10698804" cy="2599210"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Overview of the home page</a:t>
+              <a:t>Overview of clinical research and ClinicalTrials.gov</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Performing a Basic Search </a:t>
+              <a:t>Live demonstration of ClinicalTrials.gov </a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Using filters and handy search tips</a:t>
+              <a:t>Class exercise and Q &amp; A</a:t>
             </a:r>
           </a:p>
-          <a:p>
-[...5 lines deleted...]
-                <a:latin typeface="+mj-lt"/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64D044EF-CA1E-9F90-09A3-AF01F445E044}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10511547" y="6310312"/>
+            <a:ext cx="1104900" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr algn="r" rtl="0" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{372B0271-B012-4ED1-8CE3-476E6D0A5B1D}" type="slidenum">
+              <a:rPr lang="en-US" sz="1600" smtClean="0">
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Research Case Scenario</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="+mj-lt"/>
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...4 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="120262173"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="947182450"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A650A641-5901-4DD0-A6F4-E9B21C082C82}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -19752,75 +18386,75 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10020194" y="6272467"/>
             <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>23</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="389711693"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC93457E-D66C-5B6A-89F0-AAADA31575DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -19835,250 +18469,299 @@
           <a:xfrm>
             <a:off x="838199" y="247194"/>
             <a:ext cx="10515600" cy="1009651"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="ctr">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Helvetica" panose="020B0604020202020204"/>
                 <a:cs typeface="Helvetica" panose="020B0604020202020204"/>
               </a:rPr>
               <a:t>If You Would Like to Continue Your Training</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5087FDAC-1546-DDA9-B01F-A69D8015B472}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11118273" y="6356349"/>
+            <a:ext cx="698441" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1600" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="21" name="Picture 20" descr="NNLM Systematic Review Guide">
+          <p:cNvPr id="5" name="Picture 4" descr="The Systematic Review guide supports the work of conducting systematic reviews in key NLM products. There's a PubMed tab and a Clinical Trials tab that provide quick access to information on constructing complex search strings, along with guidance on how to document, save, share, update, and reproduce searches.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A12A9AA7-6A8F-C2A8-5F6E-C3429DFB640C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCA856E4-9F89-2F14-ED75-9EED3E4E20E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect b="28962"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1234501" y="1615560"/>
-            <a:ext cx="9722997" cy="4023360"/>
+            <a:off x="505691" y="1542573"/>
+            <a:ext cx="11180618" cy="4178548"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A145FA3-E3D8-AF00-B849-ECA4A4A6661B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4097482" y="6356349"/>
+            <a:ext cx="6868390" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="15875">
-[...27 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...100 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" b="1" smtClean="0">
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
-              <a:pPr algn="r">
-[...3 lines deleted...]
-            </a:fld>
+              <a:t>Systematic Reviews: NLM Products to Support Your Search</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2268897383"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -20362,51 +19045,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10053775" y="6253011"/>
             <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
               <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>25</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4048406361"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -21761,102 +20444,103 @@
                 <a:defRPr/>
               </a:pPr>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="213277" y="145188"/>
+            <a:off x="838200" y="145188"/>
             <a:ext cx="10515600" cy="923926"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>What is ClinicalTrials.gov?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Content Placeholder 6" descr="Clinicaltrials.gov is a website and online database of clinical research studies and information about their results. It is the world’s largest registry of publicly and privately supported clinical studies, with studies taking place in all 50 states and in over 200 countries and territories.&#10;&#10;">
+          <p:cNvPr id="5" name="Content Placeholder 6" descr="Website homepage showing a message that the U.S. government does not review or approve the safety and science of all the studies listed on Clinicaltrials.gov.&#10;&#10;">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB68E9D3-1F0A-2289-14B7-B529B6E3E6FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1274996" y="1538703"/>
+            <a:off x="1450842" y="1253331"/>
             <a:ext cx="9290316" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2014570320"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -23150,115 +21834,112 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>923</Words>
+  <Words>730</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>187</Paragraphs>
-[...1 lines deleted...]
-  <Notes>23</Notes>
+  <Paragraphs>157</Paragraphs>
+  <Slides>22</Slides>
+  <Notes>20</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>25</vt:i4>
+        <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="37" baseType="lpstr">
+    <vt:vector size="34" baseType="lpstr">
       <vt:lpstr>ＭＳ Ｐゴシック</vt:lpstr>
       <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Century Gothic</vt:lpstr>
       <vt:lpstr>Corbel</vt:lpstr>
       <vt:lpstr>Helvetica</vt:lpstr>
       <vt:lpstr>Helvetica Neue</vt:lpstr>
       <vt:lpstr>Roboto</vt:lpstr>
       <vt:lpstr>system-ui</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Basis</vt:lpstr>
       <vt:lpstr>ClinicalTrials.gov for Librarians</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>What is clinical research and why is it done? </vt:lpstr>
       <vt:lpstr>Clinical Trials and Observational Studies</vt:lpstr>
       <vt:lpstr>6 Points about Clinical Trials</vt:lpstr>
       <vt:lpstr>Benefits of Access to Clinical Trials Information</vt:lpstr>
       <vt:lpstr>What is ClinicalTrials.gov?</vt:lpstr>
       <vt:lpstr>Sponsors and Investigators are Responsible for the Data</vt:lpstr>
       <vt:lpstr>Who Does Clinicaltrials.gov Serve?</vt:lpstr>
       <vt:lpstr>Which user groups will you support? </vt:lpstr>
       <vt:lpstr>Patients and Advocates</vt:lpstr>
       <vt:lpstr>Data Submitters</vt:lpstr>
       <vt:lpstr>Researchers</vt:lpstr>
-      <vt:lpstr>Librarians and ClinicalTrials.gov </vt:lpstr>
-      <vt:lpstr>Librarian’s Advocacy Role</vt:lpstr>
+      <vt:lpstr>Librarians</vt:lpstr>
       <vt:lpstr>Problems with Reporting Evidence</vt:lpstr>
       <vt:lpstr>Milestones for Registration and Result Reporting Requirements</vt:lpstr>
-      <vt:lpstr>Final Rule</vt:lpstr>
-      <vt:lpstr>Potential Penalties for Not Submitting</vt:lpstr>
+      <vt:lpstr>Growth of ClinicalTrials.gov</vt:lpstr>
+      <vt:lpstr>Penalties for Not Submitting</vt:lpstr>
       <vt:lpstr>Challenges in Submitting Results</vt:lpstr>
-      <vt:lpstr>Growth of ClinicalTrials.gov</vt:lpstr>
-      <vt:lpstr>Live ClinicalTrials.gov Search Demo</vt:lpstr>
       <vt:lpstr>Class Exercise: Research Case Scenario</vt:lpstr>
       <vt:lpstr>If You Would Like to Continue Your Training</vt:lpstr>
       <vt:lpstr>Thank You! </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>