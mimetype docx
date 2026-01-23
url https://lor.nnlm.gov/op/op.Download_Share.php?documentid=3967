--- v0 (2025-10-23)
+++ v1 (2026-01-23)
@@ -1,1335 +1,2519 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="05F0F01C" w14:textId="77777777" w:rsidR="00A57D04" w:rsidRDefault="00A57D04" w:rsidP="00A57D04"/>
-    <w:p w14:paraId="272EF4AD" w14:textId="2D7A5C6C" w:rsidR="0066103D" w:rsidRDefault="00D13270" w:rsidP="00F45052">
+    <w:p w14:paraId="272EF4AD" w14:textId="2D7A5C6C" w:rsidR="0066103D" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="009A7967">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Making Sense of Numbers Worksheet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A386F4E" w14:textId="77777777" w:rsidR="00F45052" w:rsidRPr="00F45052" w:rsidRDefault="00F45052" w:rsidP="00F45052"/>
-    <w:p w14:paraId="5123E01D" w14:textId="0CA75A9A" w:rsidR="00D13270" w:rsidRDefault="00F45052" w:rsidP="00F45052">
+    <w:p w14:paraId="4A386F4E" w14:textId="77777777" w:rsidR="00F45052" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="00F45052">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5123E01D" w14:textId="0CA75A9A" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="00824489">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">Relative Risk  and Absolute Risk </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="683364C7" w14:textId="2E20BDD7" w:rsidR="00F45052" w:rsidRDefault="00F45052" w:rsidP="00F45052">
+    <w:p w14:paraId="683364C7" w14:textId="2E20BDD7" w:rsidR="00F45052" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="00F45052">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Question 1: Relative Risk Fill in the blank</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68599EF6" w14:textId="0B4B70CF" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>When</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>talking</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>about</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>relative</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>risk,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>statistic</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>usually</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>[FILL</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>IN</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>THE</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>BLANK]</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>[FILL</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>IN</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>BLANK]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513428D2" w14:textId="72FDF97B" w:rsidR="00D13270" w:rsidRDefault="00F45052" w:rsidP="00F45052">
+    <w:p w14:paraId="513428D2" w14:textId="72FDF97B" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="00F45052">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="074B5D84" w14:textId="7212D588" w:rsidR="00F45052" w:rsidRDefault="00F45052" w:rsidP="00F45052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Relative Risk Example: “Patients who took this drug had a 50% increase in trouble sleeping.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5796A636" w14:textId="77777777" w:rsidR="00F45052" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="00F45052">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="074B5D84" w14:textId="7212D588" w:rsidR="00F45052" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="00F45052">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 2: Absolute Risk </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590ED7E1" w14:textId="5DF125FE" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>When</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>talking</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>about</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>absolute</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>risk,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>statistic</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>usually</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>[FILL</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>IN</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>THE</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>BLANK] of the [FILL IN THE BLANK]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A11992C" w14:textId="49733D5C" w:rsidR="00D13270" w:rsidRDefault="00F45052" w:rsidP="00F45052">
+    <w:p w14:paraId="6A11992C" w14:textId="49733D5C" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="00F45052">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00F45052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Absolute Risk Example: “3% of patients who took this drug reported trouble sleeping.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6505C0CC" w14:textId="77777777" w:rsidR="00F45052" w:rsidRPr="00F45052" w:rsidRDefault="00F45052" w:rsidP="00F45052"/>
-    <w:p w14:paraId="68C163DA" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+    <w:p w14:paraId="6505C0CC" w14:textId="77777777" w:rsidR="00F45052" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="00F45052">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68C163DA" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00824489">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D13270">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Interpreting Numerical Health Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D2E650" w14:textId="41DA4EE4" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+    <w:p w14:paraId="79D2E650" w14:textId="41DA4EE4" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Question</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F45052">
+      <w:r w:rsidR="00F45052" w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>When</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>interpreting</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>numerical</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>health</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>information,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>it is</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>important to</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> consider:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ADA7803" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="2ADA7803" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A3AC2C4" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="1A3AC2C4" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4E8B1B" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="5B4E8B1B" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3B6399" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="6F3B6399" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5468C7C9" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="5468C7C9" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C556BD" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="52C556BD" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>6.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="779D8000" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="779D8000" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>7.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="540D43A8" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+    <w:p w14:paraId="540D43A8" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D13270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Evaluating</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>numerical</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>health</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DFD0C4A" w14:textId="06717393" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+    <w:p w14:paraId="5DFD0C4A" w14:textId="06717393" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Question</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F45052">
+      <w:r w:rsidR="00F45052" w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>five</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>steps</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>evaluating</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>numerical</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>health</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>information</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCD5351" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="4FCD5351" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13021B80" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="13021B80" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E5C581" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="52E5C581" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D6D50E" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="53D6D50E" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B86934" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r w:rsidRPr="00D13270">
+    <w:p w14:paraId="73B86934" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE2CA51" w14:textId="77777777" w:rsidR="0066103D" w:rsidRDefault="0066103D" w:rsidP="00D13270"/>
-    <w:p w14:paraId="606863A5" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+    <w:p w14:paraId="2EE2CA51" w14:textId="77777777" w:rsidR="0066103D" w:rsidRPr="00824489" w:rsidRDefault="0066103D" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="606863A5" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
       <w:pPr>
         <w:spacing w:before="180"/>
         <w:ind w:left="840"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6B2AD1FF" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B2AD1FF" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D13270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Communicating</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>numerical</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>health</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D13270">
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A32983" w14:textId="3CEC6034" w:rsidR="00D13270" w:rsidRPr="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+    <w:p w14:paraId="13A32983" w14:textId="3CEC6034" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Question</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F45052">
+      <w:r w:rsidR="00F45052" w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>The six</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>tips</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F1EAC" w:rsidRPr="003F1EAC">
+      <w:r w:rsidR="003F1EAC" w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>communicating</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>numerical</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>health</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>information</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2256CA51" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="2256CA51" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="769C3873" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="769C3873" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="622E885D" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="622E885D" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3249E7" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="2E3249E7" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A49EEE5" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r w:rsidRPr="00D13270">
+    <w:p w14:paraId="5A49EEE5" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0762B56D" w14:textId="7A7213D0" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
-      <w:r>
+    <w:p w14:paraId="0762B56D" w14:textId="7A7213D0" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>6.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7287BEDB" w14:textId="77777777" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+    <w:p w14:paraId="7287BEDB" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="70" w:line="195" w:lineRule="exact"/>
         <w:ind w:left="143"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19F76ABF" w14:textId="2959BBD6" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Notes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A852388" w14:textId="77777777" w:rsidR="00824489" w:rsidRDefault="00824489" w:rsidP="00824489"/>
+    <w:p w14:paraId="1FC0E383" w14:textId="77777777" w:rsidR="009A070F" w:rsidRPr="006B39DB" w:rsidRDefault="009A070F" w:rsidP="009A070F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B39DB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Consumer Health Information Specialization (CHIS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E4DF8C" w14:textId="77777777" w:rsidR="009A070F" w:rsidRPr="00CD2688" w:rsidRDefault="009A070F" w:rsidP="009A070F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00CD2688">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Learn more about CHIS</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7860D838" w14:textId="77777777" w:rsidR="009A070F" w:rsidRPr="00CA6DA6" w:rsidRDefault="009A070F" w:rsidP="009A070F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00CD2688">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Find CHIS classes</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3653DECB" w14:textId="7C4D7FD7" w:rsidR="009A070F" w:rsidRPr="00CA6DA6" w:rsidRDefault="009A070F" w:rsidP="009A070F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This course has been approved for 1</w:t>
+      </w:r>
       <w:r>
-        <w:t>Notes:</w:t>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hour</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Medical Library Association Continuing Education and fulfills the following </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Consumer Health Information Specialization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CHIS) Competencies: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7434B43E" w14:textId="17294D91" w:rsidR="009A070F" w:rsidRPr="009A070F" w:rsidRDefault="009A070F" w:rsidP="009A070F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A070F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Evaluation of Health Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F3982D" w14:textId="26917BFC" w:rsidR="009A070F" w:rsidRPr="009A070F" w:rsidRDefault="009A070F" w:rsidP="009A070F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A070F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Communication, Reference, and Instruction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A60F3B" w14:textId="70B65319" w:rsidR="002C0254" w:rsidRPr="009A070F" w:rsidRDefault="009A070F" w:rsidP="00824489">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A070F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6. Literacy and Health Literacy (level 2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA9FF65" w14:textId="1E85E008" w:rsidR="003F1EAC" w:rsidRPr="00824489" w:rsidRDefault="003F1EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7FC9CF" w14:textId="28C22BCD" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
+    <w:p w14:paraId="2D7FC9CF" w14:textId="28C22BCD" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Answers</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="78DF2A64" w14:textId="3913BBA7" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
+    </w:p>
+    <w:p w14:paraId="78DF2A64" w14:textId="3913BBA7" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Question</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00F45052">
-[...17 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00F45052" w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>: Relative risk</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1EAC" w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F94CFE" w14:textId="5A12694D" w:rsidR="003F1EAC" w:rsidRPr="00824489" w:rsidRDefault="003F1EAC" w:rsidP="003F1EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>When talking about relative risk, the statistic is usually [in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="798096B9" w14:textId="7C175242" w:rsidR="00F45052" w:rsidRDefault="00F45052" w:rsidP="00F45052">
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>front] of the [outcome]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798096B9" w14:textId="7C175242" w:rsidR="00F45052" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="00F45052">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Question</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...26 lines deleted...]
-    <w:p w14:paraId="1F8EB419" w14:textId="1CFA6B0E" w:rsidR="003F1EAC" w:rsidRDefault="00F45052" w:rsidP="003F1EAC">
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>2: Absolute risk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5EA2E4" w14:textId="53337E49" w:rsidR="003F1EAC" w:rsidRPr="00824489" w:rsidRDefault="003F1EAC" w:rsidP="003F1EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>When talking about absolute risk, the statistic is usually [in front] of the [people or population]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8EB419" w14:textId="1CFA6B0E" w:rsidR="003F1EAC" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="003F1EAC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 3: </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1EAC" w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>When interpreting numerical health information, it is important to consider:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6951CEE4" w14:textId="3EB91D12" w:rsidR="003F1EAC" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
-      <w:r>
+    <w:p w14:paraId="6951CEE4" w14:textId="3EB91D12" w:rsidR="003F1EAC" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Topic,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Population,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Geographical</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Area,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Time</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>period,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Risk</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Benefits,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Data</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>expression</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A01376" w14:textId="705919A6" w:rsidR="003F1EAC" w:rsidRDefault="00F45052" w:rsidP="003F1EAC">
+    <w:p w14:paraId="52A01376" w14:textId="705919A6" w:rsidR="003F1EAC" w:rsidRPr="00824489" w:rsidRDefault="00F45052" w:rsidP="003F1EAC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00F45052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">Question 4: </w:t>
       </w:r>
-      <w:r w:rsidR="003F1EAC" w:rsidRPr="003F1EAC">
+      <w:r w:rsidR="003F1EAC" w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">The five steps for evaluating numerical health information </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246A2774" w14:textId="409FEEFC" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
-      <w:r>
+    <w:p w14:paraId="246A2774" w14:textId="409FEEFC" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Accuracy, Authority, Currency, Relevance, Purpose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DA7A7D" w14:textId="3822754A" w:rsidR="003F1EAC" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
+    <w:p w14:paraId="47DA7A7D" w14:textId="3822754A" w:rsidR="003F1EAC" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>Question</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F45052">
+      <w:r w:rsidR="00F45052" w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F1EAC" w:rsidRPr="003F1EAC">
-        <w:rPr>
+      <w:r w:rsidR="003F1EAC" w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>The six tips for communicating numerical health information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177860FD" w14:textId="5E9CFE73" w:rsidR="00D13270" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
-      <w:r>
+    <w:p w14:paraId="177860FD" w14:textId="5E9CFE73" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="003F1EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>clear</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>message,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>framing,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>limit</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>numbers,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>use</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>common</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>words,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>describe</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>meaning</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>numbers,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>show</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00824489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>pictures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1922D7E6" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00D13270" w:rsidRDefault="00D13270" w:rsidP="00D13270"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:p w14:paraId="1922D7E6" w14:textId="77777777" w:rsidR="00D13270" w:rsidRPr="00824489" w:rsidRDefault="00D13270" w:rsidP="00D13270">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D13270" w:rsidRPr="00824489">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C457BC4" w14:textId="77777777" w:rsidR="00CD2E9F" w:rsidRDefault="00CD2E9F" w:rsidP="00291D15">
+    <w:p w14:paraId="353804B7" w14:textId="77777777" w:rsidR="006F2A18" w:rsidRDefault="006F2A18" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40B6657D" w14:textId="77777777" w:rsidR="00CD2E9F" w:rsidRDefault="00CD2E9F" w:rsidP="00291D15">
+    <w:p w14:paraId="0FAC7464" w14:textId="77777777" w:rsidR="006F2A18" w:rsidRDefault="006F2A18" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1339,68 +2523,75 @@
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="26651F3F" w14:textId="77777777" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26651F3F" w14:textId="65F3AB61" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00485108">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
     </w:r>
+    <w:r w:rsidR="009A7967">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Updated January 2026.</w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="7C3873B0" w14:textId="762C8E89" w:rsidR="00485108" w:rsidRDefault="00CD2E9F">
+  <w:p w14:paraId="7C3873B0" w14:textId="762C8E89" w:rsidR="00485108" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1165859887"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00485108">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00485108">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00485108">
@@ -1412,144 +2603,126 @@
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00485108">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0C59B932" w14:textId="15E48E6C" w:rsidR="007F66FE" w:rsidRPr="007F66FE" w:rsidRDefault="007F66FE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36E5E974" w14:textId="77777777" w:rsidR="00CD2E9F" w:rsidRDefault="00CD2E9F" w:rsidP="00291D15">
+    <w:p w14:paraId="07FE5A60" w14:textId="77777777" w:rsidR="006F2A18" w:rsidRDefault="006F2A18" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2189E292" w14:textId="77777777" w:rsidR="00CD2E9F" w:rsidRDefault="00CD2E9F" w:rsidP="00291D15">
+    <w:p w14:paraId="2C8D2B31" w14:textId="77777777" w:rsidR="006F2A18" w:rsidRDefault="006F2A18" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="60044905" w14:textId="28D884C8" w:rsidR="00291D15" w:rsidRDefault="00291D15">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="60044905" w14:textId="103ED9A1" w:rsidR="00291D15" w:rsidRDefault="009A7967">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="156AA647" wp14:editId="34891889">
-          <wp:extent cx="5943600" cy="953770"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="562FB1BB" wp14:editId="5F02C4D4">
+          <wp:extent cx="5943600" cy="715645"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1" name="Picture 1">
-[...5 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="2122780378" name="Picture 1" descr="Network of the National Library of Medicine logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Picture 1">
-[...5 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="2122780378" name="Picture 1" descr="Network of the National Library of Medicine logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="5943600" cy="953770"/>
+                    <a:ext cx="5943600" cy="715645"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FC74F46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBF6CB64"/>
     <w:lvl w:ilvl="0" w:tplc="33CEE4EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="87A8A97C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2433,186 +3606,310 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74ED074D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF4200FC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1707410132">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1294213993">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="207649773">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="339696422">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1684281076">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="309135524">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="570651946">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1460148859">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1090156479">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1196194176">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...2 lines deleted...]
-  <w:removeDateAndTime/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291D15"/>
+    <w:rsid w:val="00040DA0"/>
     <w:rsid w:val="000647FD"/>
     <w:rsid w:val="000A6B7B"/>
+    <w:rsid w:val="000B4DC8"/>
     <w:rsid w:val="000F4978"/>
     <w:rsid w:val="00141AD6"/>
     <w:rsid w:val="00171FA7"/>
     <w:rsid w:val="001E6429"/>
     <w:rsid w:val="00221AD4"/>
     <w:rsid w:val="00291D15"/>
+    <w:rsid w:val="002C0254"/>
     <w:rsid w:val="003106DB"/>
     <w:rsid w:val="003324E8"/>
     <w:rsid w:val="003F1EAC"/>
     <w:rsid w:val="003F54BC"/>
     <w:rsid w:val="00485108"/>
     <w:rsid w:val="004A62DD"/>
     <w:rsid w:val="004D4561"/>
     <w:rsid w:val="005138B9"/>
     <w:rsid w:val="005D44D2"/>
     <w:rsid w:val="00625C5A"/>
     <w:rsid w:val="00643702"/>
     <w:rsid w:val="0066103D"/>
+    <w:rsid w:val="006F2A18"/>
     <w:rsid w:val="007F66FE"/>
+    <w:rsid w:val="00824489"/>
     <w:rsid w:val="00992038"/>
+    <w:rsid w:val="009A070F"/>
+    <w:rsid w:val="009A7967"/>
     <w:rsid w:val="00A57D04"/>
     <w:rsid w:val="00AE3BBE"/>
     <w:rsid w:val="00C13B4E"/>
     <w:rsid w:val="00CD2E9F"/>
     <w:rsid w:val="00D13270"/>
     <w:rsid w:val="00D51EEC"/>
     <w:rsid w:val="00EE494C"/>
     <w:rsid w:val="00F45052"/>
+    <w:rsid w:val="00FB0859"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="374DBB02"/>
   <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{6A211445-CEE1-4063-BDB8-B2D786FF5C29}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2944,50 +4241,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00C13B4E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -3039,50 +4337,51 @@
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F45052"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -3299,51 +4598,51 @@
     <w:rsid w:val="00D13270"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F45052"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="76097528">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250898887">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3375,51 +4674,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1642416284">
           <w:marLeft w:val="1080"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/schedule?combine=&amp;ce_categories_121%5B%5D=3&amp;ce_categories_121%5B%5D=4&amp;class_format_133=All" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/consumer-health-information-specialization" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3679,72 +4978,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>251</Words>
-  <Characters>1434</Characters>
+  <Words>340</Words>
+  <Characters>1971</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1682</CharactersWithSpaces>
+  <CharactersWithSpaces>2280</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Rebecca 'Librarian' Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>