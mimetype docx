--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -33,362 +33,251 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="088F02DC" w14:textId="336C7E14" w:rsidR="001D63F7" w:rsidRDefault="001D63F7" w:rsidP="0001026E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0001026E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Rural Health Resources</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BD85443" w14:textId="4C1DF897" w:rsidR="00287041" w:rsidRPr="00287041" w:rsidRDefault="00287041" w:rsidP="00287041">
+    <w:p w14:paraId="680FF2EF" w14:textId="02717281" w:rsidR="0032604B" w:rsidRPr="0037322C" w:rsidRDefault="0032604B" w:rsidP="0032604B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00287041">
-[...16 lines deleted...]
-      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="0037322C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>NNLM Rural Hea</w:t>
-[...15 lines deleted...]
-          <w:t>th Guide</w:t>
+          <w:t>NNLM Rural Health Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0037322C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F36345B" w14:textId="0089AE9E" w:rsidR="00FB1296" w:rsidRPr="0037322C" w:rsidRDefault="00FB1296" w:rsidP="0032604B">
-[...24 lines deleted...]
-      <w:hyperlink r:id="rId13">
+    <w:p w14:paraId="6960FF45" w14:textId="7EC6D4CD" w:rsidR="00C82505" w:rsidRDefault="005657F3" w:rsidP="005657F3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11">
         <w:r w:rsidRPr="08BE2402">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>He</w:t>
-[...31 lines deleted...]
-          <w:t xml:space="preserve"> Rural Health Definition</w:t>
+          <w:t>Health Resources and Services Administration Rural Health Definition</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E060EB" w:rsidRPr="08BE2402">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="08BE2402">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Defin</w:t>
+      </w:r>
+      <w:r w:rsidR="72C4C883" w:rsidRPr="08BE2402">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>itions of rural from HRSA and the Office of Management and Budget.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08BE2402">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0F757185" w14:textId="0094B5F7" w:rsidR="00821AA9" w:rsidRDefault="00821AA9" w:rsidP="005657F3">
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId14" w:history="1">
+    <w:p w14:paraId="0F757185" w14:textId="589CE1D4" w:rsidR="00821AA9" w:rsidRDefault="00821AA9" w:rsidP="005657F3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00E060EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>USDA Economic</w:t>
-[...15 lines deleted...]
-          <w:t>Research Service</w:t>
+          <w:t>USDA Economic Research Service</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t xml:space="preserve"> (ERS)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> website for </w:t>
       </w:r>
       <w:r w:rsidR="0049798F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>reports, data, and charts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2708F0EB" w14:textId="7CB63C84" w:rsidR="00821AA9" w:rsidRPr="00821AA9" w:rsidRDefault="00821AA9" w:rsidP="005657F3">
+    <w:p w14:paraId="2708F0EB" w14:textId="406F5139" w:rsidR="00821AA9" w:rsidRPr="00821AA9" w:rsidRDefault="00821AA9" w:rsidP="005657F3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>ERS S</w:t>
         </w:r>
         <w:r w:rsidRPr="00E060EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>t</w:t>
-[...15 lines deleted...]
-          <w:t>te Fact Sheets</w:t>
+          <w:t>tate Fact Sheets</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E060EB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="348651BF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The ERS State Fact Sheets</w:t>
       </w:r>
       <w:r w:rsidR="00411231">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> on Census and Agricultural data</w:t>
       </w:r>
       <w:r w:rsidRPr="348651BF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="348651BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736A51CE" w14:textId="06ABCCB2" w:rsidR="235CF366" w:rsidRDefault="235CF366" w:rsidP="2E40DAFF">
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId16">
+    <w:p w14:paraId="736A51CE" w14:textId="5295B904" w:rsidR="235CF366" w:rsidRDefault="235CF366" w:rsidP="2E40DAFF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="5F10AC16">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>ERS Cha</w:t>
-[...15 lines deleted...]
-          <w:t>ts of Note</w:t>
+          <w:t>ERS Charts of Note</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="5F10AC16">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5B171011" w:rsidRPr="5F10AC16">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Charts</w:t>
       </w:r>
       <w:r w:rsidR="005B03C7" w:rsidRPr="5F10AC16">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the USDA Economic Research Service</w:t>
       </w:r>
       <w:r w:rsidR="00E060EB" w:rsidRPr="5F10AC16">
         <w:rPr>
@@ -411,460 +300,410 @@
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="007230FD">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>tates</w:t>
       </w:r>
       <w:r w:rsidR="00E060EB" w:rsidRPr="5F10AC16">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Census data</w:t>
       </w:r>
       <w:r w:rsidR="005B03C7" w:rsidRPr="5F10AC16">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395D2638" w14:textId="64682038" w:rsidR="317A7BD8" w:rsidRDefault="00575699" w:rsidP="5F10AC16">
+    <w:p w14:paraId="395D2638" w14:textId="47364B1A" w:rsidR="317A7BD8" w:rsidRDefault="00575699" w:rsidP="5F10AC16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>ERS Rural America</w:t>
-[...17 lines deleted...]
-          <w:t>at a Glance 2024</w:t>
+          <w:t>ERS Rural America at a Glance 2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="317A7BD8" w:rsidRPr="5F10AC16">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00160105" w:rsidRPr="00160105">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>This report looks at recent population trends, the changing structure of economic sectors, the labor force, and job growth in rural areas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75785960" w14:textId="7F081805" w:rsidR="1FF05BC8" w:rsidRDefault="1FF05BC8" w:rsidP="2E40DAFF">
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId18">
+    <w:p w14:paraId="75785960" w14:textId="3D760061" w:rsidR="1FF05BC8" w:rsidRDefault="1FF05BC8" w:rsidP="2E40DAFF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16">
         <w:r w:rsidRPr="2E40DAFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t xml:space="preserve">Rural </w:t>
         </w:r>
         <w:r w:rsidR="4D8B4EA5" w:rsidRPr="2E40DAFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>Hospital Closure</w:t>
-[...15 lines deleted...]
-          <w:t xml:space="preserve"> Threaten Access</w:t>
+          <w:t>Hospital Closures Threaten Access</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="4D8B4EA5" w:rsidRPr="2E40DAFF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00826F3D">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="2E40DAFF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>American Hospital Association Report</w:t>
+        <w:t>American Hospital Association Report 2022</w:t>
       </w:r>
       <w:r w:rsidR="007E54CE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="2E40DAFF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617082ED" w14:textId="2463763C" w:rsidR="000B631F" w:rsidRPr="00E060EB" w:rsidRDefault="360D5840" w:rsidP="348651BF">
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId19">
+    <w:p w14:paraId="617082ED" w14:textId="6029ED8F" w:rsidR="000B631F" w:rsidRPr="00E060EB" w:rsidRDefault="360D5840" w:rsidP="348651BF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="2E40DAFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>Growing Racial Divers</w:t>
-[...17 lines deleted...]
-          <w:t>ty in Rural America: Results from the 2020 Census</w:t>
+          <w:t>Growing Racial Diversity in Rural America: Results from the 2020 Census</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="2E40DAFF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5FD7B1A8" w:rsidRPr="2E40DAFF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Report from the University of New Hampshire, Carsey School of Public Policy</w:t>
       </w:r>
       <w:r w:rsidR="007E54CE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FAFFF2" w14:textId="01A434BB" w:rsidR="00893774" w:rsidRPr="00937AD1" w:rsidRDefault="00893774" w:rsidP="00B87D2B">
+    <w:p w14:paraId="05FAFFF2" w14:textId="1403C9D8" w:rsidR="00893774" w:rsidRPr="00937AD1" w:rsidRDefault="00893774" w:rsidP="00B87D2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00937AD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t xml:space="preserve">Rural Health </w:t>
+          <w:t>Rural Health Information Hub</w:t>
         </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00937AD1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00937AD1" w:rsidRPr="00937AD1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>The Rural Health Information Hub</w:t>
+      </w:r>
+      <w:r w:rsidR="00937AD1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00937AD1" w:rsidRPr="00937AD1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is funded by the Federal Office of Rural Health Policy to be a national clearinghouse on rural health issues. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D162187" w14:textId="495AC2C7" w:rsidR="00893774" w:rsidRPr="00937AD1" w:rsidRDefault="00893774" w:rsidP="00B87D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00937AD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>I</w:t>
-[...76 lines deleted...]
-          <w:t>lus</w:t>
+          <w:t>MedlinePlus</w:t>
         </w:r>
         <w:r w:rsidR="00937AD1" w:rsidRPr="00937AD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00937AD1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00937AD1" w:rsidRPr="00937AD1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">MedlinePlus is an online health information resource for patients and </w:t>
       </w:r>
       <w:r w:rsidR="00937AD1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>caregivers.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00893774" w:rsidRPr="00937AD1">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId23"/>
+    <w:p w14:paraId="090F0DCB" w14:textId="3A3972F8" w:rsidR="00C82505" w:rsidRPr="00937AD1" w:rsidRDefault="00893774" w:rsidP="005657F3">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00893774">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Network of the National Library of Medicin</w:t>
+        </w:r>
+        <w:r w:rsidR="00937AD1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>e (NNLM) Regions</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00937AD1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Learn more about regional training and funding opportunities available from NNLM. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C82505" w:rsidRPr="00937AD1">
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F53DE1E" w14:textId="77777777" w:rsidR="00E335CB" w:rsidRDefault="00E335CB" w:rsidP="000952F1">
+    <w:p w14:paraId="0CDF2442" w14:textId="77777777" w:rsidR="00E77931" w:rsidRDefault="00E77931" w:rsidP="000952F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23F007C4" w14:textId="77777777" w:rsidR="00E335CB" w:rsidRDefault="00E335CB" w:rsidP="000952F1">
+    <w:p w14:paraId="04C02D92" w14:textId="77777777" w:rsidR="00E77931" w:rsidRDefault="00E77931" w:rsidP="000952F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7914EAF3" w14:textId="57C7E802" w:rsidR="0007358C" w:rsidRPr="007D6EA9" w:rsidRDefault="007D6EA9" w:rsidP="007D6EA9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007D6EA9">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
     </w:r>
     <w:r w:rsidR="004D5CFB">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -877,61 +716,61 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">ovember </w:t>
     </w:r>
     <w:r w:rsidR="00C253F2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidR="004D5CFB">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D0B4C9B" w14:textId="77777777" w:rsidR="00E335CB" w:rsidRDefault="00E335CB" w:rsidP="000952F1">
+    <w:p w14:paraId="32764072" w14:textId="77777777" w:rsidR="00E77931" w:rsidRDefault="00E77931" w:rsidP="000952F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EC3C993" w14:textId="77777777" w:rsidR="00E335CB" w:rsidRDefault="00E335CB" w:rsidP="000952F1">
+    <w:p w14:paraId="11E7A988" w14:textId="77777777" w:rsidR="00E77931" w:rsidRDefault="00E77931" w:rsidP="000952F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7BE8F850" w14:textId="77777777" w:rsidR="000952F1" w:rsidRDefault="000952F1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57CA8C03" wp14:editId="41499403">
           <wp:extent cx="5943600" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -1678,183 +1517,179 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1377703540">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1432311158">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1940792725">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2008707645">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="507982606">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1715763575">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000952F1"/>
     <w:rsid w:val="0001026E"/>
     <w:rsid w:val="000216B4"/>
     <w:rsid w:val="00023B5E"/>
+    <w:rsid w:val="000478DC"/>
     <w:rsid w:val="0007358C"/>
     <w:rsid w:val="000952F1"/>
     <w:rsid w:val="000A20CB"/>
     <w:rsid w:val="000B631F"/>
     <w:rsid w:val="000E7477"/>
     <w:rsid w:val="00104D6F"/>
     <w:rsid w:val="00126028"/>
     <w:rsid w:val="001517D9"/>
     <w:rsid w:val="00160105"/>
     <w:rsid w:val="001D63F7"/>
     <w:rsid w:val="00215EC1"/>
-    <w:rsid w:val="00287041"/>
     <w:rsid w:val="002B37E5"/>
     <w:rsid w:val="0032604B"/>
     <w:rsid w:val="0037322C"/>
     <w:rsid w:val="00381B33"/>
     <w:rsid w:val="00390D3E"/>
+    <w:rsid w:val="003A79B2"/>
     <w:rsid w:val="003B5F37"/>
     <w:rsid w:val="003B7E11"/>
     <w:rsid w:val="003E0FB2"/>
     <w:rsid w:val="00411231"/>
-    <w:rsid w:val="004638F0"/>
     <w:rsid w:val="0049798F"/>
     <w:rsid w:val="004D5CFB"/>
     <w:rsid w:val="004E40EF"/>
     <w:rsid w:val="004E46B3"/>
     <w:rsid w:val="00511638"/>
     <w:rsid w:val="00520ABD"/>
     <w:rsid w:val="0053336A"/>
     <w:rsid w:val="005657F3"/>
     <w:rsid w:val="00575699"/>
     <w:rsid w:val="00580EE5"/>
     <w:rsid w:val="005877CF"/>
     <w:rsid w:val="005B03C7"/>
     <w:rsid w:val="005C55E3"/>
     <w:rsid w:val="005C753C"/>
     <w:rsid w:val="005D6768"/>
     <w:rsid w:val="00615DD7"/>
     <w:rsid w:val="00692459"/>
     <w:rsid w:val="00696321"/>
     <w:rsid w:val="00696E42"/>
     <w:rsid w:val="006A0942"/>
     <w:rsid w:val="006B1F39"/>
     <w:rsid w:val="006D7D1D"/>
     <w:rsid w:val="006F442C"/>
     <w:rsid w:val="0070148C"/>
     <w:rsid w:val="007230FD"/>
     <w:rsid w:val="007D133A"/>
     <w:rsid w:val="007D6EA9"/>
     <w:rsid w:val="007E54CE"/>
     <w:rsid w:val="00821AA9"/>
-    <w:rsid w:val="00826F3D"/>
     <w:rsid w:val="0086158A"/>
     <w:rsid w:val="00867689"/>
     <w:rsid w:val="00877CC1"/>
     <w:rsid w:val="00893774"/>
     <w:rsid w:val="008D3DAE"/>
     <w:rsid w:val="008F6CC8"/>
     <w:rsid w:val="0091218F"/>
     <w:rsid w:val="00937AD1"/>
     <w:rsid w:val="00937E0B"/>
     <w:rsid w:val="0097198C"/>
     <w:rsid w:val="009722C9"/>
     <w:rsid w:val="009A659E"/>
     <w:rsid w:val="009A7DB7"/>
     <w:rsid w:val="009B0E5D"/>
     <w:rsid w:val="009D26FC"/>
-    <w:rsid w:val="00A0397F"/>
     <w:rsid w:val="00A13D60"/>
     <w:rsid w:val="00A47A1C"/>
     <w:rsid w:val="00A66028"/>
     <w:rsid w:val="00A72D4E"/>
     <w:rsid w:val="00A807A3"/>
     <w:rsid w:val="00AA3953"/>
     <w:rsid w:val="00AE75ED"/>
     <w:rsid w:val="00AF57DE"/>
     <w:rsid w:val="00B6706C"/>
     <w:rsid w:val="00B87D2B"/>
     <w:rsid w:val="00B90A47"/>
     <w:rsid w:val="00BA3B06"/>
     <w:rsid w:val="00BB25E3"/>
     <w:rsid w:val="00BC0C0D"/>
     <w:rsid w:val="00BE7013"/>
     <w:rsid w:val="00C05D34"/>
     <w:rsid w:val="00C253F2"/>
     <w:rsid w:val="00C82505"/>
     <w:rsid w:val="00CC0B12"/>
     <w:rsid w:val="00CC1BBA"/>
-    <w:rsid w:val="00CF6D74"/>
     <w:rsid w:val="00D47BC2"/>
     <w:rsid w:val="00D520EA"/>
     <w:rsid w:val="00D642C3"/>
     <w:rsid w:val="00DA7C69"/>
     <w:rsid w:val="00DA7DC2"/>
     <w:rsid w:val="00DB0E56"/>
     <w:rsid w:val="00E060EB"/>
     <w:rsid w:val="00E33547"/>
-    <w:rsid w:val="00E335CB"/>
     <w:rsid w:val="00E437DD"/>
     <w:rsid w:val="00E71A4F"/>
     <w:rsid w:val="00E76EAF"/>
+    <w:rsid w:val="00E77931"/>
     <w:rsid w:val="00F16A0E"/>
     <w:rsid w:val="00F445B3"/>
-    <w:rsid w:val="00FB1296"/>
+    <w:rsid w:val="00F928FF"/>
     <w:rsid w:val="00FB562F"/>
     <w:rsid w:val="00FD180F"/>
     <w:rsid w:val="02BA4CF6"/>
     <w:rsid w:val="06EB4C0E"/>
     <w:rsid w:val="07988380"/>
     <w:rsid w:val="07C8E694"/>
     <w:rsid w:val="08871C6F"/>
     <w:rsid w:val="08BE2402"/>
     <w:rsid w:val="08CCB56E"/>
     <w:rsid w:val="0B466512"/>
     <w:rsid w:val="1091E531"/>
     <w:rsid w:val="19BD73CE"/>
     <w:rsid w:val="1FF05BC8"/>
     <w:rsid w:val="235CF366"/>
     <w:rsid w:val="2A5270C2"/>
     <w:rsid w:val="2E40DAFF"/>
     <w:rsid w:val="317A7BD8"/>
     <w:rsid w:val="348651BF"/>
     <w:rsid w:val="356A0849"/>
     <w:rsid w:val="360D5840"/>
     <w:rsid w:val="40EDB55A"/>
     <w:rsid w:val="41968D11"/>
     <w:rsid w:val="4AE26748"/>
     <w:rsid w:val="4D8B4EA5"/>
     <w:rsid w:val="4E1A080A"/>
@@ -2588,51 +2423,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1022706363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrsa.gov/rural-health/about-us/definition/index.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aha.org/system/files/media/file/2022/09/rural-hospital-closures-threaten-access-report.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/reading-club/topic/339" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/webdocs/publications/110351/eib-282.pdf?v=4724" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/data-products/charts-of-note/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/rural-health" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/data-products/state-fact-sheets/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://carsey.unh.edu/publication/growing-racial-diversity-in-rural-america" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/data-products/state-fact-sheets/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ruralhealthinfo.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://carsey.unh.edu/publication/growing-racial-diversity-in-rural-america" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aha.org/system/files/media/file/2022/09/rural-hospital-closures-threaten-access-report.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnlm.gov/about/regions" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrsa.gov/rural-health/about-us/definition/index.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/webdocs/publications/110351/eib-282.pdf?v=4724" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/rural-health" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ers.usda.gov/data-products/charts-of-note/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2903,70 +2738,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="c1247891-0124-4ef2-b948-f0971478a393" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="74497ba9-ed5a-4cca-9240-7ee99bf3581f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000D29AAA7C5DF2C48B0448E31AE190A0F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7ca6d7a98215d3155e389634b36f75d2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="74497ba9-ed5a-4cca-9240-7ee99bf3581f" xmlns:ns3="c1247891-0124-4ef2-b948-f0971478a393" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f6c9d614f7deff30e90c70a7e5d63262" ns2:_="" ns3:_="">
     <xsd:import namespace="74497ba9-ed5a-4cca-9240-7ee99bf3581f"/>
     <xsd:import namespace="c1247891-0124-4ef2-b948-f0971478a393"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -3165,125 +2991,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0F11F07-7251-431A-AA19-F6088330C16F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c1247891-0124-4ef2-b948-f0971478a393"/>
     <ds:schemaRef ds:uri="74497ba9-ed5a-4cca-9240-7ee99bf3581f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBAA63D6-6FAC-4728-82DD-EB9D3226C63A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="74497ba9-ed5a-4cca-9240-7ee99bf3581f"/>
     <ds:schemaRef ds:uri="c1247891-0124-4ef2-b948-f0971478a393"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F5D78B5-FD5C-4686-B8CF-43CAF4785206}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>299</Words>
-  <Characters>1664</Characters>
+  <Words>310</Words>
+  <Characters>1728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>35</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Rural Health Resources</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Utah</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1942</CharactersWithSpaces>
+  <CharactersWithSpaces>2017</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000D29AAA7C5DF2C48B0448E31AE190A0F</vt:lpwstr>