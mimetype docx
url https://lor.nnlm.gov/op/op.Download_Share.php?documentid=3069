--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -109,259 +109,274 @@
         <w:t>Presentation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D8DE22D" w14:textId="77777777" w:rsidR="00356240" w:rsidRDefault="00356240" w:rsidP="00356240">
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00356240">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">What is Public Health? </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">| </w:t>
         </w:r>
         <w:r w:rsidRPr="00356240">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>American Public Health Association</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68541653" w14:textId="3EF06B37" w:rsidR="00223A20" w:rsidRDefault="00223A20" w:rsidP="00356240">
+    <w:p w14:paraId="68541653" w14:textId="201E20DA" w:rsidR="00223A20" w:rsidRDefault="00223A20" w:rsidP="00356240">
       <w:r w:rsidRPr="00223A20">
-        <w:t xml:space="preserve">Centers for Disease Control and Prevention (CDC) (2011). </w:t>
+        <w:t>Centers for Disease Control and Prevention (</w:t>
+      </w:r>
+      <w:r w:rsidR="00616AB0">
+        <w:t>2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223A20">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="00616AB0" w:rsidRPr="00223A20">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Morbidity and mortality weekly report</w:t>
+      </w:r>
+      <w:r w:rsidR="00616AB0">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00616AB0">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00737F29">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Ten great public health achievements--United States, 2001-2010.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00223A20">
+      <w:r w:rsidR="00616AB0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00223A20">
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7421C891" w14:textId="1031FA18" w:rsidR="00356240" w:rsidRPr="00356240" w:rsidRDefault="00356240" w:rsidP="00356240">
+    <w:p w14:paraId="7421C891" w14:textId="45F4255F" w:rsidR="00356240" w:rsidRPr="00356240" w:rsidRDefault="00356240" w:rsidP="00356240">
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00356240">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>What Makes a Long Life? Look to your Zip code | Robert Wood Johnson Foundation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="694A302E" w14:textId="42422972" w:rsidR="00356240" w:rsidRPr="006671A0" w:rsidRDefault="00356240" w:rsidP="00356240">
+    <w:p w14:paraId="694A302E" w14:textId="79823D9B" w:rsidR="00356240" w:rsidRPr="006671A0" w:rsidRDefault="00737F29" w:rsidP="00356240">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00737F29">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Social Determi</w:t>
-[...11 lines deleted...]
-          <w:t>ants of Health</w:t>
+          <w:t>Social Determinants of Health</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5E273D02" w14:textId="020B64C2" w:rsidR="00356240" w:rsidRDefault="00356240" w:rsidP="00356240">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="006671A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Healthy Peopl</w:t>
-[...11 lines deleted...]
-          <w:t xml:space="preserve"> 2030</w:t>
+          <w:t>Healthy People 2030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A192A7A" w14:textId="37EDB457" w:rsidR="00D551D0" w:rsidRDefault="00D551D0" w:rsidP="00D551D0">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="0A192A7A" w14:textId="329AF9D1" w:rsidR="00D551D0" w:rsidRDefault="00D551D0" w:rsidP="00D551D0">
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00737F29">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Evidence-based public health: a fundamental concept for public health practice.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D551D0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D551D0">
+      <w:r w:rsidR="00AE410F" w:rsidRPr="00D551D0">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Annual review of public health</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">, 30, 175–201. </w:t>
+        <w:t xml:space="preserve">Annual </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE410F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE410F" w:rsidRPr="00D551D0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">eview of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE410F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE410F" w:rsidRPr="00D551D0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">ublic </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE410F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE410F" w:rsidRPr="00D551D0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ealth</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE410F" w:rsidRPr="00D551D0">
+        <w:t xml:space="preserve"> (2009).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226E6C81" w14:textId="00D9E2C2" w:rsidR="00D551D0" w:rsidRDefault="00D551D0" w:rsidP="00D551D0">
+    <w:p w14:paraId="226E6C81" w14:textId="07826B51" w:rsidR="00D551D0" w:rsidRDefault="00D551D0" w:rsidP="00D551D0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D551D0">
-[...1 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="0089593A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Project D.A.R.E. outcome effectiveness revisited</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00223A20">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>. American journal of public health</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D551D0">
-        <w:t xml:space="preserve">, 94(6), 1027–1029. </w:t>
+      <w:r w:rsidR="00892BA5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00892BA5" w:rsidRPr="00D551D0">
+        <w:t>(2004).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D2A61C" w14:textId="4D6E7AEB" w:rsidR="00D551D0" w:rsidRDefault="00D551D0" w:rsidP="00D551D0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Standards &amp; Measures for Initial Accreditation | Public Health Accreditation Board </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A4C3B61" w14:textId="188F7963" w:rsidR="00D551D0" w:rsidRDefault="00D551D0" w:rsidP="00D935A2">
+    <w:p w14:paraId="7A4C3B61" w14:textId="1391E835" w:rsidR="00D551D0" w:rsidRDefault="00D551D0" w:rsidP="00D935A2">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D551D0">
-[...6 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="0089593A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Epidemiology, evidenced-based medicine, and evidence-based public health</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D551D0">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00223A20">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Journal of epidemiology</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D551D0">
+      <w:r w:rsidR="00AE410F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 7(4), 187–197. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE410F" w:rsidRPr="00D551D0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1997). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D6AFF16" w14:textId="0B2EB3F3" w:rsidR="004F3A1F" w:rsidRPr="0037632C" w:rsidRDefault="009E57E3" w:rsidP="0037632C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0037632C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">PICO </w:t>
       </w:r>
       <w:r w:rsidR="004F3A1F" w:rsidRPr="0037632C">
         <w:rPr>
@@ -398,168 +413,167 @@
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="008F7EDD">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Live Demos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E1D68FE" w14:textId="77777777" w:rsidR="00223A20" w:rsidRPr="000E0A82" w:rsidRDefault="00223A20" w:rsidP="00223A20">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="000E0A82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>PubMed</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7951BDA6" w14:textId="141516C6" w:rsidR="00223A20" w:rsidRPr="000E0A82" w:rsidRDefault="00223A20" w:rsidP="00223A20">
+    <w:p w14:paraId="7951BDA6" w14:textId="4C69DD04" w:rsidR="00223A20" w:rsidRPr="000E0A82" w:rsidRDefault="00223A20" w:rsidP="00223A20">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="000E0A82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Health Evidence</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4FE5805D" w14:textId="66A4E0E0" w:rsidR="00223A20" w:rsidRPr="000E0A82" w:rsidRDefault="00223A20" w:rsidP="00223A20">
+    <w:p w14:paraId="4FE5805D" w14:textId="7B2B5EDF" w:rsidR="00223A20" w:rsidRPr="000E0A82" w:rsidRDefault="00223A20" w:rsidP="00223A20">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="000E0A82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>The Community Guide</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3941FFC9" w14:textId="1E13E378" w:rsidR="007D60E5" w:rsidRPr="00AF4F54" w:rsidRDefault="00190F43" w:rsidP="00AF4F54">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Additional</w:t>
       </w:r>
       <w:r w:rsidR="00223A20" w:rsidRPr="00AF4F54">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> Resources</w:t>
       </w:r>
       <w:r w:rsidR="00646B81" w:rsidRPr="00AF4F54">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636570FB" w14:textId="12955192" w:rsidR="00AF4F54" w:rsidRPr="00AF4F54" w:rsidRDefault="00223A20" w:rsidP="00AF4F54">
+    <w:p w14:paraId="636570FB" w14:textId="2017C0F7" w:rsidR="00AF4F54" w:rsidRPr="00AF4F54" w:rsidRDefault="00223A20" w:rsidP="00AF4F54">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="000E0A82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>County Health Rankings &amp; Road</w:t>
+          <w:t>County Health Rankings &amp; Roadmaps: What Work</w:t>
         </w:r>
         <w:r w:rsidRPr="000E0A82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>m</w:t>
+          <w:t>s</w:t>
         </w:r>
         <w:r w:rsidRPr="000E0A82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>aps: What Works for Health</w:t>
+          <w:t xml:space="preserve"> for Health</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00AF4F54" w:rsidRPr="00AF4F54" w:rsidSect="00F1634E">
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="180" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EEF7EFA" w14:textId="77777777" w:rsidR="00FF5A73" w:rsidRDefault="00FF5A73">
+    <w:p w14:paraId="74237527" w14:textId="77777777" w:rsidR="00485C9A" w:rsidRDefault="00485C9A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D8BA388" w14:textId="77777777" w:rsidR="00FF5A73" w:rsidRDefault="00FF5A73">
+    <w:p w14:paraId="6286A280" w14:textId="77777777" w:rsidR="00485C9A" w:rsidRDefault="00485C9A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -685,61 +699,61 @@
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="left" w:pos="3157"/>
           </w:tabs>
         </w:pPr>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3934A988" w14:textId="02361B57" w:rsidR="007D60E5" w:rsidRPr="00EE3E58" w:rsidRDefault="007D60E5" w:rsidP="00EE3E58">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34AE4720" w14:textId="77777777" w:rsidR="00FF5A73" w:rsidRDefault="00FF5A73">
+    <w:p w14:paraId="42140483" w14:textId="77777777" w:rsidR="00485C9A" w:rsidRDefault="00485C9A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C3B59F4" w14:textId="77777777" w:rsidR="00FF5A73" w:rsidRDefault="00FF5A73">
+    <w:p w14:paraId="6F4CA44F" w14:textId="77777777" w:rsidR="00485C9A" w:rsidRDefault="00485C9A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="514BCFCF" w14:textId="1CD29493" w:rsidR="007D60E5" w:rsidRDefault="00646B81" w:rsidP="00C62912">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
@@ -932,170 +946,179 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="182130269">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D60E5"/>
     <w:rsid w:val="00021EDC"/>
     <w:rsid w:val="00095B1C"/>
     <w:rsid w:val="000E0A82"/>
     <w:rsid w:val="000E3217"/>
     <w:rsid w:val="000E6812"/>
     <w:rsid w:val="000F653B"/>
     <w:rsid w:val="00111CDD"/>
     <w:rsid w:val="0012711D"/>
     <w:rsid w:val="00156565"/>
     <w:rsid w:val="00165FBC"/>
     <w:rsid w:val="00190F43"/>
     <w:rsid w:val="001A5229"/>
     <w:rsid w:val="001C2ADC"/>
     <w:rsid w:val="001D0266"/>
     <w:rsid w:val="001D1DF4"/>
     <w:rsid w:val="00212337"/>
     <w:rsid w:val="002129EC"/>
     <w:rsid w:val="00223A20"/>
     <w:rsid w:val="00243A70"/>
     <w:rsid w:val="002541F2"/>
     <w:rsid w:val="00297B6D"/>
     <w:rsid w:val="003063CD"/>
     <w:rsid w:val="00314019"/>
     <w:rsid w:val="00325528"/>
     <w:rsid w:val="003413D6"/>
+    <w:rsid w:val="00346A3A"/>
     <w:rsid w:val="00356240"/>
     <w:rsid w:val="00364A8B"/>
     <w:rsid w:val="0037632C"/>
     <w:rsid w:val="003A18C6"/>
     <w:rsid w:val="003A5B79"/>
     <w:rsid w:val="003C6C36"/>
     <w:rsid w:val="003F3140"/>
     <w:rsid w:val="0042607D"/>
     <w:rsid w:val="00441805"/>
+    <w:rsid w:val="00485C9A"/>
     <w:rsid w:val="00493578"/>
     <w:rsid w:val="004F3A1F"/>
     <w:rsid w:val="00526539"/>
     <w:rsid w:val="0054766A"/>
     <w:rsid w:val="005534D9"/>
     <w:rsid w:val="0055770E"/>
+    <w:rsid w:val="005A2098"/>
     <w:rsid w:val="005A2C15"/>
     <w:rsid w:val="005A60B8"/>
     <w:rsid w:val="005D5229"/>
+    <w:rsid w:val="00616AB0"/>
     <w:rsid w:val="00646B81"/>
     <w:rsid w:val="006671A0"/>
     <w:rsid w:val="006719BF"/>
+    <w:rsid w:val="006B2C0B"/>
     <w:rsid w:val="006E12A6"/>
     <w:rsid w:val="006E4093"/>
     <w:rsid w:val="006E7CDB"/>
     <w:rsid w:val="00737F29"/>
     <w:rsid w:val="0078594A"/>
+    <w:rsid w:val="007C6C38"/>
     <w:rsid w:val="007D60E5"/>
     <w:rsid w:val="007E6438"/>
     <w:rsid w:val="007F2152"/>
     <w:rsid w:val="007F53E0"/>
     <w:rsid w:val="00822D0A"/>
     <w:rsid w:val="008348D0"/>
     <w:rsid w:val="00847695"/>
     <w:rsid w:val="00863CEF"/>
+    <w:rsid w:val="00892BA5"/>
     <w:rsid w:val="0089593A"/>
     <w:rsid w:val="008B07C5"/>
     <w:rsid w:val="008E060E"/>
     <w:rsid w:val="008F5CE8"/>
     <w:rsid w:val="008F7EDD"/>
     <w:rsid w:val="00936514"/>
     <w:rsid w:val="00964C7F"/>
     <w:rsid w:val="009A0B58"/>
     <w:rsid w:val="009D084D"/>
     <w:rsid w:val="009E57E3"/>
     <w:rsid w:val="00A07877"/>
     <w:rsid w:val="00A11A18"/>
     <w:rsid w:val="00A468B8"/>
     <w:rsid w:val="00A47C60"/>
     <w:rsid w:val="00A52210"/>
     <w:rsid w:val="00A63EF3"/>
     <w:rsid w:val="00AA6594"/>
+    <w:rsid w:val="00AE410F"/>
     <w:rsid w:val="00AF4F54"/>
     <w:rsid w:val="00AF7ABE"/>
     <w:rsid w:val="00B06FA2"/>
     <w:rsid w:val="00B15306"/>
     <w:rsid w:val="00B251DB"/>
     <w:rsid w:val="00B32773"/>
     <w:rsid w:val="00BC725B"/>
     <w:rsid w:val="00BE739D"/>
     <w:rsid w:val="00C20CE1"/>
     <w:rsid w:val="00C62912"/>
     <w:rsid w:val="00CD3C88"/>
     <w:rsid w:val="00CD41C6"/>
     <w:rsid w:val="00CF7DEC"/>
     <w:rsid w:val="00D13EB3"/>
     <w:rsid w:val="00D23CE3"/>
     <w:rsid w:val="00D26198"/>
     <w:rsid w:val="00D31049"/>
     <w:rsid w:val="00D551D0"/>
+    <w:rsid w:val="00D7112B"/>
     <w:rsid w:val="00D738F8"/>
     <w:rsid w:val="00D73FA4"/>
     <w:rsid w:val="00D7793D"/>
     <w:rsid w:val="00D90471"/>
     <w:rsid w:val="00D935A2"/>
     <w:rsid w:val="00DC2BEA"/>
     <w:rsid w:val="00E161A8"/>
     <w:rsid w:val="00EA194A"/>
     <w:rsid w:val="00EE3E58"/>
     <w:rsid w:val="00F1634E"/>
     <w:rsid w:val="00F46EDA"/>
     <w:rsid w:val="00F83198"/>
     <w:rsid w:val="00FE1B4F"/>
     <w:rsid w:val="00FE35CE"/>
     <w:rsid w:val="00FF5A73"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2253,67 +2276,78 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FD16E36-2E2E-409A-8F96-1F2E1A1D0714}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2249</Characters>
+  <Pages>1</Pages>
+  <Words>361</Words>
+  <Characters>2110</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>From Problem to Prevention: Evidence-Based Public Health</vt:lpstr>
+      <vt:lpstr>    Resources from Presentation</vt:lpstr>
+      <vt:lpstr>    PICO Scenario </vt:lpstr>
+      <vt:lpstr>    Live Demos</vt:lpstr>
+      <vt:lpstr>    Additional Resources </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2638</CharactersWithSpaces>
+  <CharactersWithSpaces>2435</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>