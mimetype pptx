--- v0 (2025-10-21)
+++ v1 (2026-01-26)
@@ -1,3222 +1,391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/diagrams/data4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/diagrams/drawing4.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/ppt/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId38"/>
+    <p:notesMasterId r:id="rId33"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="257" r:id="rId2"/>
-    <p:sldId id="1857" r:id="rId3"/>
-[...33 lines deleted...]
-    <p:sldId id="289" r:id="rId37"/>
+    <p:sldId id="725" r:id="rId3"/>
+    <p:sldId id="2668" r:id="rId4"/>
+    <p:sldId id="260" r:id="rId5"/>
+    <p:sldId id="261" r:id="rId6"/>
+    <p:sldId id="262" r:id="rId7"/>
+    <p:sldId id="263" r:id="rId8"/>
+    <p:sldId id="264" r:id="rId9"/>
+    <p:sldId id="265" r:id="rId10"/>
+    <p:sldId id="266" r:id="rId11"/>
+    <p:sldId id="267" r:id="rId12"/>
+    <p:sldId id="268" r:id="rId13"/>
+    <p:sldId id="269" r:id="rId14"/>
+    <p:sldId id="270" r:id="rId15"/>
+    <p:sldId id="271" r:id="rId16"/>
+    <p:sldId id="272" r:id="rId17"/>
+    <p:sldId id="273" r:id="rId18"/>
+    <p:sldId id="274" r:id="rId19"/>
+    <p:sldId id="2669" r:id="rId20"/>
+    <p:sldId id="275" r:id="rId21"/>
+    <p:sldId id="277" r:id="rId22"/>
+    <p:sldId id="278" r:id="rId23"/>
+    <p:sldId id="279" r:id="rId24"/>
+    <p:sldId id="280" r:id="rId25"/>
+    <p:sldId id="281" r:id="rId26"/>
+    <p:sldId id="282" r:id="rId27"/>
+    <p:sldId id="283" r:id="rId28"/>
+    <p:sldId id="284" r:id="rId29"/>
+    <p:sldId id="285" r:id="rId30"/>
+    <p:sldId id="286" r:id="rId31"/>
+    <p:sldId id="288" r:id="rId32"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
-  <p:notesSz cx="7010400" cy="9296400"/>
+  <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
-    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
-[...8 lines deleted...]
-      </a:spcAft>
+    <a:defPPr>
+      <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...13 lines deleted...]
-      <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" r:id="rId51" roundtripDataSignature="AMtx7mgmTQ8c0TdpmgxC10cd8JSdNQ2c0w=="/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
+</file>
+
+<file path=ppt/commentAuthors.xml><?xml version="1.0" encoding="utf-8"?>
+<p:cmAuthorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cmAuthor id="1" name="SAMANTHA R NUNN" initials="SRN" lastIdx="1" clrIdx="0">
+    <p:extLst>
+      <p:ext uri="{19B8F6BF-5375-455C-9EA6-DF929625EA0E}">
+        <p15:presenceInfo xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" userId="S::u0967851@umail.utah.edu::44491217-5f67-494c-8abc-8e4c047b7caf" providerId="AD"/>
+      </p:ext>
+    </p:extLst>
+  </p:cmAuthor>
+</p:cmAuthorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
-  <p:clrMru>
-[...1 lines deleted...]
-  </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{89291550-1F25-4D44-BDA4-BE3E9584A960}">
-[...241 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15495"/>
-    <p:restoredTop sz="56618" autoAdjust="0"/>
+    <p:restoredLeft sz="34577" autoAdjust="0"/>
+    <p:restoredTop sz="70327" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="57" d="100"/>
-          <a:sy n="57" d="100"/>
+          <a:sx n="45" d="100"/>
+          <a:sy n="45" d="100"/>
         </p:scale>
-        <p:origin x="2562" y="78"/>
+        <p:origin x="48" y="132"/>
       </p:cViewPr>
-      <p:guideLst>
-[...2 lines deleted...]
-      </p:guideLst>
+      <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:outlineViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="33" d="100"/>
+        <a:sy n="33" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="-12198"/>
+    </p:cViewPr>
+  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
-    <p:cViewPr varScale="1">
+    <p:cViewPr>
       <p:scale>
-        <a:sx n="1" d="1"/>
-        <a:sy n="1" d="1"/>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId51" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
-[...2411 lines deleted...]
-<file path=ppt/diagrams/colors4.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:linClrLst>
@@ -3933,1350 +1102,50 @@
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{70FBB2B1-E09B-48B3-8984-232DD35B7C80}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList" loCatId="icon" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{702A8C20-19DD-48E5-B805-8A6BB4B3EBE5}">
-[...1298 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{85DF8786-DF66-4C79-BCFC-AFB94CD8C887}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" b="0" i="0" dirty="0"/>
             <a:t>Define health literacy</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" dirty="0">
             <a:latin typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F626D3BA-A5A3-43AF-985F-D6D2C0C510CD}" type="parTrans" cxnId="{3F6ADDFC-B982-4280-9C08-3ECA630B0789}">
       <dgm:prSet/>
@@ -5376,51 +1245,51 @@
     <dgm:pt modelId="{57D1782B-A934-4082-87D3-1A58268FFD2F}" type="sibTrans" cxnId="{41CC592A-752D-4A22-8CBE-EE7C9F46C5EE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B296F480-481F-4BFF-BACA-17CB1E4B2F5A}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" b="0" i="0" dirty="0"/>
-            <a:t>Identify 3 online resources you can use as tools to promote health literacy</a:t>
+            <a:t>Identify 3 online resources tools to promote health literacy</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" dirty="0"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{7FF12C5F-3B0C-4268-836A-D7E2860244D5}" type="parTrans" cxnId="{3E5741F5-404C-473C-9FD8-8DC523FDD9FE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{916A54F4-3A23-431B-A15E-C9A55D32801A}" type="sibTrans" cxnId="{3E5741F5-404C-473C-9FD8-8DC523FDD9FE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
@@ -5429,98 +1298,98 @@
     <dgm:pt modelId="{58452A0C-F80A-433D-9D48-67964DA0516A}" type="pres">
       <dgm:prSet presAssocID="{70FBB2B1-E09B-48B3-8984-232DD35B7C80}" presName="root" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{CABC3DAA-E4C9-4A8F-BCD2-1DF3DCD11B17}" type="pres">
       <dgm:prSet presAssocID="{85DF8786-DF66-4C79-BCFC-AFB94CD8C887}" presName="compNode" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{3DAE9546-2FD4-4883-8F3D-508D3289C8AC}" type="pres">
       <dgm:prSet presAssocID="{85DF8786-DF66-4C79-BCFC-AFB94CD8C887}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="4" custLinFactNeighborY="-197"/>
       <dgm:spPr>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:lumMod val="20000"/>
             <a:lumOff val="80000"/>
           </a:schemeClr>
         </a:solidFill>
       </dgm:spPr>
       <dgm:extLst>
         <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
-          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="Session is being recorded"/>
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="tips about the webinar session"/>
         </a:ext>
       </dgm:extLst>
     </dgm:pt>
     <dgm:pt modelId="{BA35F7E6-F5A2-4D3E-AA0B-D99123840FB0}" type="pres">
       <dgm:prSet presAssocID="{85DF8786-DF66-4C79-BCFC-AFB94CD8C887}" presName="iconRect" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4"/>
       <dgm:spPr>
         <a:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{10FCA489-E6E6-4EEA-9253-357DAC59B93A}" type="pres">
       <dgm:prSet presAssocID="{85DF8786-DF66-4C79-BCFC-AFB94CD8C887}" presName="spaceRect" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{C412BC0A-336C-48B4-B9EE-6774144D83EB}" type="pres">
       <dgm:prSet presAssocID="{85DF8786-DF66-4C79-BCFC-AFB94CD8C887}" presName="parTx" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="4">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{670E28B0-F532-4035-B0B6-052D6F8DAFEA}" type="pres">
       <dgm:prSet presAssocID="{D3D84156-1790-4727-843E-159CEDABF566}" presName="sibTrans" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{565F5458-94FD-482B-A04B-974EBE91B147}" type="pres">
       <dgm:prSet presAssocID="{7DF89056-810E-4DAB-B439-9F857471E354}" presName="compNode" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{2BAF7FF3-0FBB-47C9-931E-919553DF7DE1}" type="pres">
-      <dgm:prSet presAssocID="{7DF89056-810E-4DAB-B439-9F857471E354}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="1" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{7DF89056-810E-4DAB-B439-9F857471E354}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="1" presStyleCnt="4" custLinFactNeighborX="-2355" custLinFactNeighborY="7774"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{22D1D788-8E7B-47AB-B086-AFD3000DC722}" type="pres">
       <dgm:prSet presAssocID="{7DF89056-810E-4DAB-B439-9F857471E354}" presName="iconRect" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4"/>
       <dgm:spPr>
         <a:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </dgm:spPr>
       <dgm:extLst>
         <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
           <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="" descr="Glasses"/>
@@ -5680,4948 +1549,648 @@
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{3DAE9546-2FD4-4883-8F3D-508D3289C8AC}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="4574"/>
-          <a:ext cx="7886700" cy="685574"/>
+          <a:off x="0" y="3"/>
+          <a:ext cx="10303329" cy="1016683"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
-          <a:srgbClr val="DDE6D2"/>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{BA35F7E6-F5A2-4D3E-AA0B-D99123840FB0}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="207386" y="155606"/>
-[...591 lines deleted...]
-          <a:ext cx="377065" cy="377065"/>
+          <a:off x="307546" y="230759"/>
+          <a:ext cx="559175" cy="559175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{C412BC0A-336C-48B4-B9EE-6774144D83EB}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="791838" y="1352"/>
-          <a:ext cx="7094861" cy="685574"/>
+          <a:off x="1174269" y="2005"/>
+          <a:ext cx="9129059" cy="1016683"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="72557" tIns="72557" rIns="72557" bIns="72557" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
-[...1047 lines deleted...]
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="88119" tIns="88119" rIns="88119" bIns="88119" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="107599" tIns="107599" rIns="107599" bIns="107599" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2200" b="0" i="0" kern="1200" dirty="0"/>
             <a:t>Define health literacy</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0">
             <a:latin typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Helvetica" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="961674" y="1642"/>
-        <a:ext cx="7960075" cy="832618"/>
+        <a:off x="1174269" y="2005"/>
+        <a:ext cx="9129059" cy="1016683"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{2BAF7FF3-0FBB-47C9-931E-919553DF7DE1}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="1042416"/>
-          <a:ext cx="8921750" cy="832618"/>
+          <a:off x="0" y="1351896"/>
+          <a:ext cx="10303329" cy="1016683"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{22D1D788-8E7B-47AB-B086-AFD3000DC722}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="251867" y="1229755"/>
-          <a:ext cx="457940" cy="457940"/>
+          <a:off x="307546" y="1501613"/>
+          <a:ext cx="559175" cy="559175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{F045EF84-FE70-4B4E-9419-6930B7BBA03E}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="961674" y="1042416"/>
-          <a:ext cx="7960075" cy="832618"/>
+          <a:off x="1174269" y="1272859"/>
+          <a:ext cx="9129059" cy="1016683"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="88119" tIns="88119" rIns="88119" bIns="88119" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="107599" tIns="107599" rIns="107599" bIns="107599" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2200" b="0" i="0" kern="1200" dirty="0"/>
             <a:t>Describe universal precautions for health literacy</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="961674" y="1042416"/>
-        <a:ext cx="7960075" cy="832618"/>
+        <a:off x="1174269" y="1272859"/>
+        <a:ext cx="9129059" cy="1016683"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{4AC62D36-3310-479A-8203-5386B16DE64A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="2083189"/>
-          <a:ext cx="8921750" cy="832618"/>
+          <a:off x="0" y="2543713"/>
+          <a:ext cx="10303329" cy="1016683"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{2B16F2A5-8FE0-4623-8328-10F2C364E228}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="251867" y="2270529"/>
-          <a:ext cx="457940" cy="457940"/>
+          <a:off x="307546" y="2772467"/>
+          <a:ext cx="559175" cy="559175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{180643F7-8179-45C3-85C7-3E4D03B94B50}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="961674" y="2083189"/>
-          <a:ext cx="7960075" cy="832618"/>
+          <a:off x="1174269" y="2543713"/>
+          <a:ext cx="9129059" cy="1016683"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="88119" tIns="88119" rIns="88119" bIns="88119" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="107599" tIns="107599" rIns="107599" bIns="107599" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2200" b="0" i="0" kern="1200" dirty="0"/>
             <a:t>Name 3 components of clear health communication </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="961674" y="2083189"/>
-        <a:ext cx="7960075" cy="832618"/>
+        <a:off x="1174269" y="2543713"/>
+        <a:ext cx="9129059" cy="1016683"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{288C2B57-E270-4005-B3A1-29B446FD7CBB}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="3123963"/>
-          <a:ext cx="8921750" cy="832618"/>
+          <a:off x="0" y="3814567"/>
+          <a:ext cx="10303329" cy="1016683"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{E99F97C6-0D25-4BCE-BFE2-9AF7E7056A26}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="251867" y="3311302"/>
-          <a:ext cx="457940" cy="457940"/>
+          <a:off x="307546" y="4043321"/>
+          <a:ext cx="559175" cy="559175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{966228BF-8E04-4F16-A696-16B61069F363}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="961674" y="3123963"/>
-          <a:ext cx="7960075" cy="832618"/>
+          <a:off x="1174269" y="3814567"/>
+          <a:ext cx="9129059" cy="1016683"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="88119" tIns="88119" rIns="88119" bIns="88119" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="107599" tIns="107599" rIns="107599" bIns="107599" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="977900">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2200" b="0" i="0" kern="1200" dirty="0"/>
-            <a:t>Identify 3 online resources you can use as tools to promote health literacy</a:t>
+            <a:t>Identify 3 online resources tools to promote health literacy</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="2200" kern="1200" dirty="0"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="961674" y="3123963"/>
-        <a:ext cx="7960075" cy="832618"/>
+        <a:off x="1174269" y="3814567"/>
+        <a:ext cx="9129059" cy="1016683"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
-[...2662 lines deleted...]
-<file path=ppt/diagrams/layout4.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2018/2/layout/IconVerticalSolidList">
   <dgm:title val="Icon Vertical Solid List"/>
   <dgm:desc val="Use to show a series of visuals from top to bottom with Level 1 or Level 1 and Level 2 text grouped in a shape. Works best with icons or small pictures with lengthier descriptions."/>
   <dgm:catLst>
     <dgm:cat type="icon" pri="500"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
   <dgm:styleData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:styleData>
   <dgm:clrData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
@@ -11905,4467 +3474,501 @@
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
-<file path=ppt/diagrams/quickStyle2.xml><?xml version="1.0" encoding="utf-8"?>
-[...3100 lines deleted...]
-
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgPr>
-[...4 lines deleted...]
-      </p:bgPr>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 2"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Google Shape;3;n"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="Header Placeholder 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="hdr" idx="2"/>
+            <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="3037840" cy="466434"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11/13/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-            <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:prstClr val="black"/>
+            </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
-[...174 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Google Shape;4;n"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="5" name="Notes Placeholder 4"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3970938" y="0"/>
-            <a:ext cx="3037840" cy="466434"/>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
-[...174 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Google Shape;5;n"/>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldImg" idx="3"/>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="717550" y="1162050"/>
-[...51 lines deleted...]
-            <a:ext cx="5608320" cy="3660458"/>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
-[...16 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Google Shape;7;n"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="8829967"/>
-            <a:ext cx="3037840" cy="466433"/>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...16 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...150 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
-[...50 lines deleted...]
-              </a:rPr>
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3700270967"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
-    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
-[...24 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...13 lines deleted...]
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-        <a:sym typeface="Arial"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/25774444/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ada.gov/pcatoolkit/chap3toolkit.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/about-fda/plain-writing-its-law/plain-language-principles" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plainlanguage.gov/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC3049622/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/diseases/pertussis/pertparents.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/diseases/pertussis/pertparents.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.state.mn.us/diseases/pertussis/pertparents.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-</file>
-[...18 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -16465,77 +4068,51 @@
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>Welcome. Thank you for being here today. This class is Effective Health Communication and Health Literacy: Understanding the Connection. I'm your instructor Nick Vera. I work for the Network of the National Library of Medicine Region 2 based </a:t>
-[...25 lines deleted...]
-              <a:t>, SC </a:t>
+              <a:t>Welcome. Thank you for being here today. This class is Effective Health Communication and Health Literacy: Understanding the Connection. I'm your instructor Nick Vera. I work for the Network of the National Library of Medicine Region 2 based out of Charleston, SC. </a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="125" name="Google Shape;125;p2:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -16576,1097 +4153,50 @@
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
-[...1045 lines deleted...]
-<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 192"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="193" name="Google Shape;193;p13:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -17719,121 +4249,50 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...69 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="383838"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="195" name="Google Shape;195;p13:notes"/>
           <p:cNvSpPr txBox="1">
@@ -17851,65 +4310,65 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>13</a:t>
+              <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 202"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="203" name="Google Shape;203;p14:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -17962,84 +4421,50 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...32 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="205" name="Google Shape;205;p14:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -18049,65 +4474,65 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>14</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 208"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="209" name="Google Shape;209;p15:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -18160,352 +4585,50 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...300 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="211" name="Google Shape;211;p15:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -18515,65 +4638,65 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>15</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 215"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="216" name="Google Shape;216;p16:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -18626,80 +4749,50 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...28 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="218" name="Google Shape;218;p16:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -18709,221 +4802,105 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>16</a:t>
+              <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 224"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="225" name="Google Shape;225;p17:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...114 lines deleted...]
-          </a:p>
           <a:p>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="226" name="Google Shape;226;p17:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="717550" y="1162050"/>
             <a:ext cx="5575300" cy="3136900"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -18934,51 +4911,51 @@
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 231"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="232" name="Google Shape;232;p19:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -19031,411 +5008,114 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342265" lvl="1" indent="0" algn="l" rtl="0">
-[...295 lines deleted...]
-          <a:p>
             <a:endParaRPr sz="3200" b="1" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="234" name="Google Shape;234;p19:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>18</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 238"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="239" name="Google Shape;239;p18:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -19488,346 +5168,50 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...294 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="241" name="Google Shape;241;p18:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -19837,339 +5221,65 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>19</a:t>
+              <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...273 lines deleted...]
-<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 245"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="246" name="Google Shape;246;p20:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -20222,148 +5332,118 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...28 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="248" name="Google Shape;248;p20:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>20</a:t>
+              <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 252"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="253" name="Google Shape;253;p21:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -20416,581 +5496,130 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...11 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
-            </a:endParaRPr>
-[...334 lines deleted...]
-              <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
-          </a:p>
-[...100 lines deleted...]
-            <a:endParaRPr b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="255" name="Google Shape;255;p21:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>21</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 252">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09449C7D-5C79-4C05-B28A-78959E431500}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="253" name="Google Shape;253;p21:notes">
@@ -21120,70 +5749,184 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>22</a:t>
+              <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="246494652"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>I briefly I wanted to introduce the Network of the National Library of Medicine, also known as NNLM. As the name suggests, the NNLM is part of the National Library of Medicine, which is within the National Institutes of Health. We are the education and outreach arm of the National Library of Medicine. We work regionally, getting to know communities on the ground and helping those communities serve the people they know best. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>But we are also present across the entire country, and we work to advance the health and well being of everyone through access and understanding of how to use health information. This includes both working with organizations like libraries of all types, schools, health care, and all sorts of community-based organizations. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>We do this primarily through three different methods: 1) providing funding to organizations so that they can work within their own communities; 2) other forms of outreach and engagement; ) And then like today, we offer a wide range of training and education opportunities.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>I encourage you all to visit nnlm.gov to learn more.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F37C1951-B430-4891-8D79-DC3B7319464D}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4206312398"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 259"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="260" name="Google Shape;260;p22:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -21236,154 +5979,106 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...17 lines deleted...]
-            </a:pPr>
+            <a:pPr rtl="0"/>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>(Example from Pertussis: What Parents Need to Know: </a:t>
+              <a:t>Pertussis: What Parents Need to Know: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="sng" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://www.health.state.mn.us/diseases/pertussis/pertparents.pdf</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t> )</a:t>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
-          </a:p>
-[...28 lines deleted...]
-            </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="262" name="Google Shape;262;p22:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -21395,65 +6090,65 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>23</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 282"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="283" name="Google Shape;283;p24:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -21506,438 +6201,118 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...318 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="285" name="Google Shape;285;p24:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>24</a:t>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 291"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="292" name="Google Shape;292;p27:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -21990,502 +6365,109 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...392 lines deleted...]
-            <a:endParaRPr b="1" dirty="0"/>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="294" name="Google Shape;294;p27:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>25</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 300"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="301" name="Google Shape;301;p28:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -22547,237 +6529,109 @@
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
-[...127 lines deleted...]
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="303" name="Google Shape;303;p28:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>26</a:t>
+              <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 308"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="309" name="Google Shape;309;p29:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -22830,193 +6684,118 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...73 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="311" name="Google Shape;311;p29:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>27</a:t>
+              <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 316"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="317" name="Google Shape;317;p30:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -23069,575 +6848,109 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...465 lines deleted...]
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="319" name="Google Shape;319;p30:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>28</a:t>
+              <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 323"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="324" name="Google Shape;324;p31:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -23690,572 +7003,118 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...265 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="326" name="Google Shape;326;p31:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>29</a:t>
+              <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
-[...186 lines deleted...]
-<file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 330"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="331" name="Google Shape;331;p32:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -24308,186 +7167,118 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...66 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="333" name="Google Shape;333;p32:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>30</a:t>
+              <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 337"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="338" name="Google Shape;338;p33:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -24540,329 +7331,118 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...97 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
-          </a:p>
-[...110 lines deleted...]
-            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="340" name="Google Shape;340;p33:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>31</a:t>
+              <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 344"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="345" name="Google Shape;345;g1cec29a85c9_2_1:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -24901,243 +7481,259 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="346" name="Google Shape;346;g1cec29a85c9_2_1:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608200" cy="3660600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...123 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="347" name="Google Shape;347;g1cec29a85c9_2_1:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037800" cy="466500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>32</a:t>
+              <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFD99E50-9D82-0160-CE4A-92BBCF6267B6}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0417A158-91F0-AC37-1D80-5C068CFE11D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="717550" y="1162050"/>
+            <a:ext cx="5575300" cy="3136900"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{939DBAEA-33E6-C986-9D5E-32E37E7482B4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC01772D-D751-6FC0-68CC-EEFF5D9D8480}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{508E21B0-86F0-4A46-A1AD-BFDAAC036001}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="584089154"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 351"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="352" name="Google Shape;352;p34:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -25190,366 +7786,118 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...96 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr b="1" dirty="0"/>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="354" name="Google Shape;354;p34:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>33</a:t>
+              <a:t>30</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide34.xml><?xml version="1.0" encoding="utf-8"?>
-[...149 lines deleted...]
-<file path=ppt/notesSlides/notesSlide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 364"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="365" name="Google Shape;365;p35:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -25611,675 +7959,109 @@
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="367" name="Google Shape;367;p35:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>35</a:t>
+              <a:t>31</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide36.xml><?xml version="1.0" encoding="utf-8"?>
-[...186 lines deleted...]
-
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...376 lines deleted...]
-<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 145"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="146" name="Google Shape;146;p5:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -26332,245 +8114,50 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...193 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="148" name="Google Shape;148;p5:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -26596,73 +8183,73 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>7</a:t>
+              <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 152"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="153" name="Google Shape;153;p7:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -26715,153 +8302,50 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...101 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="155" name="Google Shape;155;p7:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -26871,65 +8355,65 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>8</a:t>
+              <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 159"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="160" name="Google Shape;160;p8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
@@ -26982,96 +8466,605 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="701040" y="4473892"/>
             <a:ext cx="5608320" cy="3660458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...28 lines deleted...]
-          <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="162" name="Google Shape;162;p8:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3970938" y="8829967"/>
+            <a:ext cx="3037840" cy="466433"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 166"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="167" name="Google Shape;167;p10:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="717550" y="1162050"/>
+            <a:ext cx="5575300" cy="3136900"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="168" name="Google Shape;168;p10:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="701040" y="4473892"/>
+            <a:ext cx="5608320" cy="3660458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="169" name="Google Shape;169;p10:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3970938" y="8829967"/>
+            <a:ext cx="3037840" cy="466433"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 173"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="174" name="Google Shape;174;p11:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3970938" y="8829967"/>
+            <a:ext cx="3037840" cy="466433"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="175" name="Google Shape;175;p11:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501650" y="685800"/>
+            <a:ext cx="6403975" cy="3603625"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="176" name="Google Shape;176;p11:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="732882" y="4564872"/>
+            <a:ext cx="5859677" cy="4323658"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="95725" tIns="47850" rIns="95725" bIns="47850" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="177" name="Google Shape;177;p11:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="701040" y="4473892"/>
+            <a:ext cx="5608320" cy="3660458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 184"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="185" name="Google Shape;185;p12:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="717550" y="1162050"/>
+            <a:ext cx="5575300" cy="3136900"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="186" name="Google Shape;186;p12:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="701040" y="4473892"/>
+            <a:ext cx="5608320" cy="3660458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="187" name="Google Shape;187;p12:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970938" y="8829967"/>
             <a:ext cx="3037840" cy="466433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="93175" tIns="46575" rIns="93175" bIns="46575" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -27103,3818 +9096,1469 @@
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Content" type="obj">
-  <p:cSld name="OBJECT">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Picture with Caption" type="picTx">
+  <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 15"/>
+        <p:cNvPr id="1" name="Shape 31"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="Google Shape;16;p38"/>
+          <p:cNvPr id="32" name="Google Shape;32;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365127"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
-[...1 lines deleted...]
-              <a:defRPr/>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Google Shape;17;p38"/>
+          <p:cNvPr id="33" name="Google Shape;33;p30"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5413248" y="1069847"/>
+            <a:ext cx="6099048" cy="4800600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Google Shape;34;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="10515600" cy="4351338"/>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="2880360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1000"/>
-[...11 lines deleted...]
-            <a:lvl2pPr marL="914400" lvl="1" indent="-342900" algn="l">
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...11 lines deleted...]
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-342900" algn="l">
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...11 lines deleted...]
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-342900" algn="l">
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...11 lines deleted...]
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-342900" algn="l">
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...11 lines deleted...]
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-342900" algn="l">
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...11 lines deleted...]
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-342900" algn="l">
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...11 lines deleted...]
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-342900" algn="l">
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...26 lines deleted...]
-              <a:defRPr/>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Google Shape;18;p38"/>
-[...132 lines deleted...]
-          <p:cNvPr id="19" name="Google Shape;19;p38"/>
+          <p:cNvPr id="35" name="Google Shape;35;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4038600" y="6356352"/>
-            <a:ext cx="4114800" cy="365125"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Google Shape;20;p38"/>
+          <p:cNvPr id="36" name="Google Shape;36;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8610600" y="6356352"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="126809145"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Blank" type="blank">
-  <p:cSld name="BLANK">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Content 1">
+  <p:cSld name="Title and Content 1">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 78"/>
+        <p:cNvPr id="1" name="Shape 94"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="79" name="Google Shape;79;p48"/>
+          <p:cNvPr id="95" name="Google Shape;95;g2b91989fa34_0_173"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="6356352"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr lvl="0" algn="l">
-[...8 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...6 lines deleted...]
-              <a:buSzPts val="1400"/>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...6 lines deleted...]
-              <a:buSzPts val="1400"/>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...6 lines deleted...]
-              <a:buSzPts val="1400"/>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...6 lines deleted...]
-              <a:buSzPts val="1400"/>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...6 lines deleted...]
-              <a:buSzPts val="1400"/>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...6 lines deleted...]
-              <a:buSzPts val="1400"/>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...6 lines deleted...]
-              <a:buSzPts val="1400"/>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...6 lines deleted...]
-              <a:buSzPts val="1400"/>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="80" name="Google Shape;80;p48"/>
+          <p:cNvPr id="96" name="Google Shape;96;g2b91989fa34_0_173"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4038600" y="6356352"/>
-            <a:ext cx="4114800" cy="365125"/>
+            <a:off x="609599" y="1780032"/>
+            <a:ext cx="10972800" cy="4036500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr lvl="0" algn="ctr">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...100 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="768398003"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="3824">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="576">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Picture with Caption" type="picTx">
-  <p:cSld name="PICTURE_WITH_CAPTION_TEXT">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj">
+  <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 82"/>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="83" name="Google Shape;83;p49"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...11 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-[...109 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="84" name="Google Shape;84;p49"/>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" idx="2"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...35 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-[...156 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="86" name="Google Shape;86;p49"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="4" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...11 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr lvl="0" algn="l">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...86 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{025F9F99-9BD9-4422-B838-F0A597D458BC}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="87" name="Google Shape;87;p49"/>
-          <p:cNvSpPr txBox="1">
+          <p:cNvPr id="5" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...11 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr lvl="0" algn="ctr">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...86 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr/>
-[...100 lines deleted...]
-            </a:fld>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3688499877"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Vertical Text" type="vertTx">
-[...1875 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Slide" type="title">
-  <p:cSld name="TITLE">
+  <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 21"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Google Shape;22;p39"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -31581,965 +11225,63 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1136748089"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...906 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Custom Layout">
   <p:cSld name="Custom Layout">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 34"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Google Shape;35;p41"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -32785,60 +11527,65 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="850325461"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Two Content" type="twoObj">
-  <p:cSld name="TWO_OBJECTS">
+  <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 37"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Google Shape;38;p42"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -33691,58 +12438,63 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2807690174"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="1_Title and Content">
   <p:cSld name="1_Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 44"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="45" name="Google Shape;45;p43"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="10800000" flipH="1">
             <a:off x="0" y="6"/>
@@ -34302,58 +13054,63 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="909341669"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="1_Two Content">
   <p:cSld name="1_Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 55"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56" name="Google Shape;56;p45"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="10800000" flipH="1">
             <a:off x="0" y="6"/>
@@ -35115,3140 +13872,7446 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="4114800" lvl="8" indent="-342900" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400782446"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Section Header" type="secHead">
-  <p:cSld name="SECTION_HEADER">
+  <p:cSld name="Section Header">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 37"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Google Shape;38;p25"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1106424" y="1173575"/>
+            <a:ext cx="9966960" cy="2926080"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="7200"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="7200" b="0" cap="none"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Google Shape;39;p25"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1709928" y="4154520"/>
+            <a:ext cx="8769096" cy="1363806"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buNone/>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Google Shape;40;p25"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Google Shape;41;p25"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="42" name="Google Shape;42;p25"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1981200" y="4020408"/>
+            <a:ext cx="8229601" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="10000" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:cxnSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1282190589"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Blank" type="blank">
+  <p:cSld name="Blank">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 43"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Google Shape;44;p23"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Google Shape;45;p23"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4202769349"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Comparison" type="twoTxTwoObj">
+  <p:cSld name="Comparison">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 55"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="Google Shape;56;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="Google Shape;57;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2001511"/>
+            <a:ext cx="4754880" cy="777240"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58" name="Google Shape;58;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2721483"/>
+            <a:ext cx="4754880" cy="3383280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59" name="Google Shape;59;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269173" y="1999032"/>
+            <a:ext cx="4754880" cy="777240"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="Google Shape;60;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269173" y="2719322"/>
+            <a:ext cx="4754880" cy="3383280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="Google Shape;61;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Google Shape;62;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4232036581"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Only" type="titleOnly">
+  <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 63"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="64" name="Google Shape;64;p46"/>
+          <p:cNvPr id="64" name="Google Shape;64;p28"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831851" y="1709740"/>
-            <a:ext cx="10515600" cy="2852737"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65" name="Google Shape;65;p28"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="Google Shape;66;p28"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="843619431"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Content with Caption" type="objTx">
+  <p:cSld name="Content with Caption">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 67"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="68" name="Google Shape;68;p29"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="6000"/>
-[...2 lines deleted...]
-              <a:defRPr sz="6000"/>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="65" name="Google Shape;65;p46"/>
+          <p:cNvPr id="69" name="Google Shape;69;p29"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831851" y="4589465"/>
-            <a:ext cx="10515600" cy="1500187"/>
+            <a:off x="5852159" y="1097280"/>
+            <a:ext cx="5212080" cy="4663440"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-391160" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2560"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-370840" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2240"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-350519" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="70" name="Google Shape;70;p29"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="3017520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
               <a:lnSpc>
-                <a:spcPct val="90000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buClr>
-[...8 lines deleted...]
-              </a:defRPr>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...13 lines deleted...]
-              </a:defRPr>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...13 lines deleted...]
-              </a:defRPr>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...13 lines deleted...]
-              </a:defRPr>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...13 lines deleted...]
-              </a:defRPr>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...13 lines deleted...]
-              </a:defRPr>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...13 lines deleted...]
-              </a:defRPr>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...13 lines deleted...]
-              </a:defRPr>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...13 lines deleted...]
-              </a:defRPr>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="66" name="Google Shape;66;p46"/>
-[...132 lines deleted...]
-          <p:cNvPr id="67" name="Google Shape;67;p46"/>
+          <p:cNvPr id="71" name="Google Shape;71;p29"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4038600" y="6356352"/>
-            <a:ext cx="4114800" cy="365125"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="68" name="Google Shape;68;p46"/>
+          <p:cNvPr id="72" name="Google Shape;72;p29"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8610600" y="6356352"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="360677754"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="TWO_OBJECTS_WITH_TEXT">
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Vertical Text" type="vertTx">
+  <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 69"/>
+        <p:cNvPr id="1" name="Shape 73"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="70" name="Google Shape;70;p47"/>
+          <p:cNvPr id="74" name="Google Shape;74;p31"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="365127"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="71" name="Google Shape;71;p47"/>
+          <p:cNvPr id="75" name="Google Shape;75;p31"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...188 lines deleted...]
-            <a:ext cx="5157787" cy="3684588"/>
+          <a:xfrm rot="5400000">
+            <a:off x="4060136" y="-859735"/>
+            <a:ext cx="4038600" cy="9872871"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1000"/>
-[...7 lines deleted...]
-              <a:buSzPts val="1800"/>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-342900" algn="l">
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...7 lines deleted...]
-              <a:buSzPts val="1800"/>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-342900" algn="l">
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...7 lines deleted...]
-              <a:buSzPts val="1800"/>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-342900" algn="l">
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...7 lines deleted...]
-              <a:buSzPts val="1800"/>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-342900" algn="l">
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...7 lines deleted...]
-              <a:buSzPts val="1800"/>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-342900" algn="l">
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...7 lines deleted...]
-              <a:buSzPts val="1800"/>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-342900" algn="l">
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...7 lines deleted...]
-              <a:buSzPts val="1800"/>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-342900" algn="l">
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...7 lines deleted...]
-              <a:buSzPts val="1800"/>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-342900" algn="l">
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...7 lines deleted...]
-              <a:buSzPts val="1800"/>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="73" name="Google Shape;73;p47"/>
-[...506 lines deleted...]
-          <p:cNvPr id="76" name="Google Shape;76;p47"/>
+          <p:cNvPr id="76" name="Google Shape;76;p31"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4038600" y="6356352"/>
-            <a:ext cx="4114800" cy="365125"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="77" name="Google Shape;77;p47"/>
+          <p:cNvPr id="77" name="Google Shape;77;p31"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8610600" y="6356352"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1661178564"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Vertical Title and Text" type="vertTitleAndTx">
+  <p:cSld name="Vertical Title and Text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 78"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Google Shape;79;p32"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="7181850" y="2305050"/>
+            <a:ext cx="5410200" cy="2324100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="80" name="Google Shape;80;p32"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="2152650" y="-247650"/>
+            <a:ext cx="5410200" cy="7429500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3196523652"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Two Content 1">
+  <p:cSld name="Two Content 1">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 88"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="89" name="Google Shape;89;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="90" name="Google Shape;90;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="Google Shape;93;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4064170915"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Google Shape;10;p37"/>
+          <p:cNvPr id="10" name="Google Shape;10;p21"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365127"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
-              <a:buFont typeface="Calibri"/>
+              <a:buFont typeface="Corbel"/>
               <a:buNone/>
               <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Google Shape;11;p37"/>
+          <p:cNvPr id="11" name="Google Shape;11;p21"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="10515600" cy="4351338"/>
+            <a:off x="1143000" y="2057400"/>
+            <a:ext cx="9872871" cy="4038600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-406400" algn="l" rtl="0">
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-340360" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1000"/>
+                <a:spcPts val="1400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="2800"/>
-              <a:buFont typeface="Arial"/>
+              <a:buSzPts val="1760"/>
+              <a:buFont typeface="Corbel"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr sz="2200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-381000" algn="l" rtl="0">
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-330200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
+                <a:spcPts val="200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="2400"/>
-              <a:buFont typeface="Arial"/>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Corbel"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-355600" algn="l" rtl="0">
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-320039" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
+                <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="2000"/>
-              <a:buFont typeface="Arial"/>
+              <a:buSzPts val="1440"/>
+              <a:buFont typeface="Corbel"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-342900" algn="l" rtl="0">
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-309880" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
+                <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
-              <a:buFont typeface="Arial"/>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-342900" algn="l" rtl="0">
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-309879" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
+                <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
-              <a:buFont typeface="Arial"/>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-342900" algn="l" rtl="0">
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-309879" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
+                <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
-              <a:buFont typeface="Arial"/>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-342900" algn="l" rtl="0">
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-309879" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
+                <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
-              <a:buFont typeface="Arial"/>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-342900" algn="l" rtl="0">
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-309879" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
+                <a:spcPts val="400"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
-              <a:buFont typeface="Arial"/>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-342900" algn="l" rtl="0">
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-309879" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="500"/>
-[...2 lines deleted...]
-                <a:spcPts val="0"/>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
-              <a:buFont typeface="Arial"/>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Google Shape;12;p37"/>
+          <p:cNvPr id="12" name="Google Shape;12;p21"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="6356352"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="1142996" y="6223828"/>
+            <a:ext cx="2329074" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Google Shape;13;p37"/>
+          <p:cNvPr id="13" name="Google Shape;13;p21"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4038600" y="6356352"/>
-            <a:ext cx="4114800" cy="365125"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-              <a:spcBef>
-[...5 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Google Shape;14;p37"/>
+          <p:cNvPr id="14" name="Google Shape;14;p21"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8610600" y="6356352"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r" rtl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r" rtl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r" rtl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r" rtl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r" rtl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r" rtl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r" rtl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r" rtl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
-                  <a:srgbClr val="888888"/>
-[...4 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Google Shape;15;p21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6128028"/>
+            <a:ext cx="12192000" cy="726141"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="20558A"/>
+          </a:solidFill>
+          <a:ln w="19050" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="20455A"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Corbel"/>
+              <a:ea typeface="Corbel"/>
+              <a:cs typeface="Corbel"/>
+              <a:sym typeface="Corbel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Google Shape;16;p21"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId18">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="81041" y="6275073"/>
+            <a:ext cx="3556464" cy="429301"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1819768716"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483649" r:id="rId1"/>
-[...12 lines deleted...]
-    <p:sldLayoutId id="2147483663" r:id="rId14"/>
+    <p:sldLayoutId id="2147483663" r:id="rId1"/>
+    <p:sldLayoutId id="2147483664" r:id="rId2"/>
+    <p:sldLayoutId id="2147483665" r:id="rId3"/>
+    <p:sldLayoutId id="2147483667" r:id="rId4"/>
+    <p:sldLayoutId id="2147483668" r:id="rId5"/>
+    <p:sldLayoutId id="2147483669" r:id="rId6"/>
+    <p:sldLayoutId id="2147483670" r:id="rId7"/>
+    <p:sldLayoutId id="2147483671" r:id="rId8"/>
+    <p:sldLayoutId id="2147483673" r:id="rId9"/>
+    <p:sldLayoutId id="2147483674" r:id="rId10"/>
+    <p:sldLayoutId id="2147483675" r:id="rId11"/>
+    <p:sldLayoutId id="2147483676" r:id="rId12"/>
+    <p:sldLayoutId id="2147483677" r:id="rId13"/>
+    <p:sldLayoutId id="2147483678" r:id="rId14"/>
+    <p:sldLayoutId id="2147483679" r:id="rId15"/>
+    <p:sldLayoutId id="2147483680" r:id="rId16"/>
   </p:sldLayoutIdLst>
   <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
       </a:defPPr>
       <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
@@ -38900,1575 +21963,1795 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/sites/default/files/wysiwyg/health-literacy/3rd-edition-toolkit/health-literacy-toolkit-third-edition.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.gov/guides/plain-language" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plainlanguage.gov/guidelines/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
-[...19 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/healthypeople" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/25774444/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 126"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="127" name="Google Shape;127;p2" descr="October 6, 2020 &#10;Nora Barnett&#10;NNLM GMR Outreach Specialist"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2281238" y="171125"/>
-            <a:ext cx="7772400" cy="2387700"/>
+            <a:off x="1373488" y="213450"/>
+            <a:ext cx="9445024" cy="1899555"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:srgbClr val="2E75B5"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="2E75B5"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Effective Health Communication and Health Literacy:</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="4800" b="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="2E75B5"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> Understanding the Connection</a:t>
             </a:r>
             <a:endParaRPr sz="4800" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="2E75B5"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="128" name="Google Shape;128;p2" descr="October 6, 2020 &#10;Nora Barnett&#10;NNLM GMR Outreach Specialist"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1734825" y="2601150"/>
-            <a:ext cx="8933100" cy="2198100"/>
+            <a:off x="1373488" y="2551723"/>
+            <a:ext cx="9732245" cy="2909963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:endParaRPr sz="2800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buClr>
                 <a:srgbClr val="2E75B5"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>April 10th, 2025 </a:t>
+              <a:t>Nick Vera, MLIS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buClr>
+                <a:srgbClr val="2E75B5"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>User Experience and Education Strategist, Region 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buClr>
+                <a:srgbClr val="2E75B5"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Network of the National Library of Medicine </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buClr>
+                <a:srgbClr val="2E75B5"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>December 10, 2025 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buClr>
                 <a:srgbClr val="2E75B5"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:endParaRPr sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-            </a:endParaRPr>
-[...43 lines deleted...]
-              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buClr>
                 <a:srgbClr val="2E75B5"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:endParaRPr sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="2E75B5"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="129" name="Google Shape;129;p2"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C01013D-55ED-2750-5A52-323067A0CD0F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3317926" y="6117467"/>
-[...79 lines deleted...]
-            <a:ext cx="7886700" cy="1234606"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr">
-[...3 lines deleted...]
-              <a:buSzPts val="4000"/>
+            <a:pPr algn="r">
+              <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Why is it important to address health literacy?</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr sz="4000" b="1">
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>1</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
-            </a:endParaRPr>
-[...406 lines deleted...]
-              <a:sym typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:spTree>
-[...185 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 196"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="197" name="Google Shape;197;p13"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2223248" y="349624"/>
-            <a:ext cx="8108576" cy="995082"/>
+            <a:off x="1209702" y="219620"/>
+            <a:ext cx="9543630" cy="1301942"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1">
-[...3 lines deleted...]
-                <a:latin typeface="Calibri"/>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>Health Literacy Universal Precautions</a:t>
+              <a:t>Health Literacy Universal Precautions: </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>You can’t tell by looking</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="198" name="Google Shape;198;p13" descr="Gilr smiling"/>
+          <p:cNvPr id="198" name="Google Shape;198;p13">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0">
             <a:picLocks noGrp="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3019362" y="1909050"/>
+            <a:off x="2585611" y="1991111"/>
             <a:ext cx="2126500" cy="2126500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="199" name="Google Shape;199;p13" descr="C:\Users\techuser\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\26MTEIBM\MP900444005[1].jpg&#10;older women looking at phone"/>
+          <p:cNvPr id="199" name="Google Shape;199;p13">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5145863" y="1838043"/>
-            <a:ext cx="2263346" cy="2197509"/>
+            <a:off x="4782450" y="1991109"/>
+            <a:ext cx="2120382" cy="2126502"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="200" name="Google Shape;200;p13" descr="young couple"/>
+          <p:cNvPr id="200" name="Google Shape;200;p13">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7455386" y="1909051"/>
+            <a:off x="7021635" y="1991112"/>
             <a:ext cx="2120382" cy="2126501"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="201" name="Google Shape;201;p13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3019363" y="4271264"/>
-            <a:ext cx="6428261" cy="1938992"/>
+            <a:off x="272379" y="4639227"/>
+            <a:ext cx="11418276" cy="707846"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>You can’t tell by looking</a:t>
+              <a:t>Assume that all patients and caregivers may have difficulty comprehending health information</a:t>
             </a:r>
-            <a:endParaRPr sz="2000" b="1" i="1">
+            <a:endParaRPr lang="en-US" sz="2000" i="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...11 lines deleted...]
-            <a:pPr algn="ctr"/>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...35 lines deleted...]
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Communicate in ways that anyone can understand</a:t>
             </a:r>
-            <a:endParaRPr sz="2000" i="1">
+            <a:endParaRPr sz="2000" i="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9853ACE3-BD28-F7FF-6EF6-55C1092EA0F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 206"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="2" name="Title 1" descr="Cover image of the AHRQ Health Literacy Universal Precautions Toolkit, Second Edition.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BE44513-3660-4431-ADBD-D3E660E48829}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="308919" y="1882346"/>
+            <a:ext cx="6833286" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>Health Literacy Universal Precautions Toolkit</a:t>
+              <a:t>The Agency for Healthcare Research and Quality (AHRQ) </a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="207" name="Google Shape;207;p14" descr="A picture containing person, person, sign, photo&#10;&#10;Description automatically generated"/>
+          <p:cNvPr id="207" name="Google Shape;207;p14" descr="The Agency for Healthcare Research and Quality health literacy universal precautions free toolkit."/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
+        <p:blipFill>
           <a:blip r:embed="rId3">
-            <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3856976" y="364383"/>
-            <a:ext cx="4830416" cy="6281198"/>
+            <a:off x="7402101" y="609599"/>
+            <a:ext cx="3810591" cy="4658662"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36EE28F8-93B3-1FE2-D4F8-91F1685371DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6610865" y="5570703"/>
+            <a:ext cx="5393064" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Download the latest edition of the toolkit.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8403B4BD-DC07-27BA-0F78-DF07605CC378}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 212"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="213" name="Google Shape;213;p15"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2020140" y="267473"/>
+            <a:off x="2020133" y="219620"/>
             <a:ext cx="8338500" cy="770100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Clear health communication</a:t>
             </a:r>
-            <a:endParaRPr sz="3600">
+            <a:endParaRPr sz="3600" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="0070C0"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="214" name="Google Shape;214;p15" descr="clear health communication i&#10; side by side terms &#10;clear communication is  and the other column says usually communication is&#10;plain  language  medical jargon&#10;simle messages      complex message &#10;need to know  versus  nice to know "/>
+          <p:cNvPr id="214" name="Google Shape;214;p15" descr="Table comparing clear communication and less clear communication.&#10;&#10;Clear communication: plain language, simple messages, need-to-know information (3 to 5 items), anticipating misunderstanding, confirming understanding, clarifying, objective and judgment-free.&#10;Less clear communication: medical jargon, complex messages, nice-to-know information, assumes understanding, infers understanding, repeats the same thing louder, inadvertently shaming."/>
           <p:cNvGraphicFramePr/>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2851253081"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="1942696" y="1251252"/>
+          <a:off x="2020133" y="1187062"/>
           <a:ext cx="8493375" cy="4888850"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{89291550-1F25-4D44-BDA4-BE3E9584A960}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="4239400">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="4253975">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="402325">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
@@ -40681,112 +23964,112 @@
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="992600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="2300" b="0">
+                        <a:rPr lang="en-US" sz="2300" b="0" dirty="0">
                           <a:latin typeface="Calibri"/>
                           <a:ea typeface="Calibri"/>
                           <a:cs typeface="Calibri"/>
                           <a:sym typeface="Calibri"/>
                         </a:rPr>
                         <a:t>Need-to-know information</a:t>
                       </a:r>
-                      <a:endParaRPr sz="2300" b="0">
+                      <a:endParaRPr sz="2300" b="0" dirty="0">
                         <a:latin typeface="Calibri"/>
                         <a:ea typeface="Calibri"/>
                         <a:cs typeface="Calibri"/>
                         <a:sym typeface="Calibri"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="2300"/>
+                        <a:rPr lang="en-US" sz="2300" dirty="0"/>
                         <a:t>(3 to 5 items)</a:t>
                       </a:r>
-                      <a:endParaRPr sz="2300"/>
+                      <a:endParaRPr sz="2300" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="51425" marR="51425" marT="25725" marB="25725">
                     <a:solidFill>
                       <a:srgbClr val="B6D7A8"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="2300" b="0">
+                        <a:rPr lang="en-US" sz="2300" b="0" dirty="0">
                           <a:latin typeface="Calibri"/>
                           <a:ea typeface="Calibri"/>
                           <a:cs typeface="Calibri"/>
                           <a:sym typeface="Calibri"/>
                         </a:rPr>
                         <a:t>   Nice-to-know information</a:t>
                       </a:r>
-                      <a:endParaRPr/>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="51425" marR="51425" marT="25725" marB="25725">
                     <a:solidFill>
                       <a:srgbClr val="E6B8AF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="538850">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
@@ -41070,1645 +24353,4333 @@
                       </a:r>
                       <a:endParaRPr sz="2300" b="0" dirty="0">
                         <a:latin typeface="Calibri"/>
                         <a:ea typeface="Calibri"/>
                         <a:cs typeface="Calibri"/>
                         <a:sym typeface="Calibri"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="51425" marR="51425" marT="25725" marB="25725">
                     <a:solidFill>
                       <a:srgbClr val="E6B8AF"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B92FB318-EFB0-379E-325C-E4AB561DD4ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 219"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="220" name="Google Shape;220;p16"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2165639" y="655312"/>
-            <a:ext cx="8131302" cy="637198"/>
+            <a:off x="789504" y="417877"/>
+            <a:ext cx="10843846" cy="902677"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Can you substitute another word(s) for easier understanding?</a:t>
+              <a:t>Can you substitute another word for easier understanding?</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="221" name="Google Shape;221;p16"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2165639" y="1874344"/>
-            <a:ext cx="3886200" cy="4351200"/>
+            <a:off x="1118726" y="2105680"/>
+            <a:ext cx="3613838" cy="3236918"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buSzPts val="2200"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200">
-                <a:latin typeface="Arial"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Cardiologist</a:t>
             </a:r>
-            <a:endParaRPr sz="2200">
-              <a:latin typeface="Arial"/>
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buSzPts val="2200"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200">
-                <a:latin typeface="Arial"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Pulmonologist</a:t>
             </a:r>
-            <a:endParaRPr sz="2200">
-              <a:latin typeface="Arial"/>
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buSzPts val="2200"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200">
-                <a:latin typeface="Arial"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Anti-inflammatory</a:t>
             </a:r>
-            <a:endParaRPr sz="2200">
-              <a:latin typeface="Arial"/>
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buSzPts val="2200"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200">
-                <a:latin typeface="Arial"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>PRN</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buSzPts val="2200"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200">
-                <a:latin typeface="Arial"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Benign</a:t>
             </a:r>
-            <a:endParaRPr sz="2200">
-              <a:latin typeface="Arial"/>
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="222" name="Google Shape;222;p16" descr="figure with a question mark"/>
+          <p:cNvPr id="222" name="Google Shape;222;p16">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6211427" y="1522476"/>
+            <a:off x="7367944" y="1874344"/>
             <a:ext cx="3469602" cy="3469602"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CFD7524-6F6E-94D9-7D35-336A5266A8DE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 227"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="228" name="Google Shape;228;p17"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="219620"/>
+            <a:ext cx="10515600" cy="736842"/>
+          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Plain language sentences: examples</a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="230" name="Google Shape;230;p17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1812985" y="1316569"/>
-            <a:ext cx="8565900" cy="6249876"/>
+            <a:off x="294845" y="1490930"/>
+            <a:ext cx="11234801" cy="5367070"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr sz="2800">
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>1. You don't have COVID-19</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> instead of:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Your COVID-19 test results were negative.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>2. Eat less salt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>instead of: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Reduce sodium intake.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>3. Don’t eat or drink before taking this medication </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>instead of: Take this medication on an empty stomach.</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="742950" lvl="1" indent="-285750">
-[...75 lines deleted...]
-            <a:endParaRPr sz="2800">
+            <a:endParaRPr sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{132B8179-D7CF-B332-7874-C42800C0FFB5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr marL="742950" lvl="1" indent="-285750">
-[...11 lines deleted...]
-              <a:buChar char="•"/>
+            <a:pPr algn="r">
+              <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...7 lines deleted...]
-                <a:sym typeface="Calibri"/>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>"Eat less salt"</a:t>
-[...51 lines deleted...]
-            <a:endParaRPr sz="2800">
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="dk1"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
-[...98 lines deleted...]
-              <a:sym typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 235"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="236" name="Google Shape;236;p19"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...2 lines deleted...]
-          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buSzPts val="4000"/>
             </a:pPr>
-            <a:br>
-[...1 lines deleted...]
-            </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Plain language principles</a:t>
+              <a:t>Plain Language Principles</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="4000" b="1"/>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
             </a:br>
-            <a:endParaRPr sz="4000" b="1">
+            <a:endParaRPr sz="4000" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="0070C0"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="237" name="Google Shape;237;p19"/>
+          <p:cNvPr id="237" name="Google Shape;237;p19">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1572851" y="1718988"/>
-            <a:ext cx="9099753" cy="5058696"/>
+            <a:off x="609599" y="1597151"/>
+            <a:ext cx="10972800" cy="4490139"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill rotWithShape="1">
             <a:blip r:embed="rId3">
               <a:alphaModFix amt="0"/>
             </a:blip>
             <a:tile tx="0" ty="0" sx="100000" sy="100000" flip="none" algn="tl"/>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-160528">
+            <a:pPr marL="228600" indent="-160528">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3141"/>
-              <a:t>Use familiar terms, not jargon, acronyms, or medical terminology</a:t>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Use familiar terms; </a:t>
             </a:r>
-            <a:endParaRPr sz="3141"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>not jargon, acronyms, or medical terminology</a:t>
+            </a:r>
+            <a:endParaRPr sz="2000" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-50800">
+            <a:pPr marL="228600" indent="-50800">
               <a:buSzPct val="89120"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="3141"/>
+            <a:endParaRPr sz="2000" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-160528">
+            <a:pPr marL="228600" indent="-160528">
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3141"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>Chunk information</a:t>
             </a:r>
-            <a:endParaRPr sz="3141"/>
+            <a:endParaRPr sz="2000" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="1143000" lvl="2" indent="-224028">
+            <a:pPr marL="685800" lvl="1" indent="-224028">
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3141"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>use ample headings and subheadings with less under each one</a:t>
             </a:r>
-            <a:endParaRPr sz="3141"/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="1143000" lvl="2" indent="-224028">
+            <a:pPr marL="685800" lvl="1" indent="-224028">
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3141"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>use bullet points </a:t>
             </a:r>
-            <a:endParaRPr sz="2341"/>
+            <a:endParaRPr sz="1600" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-50800">
+            <a:pPr marL="228600" indent="-50800">
               <a:buSzPct val="89120"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="3141"/>
+            <a:endParaRPr sz="2000" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-160528">
+            <a:pPr marL="228600" indent="-160528">
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3141"/>
-              <a:t>Organize logically: most important information first</a:t>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Organize logically: </a:t>
             </a:r>
-            <a:endParaRPr sz="3141"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>most important information first</a:t>
+            </a:r>
+            <a:endParaRPr sz="2000" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-50800">
+            <a:pPr marL="228600" indent="-50800">
               <a:buSzPct val="89120"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="3141"/>
+            <a:endParaRPr sz="2000" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-160528">
+            <a:pPr marL="228600" indent="-160528">
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3141"/>
-              <a:t>Write in a conversational voice vs. academic or research voice</a:t>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Write in a conversational voice </a:t>
             </a:r>
-            <a:endParaRPr sz="3141"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>vs. academic or research voice</a:t>
+            </a:r>
+            <a:endParaRPr sz="2000" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="1143000" lvl="2" indent="-224028">
+            <a:pPr marL="685800" lvl="1" indent="-224028">
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3141"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>use the active voice</a:t>
             </a:r>
-            <a:endParaRPr sz="3141"/>
-[...45 lines deleted...]
-            <a:endParaRPr sz="2741"/>
+            <a:endParaRPr sz="1600" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342265" lvl="1" indent="0">
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2800"/>
+            <a:endParaRPr sz="2800" dirty="0"/>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80B64856-54D2-1F80-220B-630C153C5555}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5627077" y="6288097"/>
+            <a:ext cx="4607169" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342265" lvl="1" indent="0">
-[...1 lines deleted...]
-              <a:buNone/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Digital.gov</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EB85611-8D7D-5700-478D-49AA5D3B4766}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr sz="2800"/>
-[...34 lines deleted...]
-            <a:endParaRPr/>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>15</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 242"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="243" name="Google Shape;243;p18"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2152650" y="365127"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="1535723" y="367745"/>
+            <a:ext cx="8784981" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Print Communication: </a:t>
             </a:r>
             <a:endParaRPr sz="4000" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Readability vs. Plain Language</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="244" name="Google Shape;244;p18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1938528" y="2036064"/>
-            <a:ext cx="8644128" cy="3231654"/>
+            <a:off x="890955" y="2528433"/>
+            <a:ext cx="9726871" cy="2523727"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1">
-[...3 lines deleted...]
-                <a:latin typeface="Calibri"/>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Readability</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
-[...3 lines deleted...]
-                <a:latin typeface="Calibri"/>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>: how easy (or not) something is to read.</a:t>
             </a:r>
-            <a:endParaRPr sz="2800">
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Plain language</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: writing that people can understand. It ensures that readers can grasp the message the first time they read it. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0C0C0C"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr sz="2800">
+            <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="0C0C0C"/>
+                <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{382445B8-78EB-2E09-EDAE-357D9B1BB048}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:endParaRPr sz="2800">
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="0C0C0C"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
-[...51 lines deleted...]
-              <a:sym typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cSld>
-[...100 lines deleted...]
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 249"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1CC0B72-4E2F-4C6A-8B51-7563E9B35A64}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="199291" y="254717"/>
+            <a:ext cx="11793415" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Readability, plain language, and health literacy</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="250" name="Google Shape;250;p20" descr="Alt: Three doodles appear under the terms “Readability,” “Plain Language,” and “Health Literacy.” The first doodle says, “Now THIS looks like somethin’ I’d read!” The second doodle says “I’m understandin’ ALL this info up in here!” And the last doodle runs off, saying, “I’m gonna go make some informed decisions!”"/>
+          <p:cNvPr id="250" name="Google Shape;250;p20" descr="Three doodles appear under the terms “Readability,” “Plain Language,” and “Health Literacy.” The first doodle says, “Now THIS looks like somethin’ I’d read!”. The second doodle says “I’m understandin’ ALL this info up in here!” And the last doodle runs off, saying, “I’m gonna go make some informed decisions!”"/>
           <p:cNvPicPr preferRelativeResize="0">
             <a:picLocks noGrp="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3324571" y="2077484"/>
+            <a:off x="3195617" y="1611077"/>
             <a:ext cx="5542857" cy="3847619"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="251" name="Google Shape;251;p20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3992447" y="6106471"/>
+            <a:off x="4684109" y="6386599"/>
             <a:ext cx="4278672" cy="300082"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1350">
-[...1 lines deleted...]
-                  <a:schemeClr val="dk1"/>
+              <a:rPr lang="en-US" sz="1350" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Copyright © 2019 CommunicateHealth, All rights reserved</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9DC05B6-2060-0898-42C5-8683BDB2B0A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 256"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="257" name="Google Shape;257;p21"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1707342" y="807086"/>
-            <a:ext cx="8956882" cy="688422"/>
+            <a:off x="386861" y="387592"/>
+            <a:ext cx="11418277" cy="1137262"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>SAM: subheadings and chunking</a:t>
+              <a:t>Suitability Assessment of Materials (</a:t>
             </a:r>
-            <a:endParaRPr sz="4000" b="1">
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>SAM)</a:t>
+            </a:r>
+            <a:endParaRPr sz="4000" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-          <p:cNvPicPr preferRelativeResize="0"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22670079-52DE-C077-0FA7-24001784A770}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
-        </p:nvPicPr>
-[...6 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1551038" y="2066426"/>
-            <a:ext cx="9089924" cy="2725148"/>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3" descr="An example of how the Suitability Assessment of Materials scores literature for a particular audience.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0472B4CB-0B09-2E81-39DD-119946C4F754}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="386861" y="1769519"/>
+            <a:ext cx="11333483" cy="2385106"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 256">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12A00E57-A383-DA87-44ED-77313A76784E}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="257" name="Google Shape;257;p21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C4D15E7-D6E5-9355-A8E8-3B9315AB6722}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1617559" y="2740578"/>
-            <a:ext cx="8956882" cy="688422"/>
+            <a:off x="1242646" y="2740578"/>
+            <a:ext cx="9964841" cy="688422"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
-                </a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>5 Min Break: Review Pertussis Example</a:t>
             </a:r>
             <a:endParaRPr sz="4000" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6E1C1E-AC37-1D94-33E9-673C9E6F75D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3754456262"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DAFC6CE-D5E3-7A3E-5559-C413D985BC58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="214069" y="379147"/>
+            <a:ext cx="2367543" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>NNLM</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Content Placeholder 5" descr="Map of the United States that shows the 7 regions of the Network of the National Library of Medicine.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93BF469A-BC33-763E-FEA6-58FCC15230AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3029085" y="295454"/>
+            <a:ext cx="8184143" cy="5662680"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D99242E1-CDF9-8E93-4CDE-793138720852}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10136838" y="6425655"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3732771032"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 263"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="265" name="Google Shape;265;p22"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -42716,342 +28687,628 @@
           <a:xfrm>
             <a:off x="2847567" y="-44577"/>
             <a:ext cx="6178658" cy="836432"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Applying SAM</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="267" name="Google Shape;267;p22" descr="Arrow indicating the example of descriptive subheadings from Pertussis: What Parents Need to Know"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="-1260000">
+            <a:off x="2942509" y="2575195"/>
+            <a:ext cx="623455" cy="350692"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 50000"/>
+              <a:gd name="adj2" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="31538F"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr sz="1800">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="269" name="Google Shape;269;p22"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2062215" y="3056149"/>
+            <a:ext cx="1684627" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Descriptive subheadings</a:t>
+            </a:r>
+            <a:endParaRPr sz="1800" b="1" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="264" name="Google Shape;264;p22" descr="Minnesota department of health handout about Pertussis."/>
           <p:cNvPicPr preferRelativeResize="0">
             <a:picLocks noGrp="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3646410" y="718433"/>
             <a:ext cx="4899181" cy="5968093"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:schemeClr val="dk1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...74 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="268" name="Google Shape;268;p22">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-1260000">
             <a:off x="2971012" y="3960476"/>
             <a:ext cx="623455" cy="350692"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 50000"/>
               <a:gd name="adj2" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="31538F"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr sz="1800">
-              <a:solidFill>
-[...50 lines deleted...]
-              </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="270" name="Google Shape;270;p22">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-1260000">
             <a:off x="2981475" y="2023177"/>
             <a:ext cx="623455" cy="350692"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 50000"/>
               <a:gd name="adj2" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="31538F"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr sz="1800">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="266" name="Google Shape;266;p22" descr="Arrow points to a section in the handout titled More Tips with 3 bullet points. Words with the arrow say: 3 items under subheading."/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8715228" y="4133109"/>
+            <a:ext cx="1955800" cy="793750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95BFA4EC-6254-1E32-3F49-0F38580ECBE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10136838" y="6425655"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 286"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="287" name="Google Shape;287;p24"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -43060,1365 +29317,2136 @@
           <a:xfrm>
             <a:off x="1565910" y="284760"/>
             <a:ext cx="9144000" cy="629578"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:srgbClr val="0070C0"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Use visuals to aid communication </a:t>
             </a:r>
-            <a:endParaRPr sz="4000" b="1"/>
+            <a:endParaRPr sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="288" name="Google Shape;288;p24"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5313873" y="914400"/>
-            <a:ext cx="5354100" cy="5772600"/>
+            <a:off x="185594" y="1641856"/>
+            <a:ext cx="6893169" cy="3598381"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr sz="2800">
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Concentrate on the main </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>message</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr sz="800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="742950" lvl="1" indent="-285750">
+            <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>Concentrate on the main </a:t>
+              <a:t>Use clear headings, labels, and captions</a:t>
             </a:r>
-            <a:endParaRPr/>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="2800">
+            <a:br>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>message</a:t>
+            </a:br>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Use simple, realistic pictures</a:t>
             </a:r>
-            <a:endParaRPr sz="800">
+            <a:br>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="742950" lvl="1" indent="-285750">
+            <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>Use clear headings, labels, </a:t>
+              <a:t>Use colors to aid comprehension </a:t>
             </a:r>
-            <a:endParaRPr/>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="2800">
+            <a:br>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>and captions</a:t>
-[...30 lines deleted...]
-            <a:endParaRPr sz="2800">
+            </a:br>
+            <a:endParaRPr sz="800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="742950" lvl="1" indent="-285750">
+            <a:pPr marL="285750" indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...36 lines deleted...]
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Beware of variations in </a:t>
             </a:r>
-            <a:endParaRPr/>
-[...9 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>interpretations of standard </a:t>
+              <a:t>interpretations of standard images</a:t>
             </a:r>
-            <a:endParaRPr sz="1800">
-[...71 lines deleted...]
-              <a:sym typeface="Calibri"/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="289" name="Google Shape;289;p24" descr="A close up of a logo&#10;&#10;Description automatically generated"/>
+          <p:cNvPr id="289" name="Google Shape;289;p24" descr="Illustration showing a pregnant woman drinking alcohol, with a visual representation of the baby also consuming alcohol. Caption reads: &quot;When mother drinks alcohol, baby drinks alcohol. Alcohol crosses the placenta and circulates in the bloodstream of the fetus.&quot;"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1633269" y="1239189"/>
-            <a:ext cx="4094672" cy="3560114"/>
+            <a:off x="7671460" y="1712434"/>
+            <a:ext cx="3760516" cy="3156174"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="290" name="Google Shape;290;p24"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1633269" y="6410998"/>
-            <a:ext cx="7349622" cy="276999"/>
+            <a:off x="6705133" y="5161707"/>
+            <a:ext cx="5486867" cy="276959"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1200">
+              <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Know the Facts about Fetal Alcohol Syndrome. Native American Community Board</a:t>
             </a:r>
-            <a:endParaRPr sz="1200">
+            <a:endParaRPr sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB0C515B-590D-FC40-16E0-3D08BB272B6E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10136838" y="6425655"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 295"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="297" name="Google Shape;297;p27"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1908235" y="802345"/>
+            <a:off x="1908235" y="358324"/>
             <a:ext cx="8375530" cy="637198"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:srgbClr val="0070C0"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Verbal communication</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="299" name="Google Shape;299;p27"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="590418" y="995522"/>
+            <a:ext cx="6101700" cy="4802400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr">
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr sz="2400">
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Listen carefully</a:t>
+            </a:r>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Use the receiver’s words</a:t>
+            </a:r>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Use plain language and avoid jargon</a:t>
+            </a:r>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Slow down</a:t>
+            </a:r>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Limit and repeat content</a:t>
+            </a:r>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Demonstrate how it's done</a:t>
+            </a:r>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Use graphics</a:t>
+            </a:r>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="0070C0"/>
+                <a:schemeClr val="dk1"/>
               </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="296" name="Google Shape;296;p27" descr="A drawing of a person&#10;&#10;Description automatically generated"/>
+          <p:cNvPr id="296" name="Google Shape;296;p27" descr="A drawing of two boys communicating through a tin-can phone."/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5374301" y="1060078"/>
-            <a:ext cx="5029199" cy="1897673"/>
+            <a:off x="6400800" y="2291001"/>
+            <a:ext cx="5320517" cy="2374784"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="298" name="Google Shape;298;p27"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1908235" y="6333086"/>
-            <a:ext cx="6174490" cy="370751"/>
+            <a:off x="3045150" y="6289568"/>
+            <a:ext cx="6101699" cy="291104"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
+            <a:pPr algn="r"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Health Literacy Universal Precautions Toolkit</a:t>
+              <a:t>Health Literacy Universal Precautions Toolkit, 3rd Edition</a:t>
             </a:r>
-            <a:r>
-[...10 lines deleted...]
-            <a:endParaRPr sz="1800">
+            <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="dk1"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="299" name="Google Shape;299;p27"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5273573B-8997-A7C2-D9EB-969945421AE1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1908222" y="1179125"/>
-            <a:ext cx="6101700" cy="4802400"/>
+            <a:off x="10136838" y="6425655"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-            <a:spAutoFit/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr algn="r">
+              <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr sz="2400">
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="dk1"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
-[...245 lines deleted...]
-              <a:sym typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 304"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2381A47-586F-418F-B88F-D5D862A124E1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5FB1B91-E909-119C-0F2C-1066369B5C4A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2575454" y="162668"/>
+            <a:ext cx="7408984" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr kumimoji="0" lang="en-US" sz="4000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Communication</a:t>
+              <a:t>Confirm Understanding</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="305" name="Google Shape;305;p28"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4980432" y="621793"/>
-            <a:ext cx="5340000" cy="6064500"/>
+            <a:off x="627185" y="1402100"/>
+            <a:ext cx="9179169" cy="4339609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
-[...3 lines deleted...]
-                <a:latin typeface="Calibri"/>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>Invite questions</a:t>
+              <a:t>Invite questions:</a:t>
             </a:r>
-            <a:endParaRPr sz="2800" b="1">
-[...3 lines deleted...]
-              <a:latin typeface="Calibri"/>
+            <a:endParaRPr sz="2800" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Instead of: Do you have any questions?  (too easy to answer "no")</a:t>
             </a:r>
-            <a:endParaRPr sz="2800">
+            <a:endParaRPr sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Better to say: What questions do you have?  </a:t>
             </a:r>
-            <a:endParaRPr sz="2800">
+            <a:endParaRPr sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-107950">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
             </a:pPr>
-            <a:endParaRPr sz="2800" b="1">
+            <a:endParaRPr sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
-[...3 lines deleted...]
-                <a:latin typeface="Calibri"/>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Confirm understanding</a:t>
             </a:r>
-            <a:endParaRPr sz="2800" b="1">
-[...3 lines deleted...]
-              <a:latin typeface="Calibri"/>
+            <a:endParaRPr sz="2800" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Instead of: Do you understand? </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>    (too easy to answer "yes")</a:t>
             </a:r>
-            <a:endParaRPr sz="2800">
+            <a:endParaRPr sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Better to use the teach-back method</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr sz="2400">
+            <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...25 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="307" name="Google Shape;307;p28"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3034010" y="6389468"/>
-            <a:ext cx="6297600" cy="369300"/>
+            <a:off x="3131146" y="6484512"/>
+            <a:ext cx="6297600" cy="307736"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1">
-[...3 lines deleted...]
-                <a:latin typeface="Calibri"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>Health Literacy Universal Precautions Toolkit, </a:t>
+              <a:t>Health Literacy Universal Precautions Toolkit, 3rd Edition​</a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="en-US" sz="1800">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82358163-2F28-DAF3-AE9B-5C7D4110E596}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10136838" y="6425655"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...2 lines deleted...]
-                <a:sym typeface="Calibri"/>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>2nd Edition​</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr/>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>23</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 312"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6419E7A0-F0C2-45B6-8012-8B8D3482658F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Teach Back Method</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="313" name="Google Shape;313;p29" descr="A screenshot of a cell phone&#10;&#10;Description automatically generated"/>
+          <p:cNvPr id="313" name="Google Shape;313;p29" descr="Flowchart titled “The Teach-Back Method.” It shows a cycle for teaching patients about health information. First step: “Chunk and teach information.” Next: “Ask patients to teach back in their own words; allow patients to consult material.” If correct and more to explain, loop back to first step. If incorrect, go to “Reteach using different words,” then return to teach-back step. A button labeled “Back to Pathway Menu” appears at the bottom right."/>
           <p:cNvPicPr preferRelativeResize="0">
             <a:picLocks noGrp="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="body" idx="4294967295"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2194719" y="185519"/>
             <a:ext cx="7802562" cy="5889625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
@@ -44465,457 +31493,2543 @@
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="315" name="Google Shape;315;p29"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3643086" y="6488668"/>
+            <a:off x="5078610" y="6308207"/>
             <a:ext cx="4905828" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0">
-[...1 lines deleted...]
-                  <a:schemeClr val="dk1"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>AHRQ: Static Teach-back Interactive Module</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15636A69-D1AA-8B86-725F-0434051F4E29}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 320"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="321" name="Google Shape;321;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1674876" y="1401572"/>
-            <a:ext cx="3256006" cy="3139715"/>
+            <a:off x="117231" y="1401572"/>
+            <a:ext cx="5978769" cy="3139715"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:srgbClr val="0070C0"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>MedlinePlus tools to promote health literacy </a:t>
             </a:r>
-            <a:endParaRPr sz="4000" b="1"/>
+            <a:endParaRPr sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18E589E3-7CEA-3EC9-F431-FE047BE84898}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" descr="Screen shot of the medlineplus.gov homepage">
+          <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4850DCDF-B75B-4429-A1B1-4E1FF7B46596}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D398A971-DCF1-4B6A-A7CE-968B4972AC42}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5287788" y="-11624"/>
-            <a:ext cx="5380212" cy="6858000"/>
+            <a:off x="6600305" y="199274"/>
+            <a:ext cx="4754477" cy="5814317"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 327"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="328" name="Google Shape;328;p31"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2296262" y="483325"/>
-            <a:ext cx="8127147" cy="1005840"/>
+            <a:off x="1300464" y="366094"/>
+            <a:ext cx="9591071" cy="1005840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:srgbClr val="0070C0"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Culturally aware communication</a:t>
+              <a:t>Culturally Aware Communication</a:t>
             </a:r>
-            <a:endParaRPr sz="4000" b="1">
+            <a:endParaRPr sz="4000" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="FFFFFF"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="329" name="Google Shape;329;p31"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2296244" y="973580"/>
+            <a:off x="1018429" y="1665242"/>
             <a:ext cx="8418000" cy="4456200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="57150">
-[...14 lines deleted...]
-          <a:p>
             <a:pPr marL="285750" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Tailor messages to specific groups</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-228600">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Be aware of cultural norms and customs that influence communication, decision making, health beliefs, and health behaviors</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Avoid idioms and jargon</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Use high quality translators and interpreters</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Avoid stereotypes</a:t>
             </a:r>
-            <a:endParaRPr sz="2400">
+            <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28A095AD-96C5-497A-95ED-7BDC2A0B570E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10136838" y="6425655"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 334"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="335" name="Google Shape;335;p32"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337842" y="1883731"/>
+            <a:ext cx="3969850" cy="2717074"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Use visuals and examples that reflect the audience</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="336" name="Google Shape;336;p32" descr="A covid-19 poster from Seattle and King County Public health that says: Please protect on anothre from Covid-19. Wear a face covering and keep 6 feet apart from other in public spaces."/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4839597" y="206529"/>
+            <a:ext cx="5029636" cy="6584251"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55A4C898-AE1C-7F2E-7956-7DFEB7956E6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10136838" y="6425655"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>27</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 341"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="342" name="Google Shape;342;p33"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2152650" y="219620"/>
+            <a:ext cx="7886700" cy="1325563"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>EthnoMed</a:t>
+            </a:r>
+            <a:endParaRPr sz="4800" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="343" name="Google Shape;343;p33" descr="Picture of EthnoMed.org homepage"/>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noGrp="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1996440" y="2020661"/>
+            <a:ext cx="8199120" cy="3533374"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{279216C8-BA24-87DC-098C-675A4E5C9D99}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>28</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 348"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="349" name="Google Shape;349;g1cec29a85c9_2_1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2152650" y="219620"/>
+            <a:ext cx="7886700" cy="523980"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Indian Health Service</a:t>
+            </a:r>
+            <a:endParaRPr sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="350" name="Google Shape;350;g1cec29a85c9_2_1" descr="Picture of Indian Health Service homepage.">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2305050" y="1195447"/>
+            <a:ext cx="7886700" cy="5260370"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8714B58B-2BB5-CB6C-3E22-193B42D8F46C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10136838" y="6425655"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>29</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BEC8A52-A501-D01E-924B-929E7D0ED2B3}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
@@ -44925,1926 +34039,1641 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{592033EA-BADC-FD3A-6282-83B7BD68B847}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2152650" y="1131095"/>
+            <a:off x="2152650" y="303192"/>
             <a:ext cx="7886700" cy="774451"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Before We Get Started</a:t>
+              <a:t>Objectives</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Content Placeholder 2" descr="tips about the webinar session">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E43C2FBC-A67D-CC72-EF2F-6FD456256C6E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3914599105"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="694518088"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="2152650" y="1905546"/>
-          <a:ext cx="7886700" cy="3259183"/>
+          <a:off x="1061356" y="1175572"/>
+          <a:ext cx="10303329" cy="4833257"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0722F887-29C6-EAD2-E35B-3563AC2B1875}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="56413412"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2761577326"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...317 lines deleted...]
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 355"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="356" name="Google Shape;356;p34"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1908235" y="430205"/>
+            <a:off x="1908235" y="269567"/>
             <a:ext cx="8375530" cy="637198"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:srgbClr val="0070C0"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Summary</a:t>
             </a:r>
-            <a:endParaRPr/>
-[...5 lines deleted...]
-            <a:endParaRPr sz="2400">
+            <a:endParaRPr dirty="0">
               <a:solidFill>
-                <a:srgbClr val="0070C0"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="357" name="Google Shape;357;p34"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1955995" y="778481"/>
-            <a:ext cx="8280000" cy="5633700"/>
+            <a:off x="596751" y="1325494"/>
+            <a:ext cx="10264837" cy="5262939"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr sz="2400">
+            <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" indent="-342900">
+            <a:pPr marL="457200" indent="-457200">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
-              <a:buFont typeface="Arial"/>
-              <a:buChar char="•"/>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Health Literacy </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>is a shared responsibility</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-133350">
+            <a:pPr marL="609600" indent="-457200">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
-            <a:endParaRPr sz="2400" b="1">
+            <a:endParaRPr sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="457200" indent="-457200">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
-              <a:buFont typeface="Arial"/>
-              <a:buChar char="•"/>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> Universal precautions for health literacy</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> ensure that we communicate in ways that everyone can understand</a:t>
             </a:r>
-            <a:endParaRPr sz="2400">
+            <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr sz="2400">
+            <a:pPr marL="457200" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="457200" indent="-457200">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
-              <a:buFont typeface="Arial"/>
-              <a:buChar char="•"/>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Clear health communication</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> best practices include using plain language, limiting to "need to know" information, confirming understanding, and being aware of cultural differences </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-133350">
+            <a:pPr marL="609600" indent="-457200">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
-            <a:endParaRPr sz="2400">
+            <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
-              <a:latin typeface="Calibri"/>
+              <a:latin typeface="+mj-lt"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="457200" indent="-457200">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
-              <a:buFont typeface="Arial"/>
-              <a:buChar char="•"/>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> Free </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>online resources</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> you can use to promote health literacy include SAM, MedlinePlus, EthnoMed, IHS, and the AHRQ Health Literacy Universal Precautions Toolkit </a:t>
             </a:r>
-            <a:endParaRPr/>
-[...8 lines deleted...]
-            <a:endParaRPr sz="2400">
+            <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-133350">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
             </a:pPr>
-            <a:endParaRPr sz="2400">
+            <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44F1409B-5C72-D103-BE47-ADA5A26588F3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10136838" y="6425655"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>30</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cSld>
-[...73 lines deleted...]
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 368"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="369" name="Google Shape;369;p35" descr="3 questions marks floating on the slide. Do you have any questions."/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2152650" y="1280004"/>
             <a:ext cx="8114400" cy="3135000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
-              <a:buSzPts val="6000"/>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" b="1">
-[...1 lines deleted...]
-                  <a:schemeClr val="accent1"/>
+              <a:rPr lang="en-US" sz="6000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Questions?</a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:br>
+              <a:rPr lang="en-US" sz="6000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="en-US" sz="6000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Nick Vera</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-DE" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>verani@musc.edu</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-DE" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE978219-4AD3-B568-56C3-35E6B43AE37E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>31</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
-[...175 lines deleted...]
-
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cSld>
-[...570 lines deleted...]
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 149"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="150" name="Google Shape;150;p5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1524000" y="434340"/>
+            <a:off x="4314093" y="211602"/>
             <a:ext cx="2601634" cy="685800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPts val="4000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Agenda</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr sz="4800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="151" name="Google Shape;151;p5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1985641" y="1637120"/>
-            <a:ext cx="7661076" cy="4786541"/>
+            <a:off x="1524000" y="1555059"/>
+            <a:ext cx="8581292" cy="4107188"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="213995" indent="-213995">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>Introduction to Health Literacy</a:t>
             </a:r>
-            <a:endParaRPr sz="2400" dirty="0"/>
+            <a:endParaRPr sz="3200" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="257175" indent="-257175">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="450"/>
               </a:spcBef>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>Communication</a:t>
             </a:r>
-            <a:endParaRPr sz="2400" dirty="0"/>
+            <a:endParaRPr sz="3200" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="714375" lvl="1" indent="-152400">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="450"/>
               </a:spcBef>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>  Print communication </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr sz="1600" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="714375" lvl="1" indent="-152400">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="450"/>
               </a:spcBef>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>  Verbal communication</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr sz="1600" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="257175" indent="-257175">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="750"/>
               </a:spcBef>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>MedlinePlus to promote health literacy</a:t>
             </a:r>
-            <a:endParaRPr sz="2400" dirty="0"/>
+            <a:endParaRPr sz="3200" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="257175" indent="-257175">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="750"/>
               </a:spcBef>
               <a:buSzPts val="2400"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>EthnoMed</a:t>
             </a:r>
-            <a:endParaRPr sz="2400" dirty="0"/>
+            <a:endParaRPr sz="3200" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9D4CC85-A0F5-4BBA-49FF-F49D0F4A10CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 156"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="157" name="Google Shape;157;p7"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -46853,370 +35682,1593 @@
             <a:ext cx="7375161" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>What is Health Literacy? </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="158" name="Google Shape;158;p7"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1956400" y="1610737"/>
-            <a:ext cx="8519100" cy="2694000"/>
+            <a:off x="666862" y="2082000"/>
+            <a:ext cx="10892092" cy="2806524"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buSzPts val="2800"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>Personal health literacy </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>is the degree to which individuals have the ability to find, understand, and use information and services to inform health-related decisions and actions for themselves and others. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-50800">
               <a:buSzPts val="2800"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:buSzPts val="2800"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>Organizational health literacy </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
               <a:t>is the degree to which organizations equitably enable individuals to find, understand, and use information and services to inform health-related decisions and actions for themselves and others. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{712EB927-A9CB-85FE-BF55-9C4B2F2730F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2877950" y="6344580"/>
+            <a:ext cx="6107722" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1700"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1700" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
-              <a:t>Healthy People 2030</a:t>
+              <a:t>Healthy People 2023</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE907225-42FC-2537-4673-780A5E03340A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:buNone/>
+            <a:pPr>
+              <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr sz="1700" dirty="0">
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="000000"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 163"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="164" name="Google Shape;164;p8"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2152650" y="365127"/>
+            <a:off x="2152650" y="136292"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
-[...1 lines deleted...]
-                <a:latin typeface="Calibri"/>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Shared responsibility</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="165" name="Google Shape;165;p8"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2261138" y="2259578"/>
-            <a:ext cx="7886700" cy="4351338"/>
+            <a:off x="539261" y="2259578"/>
+            <a:ext cx="11151393" cy="1890391"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="3600"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>“Health literacy is a shared responsibility between patients and providers.”</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="3600"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="3600" b="1" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1700"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>-Helen Osborne</a:t>
+            </a:r>
+            <a:endParaRPr b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-50800">
+              <a:buSzPts val="2800"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4083B5CD-89D7-F80F-D22D-E2D14DAF8358}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 170"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="171" name="Google Shape;171;p10"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="321276" y="197708"/>
+            <a:ext cx="11369379" cy="857344"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Why is it important to address health literacy?</a:t>
+            </a:r>
+            <a:endParaRPr sz="4000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="172" name="Google Shape;172;p10" descr="1) People with low health literacy are more likely to visit the ER and 2) have more hospital stays. 3) Low health literacy can act as a barrier to effective disease self-management and 4) People with limited health literacy have higher mortality rates."/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="1454" r="1454"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2260879" y="1446962"/>
+            <a:ext cx="6915878" cy="4181119"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E44D49F3-CCC6-4A90-94B8-656F033402DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3160069" y="6211669"/>
+            <a:ext cx="7677477" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>A systematic review of patient medication error on self-administering medication at home</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" i="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6514D8E7-C2B9-333E-2A1F-870414CE8103}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 178"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="179" name="Google Shape;179;p11"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1587946" y="219620"/>
+            <a:ext cx="8658303" cy="840657"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPts val="3600"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Risk factors for low health literacy </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="180" name="Google Shape;180;p11"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="733514" y="1260065"/>
+            <a:ext cx="6383978" cy="4337869"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...7 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buSzPts val="2400"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" b="1" i="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Health literacy is a shared responsibility between patients and providers</a:t>
+              <a:t>Have a low-income level</a:t>
             </a:r>
-            <a:endParaRPr/>
-[...9 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="ctr">
-[...4 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buSzPts val="2400"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1700">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Helen Osborne</a:t>
+              <a:t>Have a chronic illness</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" indent="-50800">
+            <a:pPr marL="228600" indent="-228600">
+              <a:buSzPts val="2400"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Have a disability</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buSzPts val="2400"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Be older adults</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buSzPts val="2400"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Identify as a racial or ethnic minority</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buSzPts val="2400"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Speak English as a second language</a:t>
+            </a:r>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buSzPts val="2400"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Not have a high school degree or GED</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-76200">
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="2400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-76200">
+              <a:lnSpc>
+                <a:spcPct val="160000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="338"/>
+              </a:spcBef>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
               <a:buSzPts val="2800"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="181" name="Google Shape;181;p11">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9675692" y="1257084"/>
+            <a:ext cx="1623521" cy="2171915"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="182" name="Google Shape;182;p11">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7608063" y="3428999"/>
+            <a:ext cx="1577058" cy="2118356"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8005C76D-47EB-1FEB-A4E4-611F552A3875}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 188"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="189" name="Google Shape;189;p12"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2209800" y="442374"/>
+            <a:ext cx="7772400" cy="1341950"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buSzPts val="4400"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Communication</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buSzPts val="4050"/>
+            </a:pPr>
+            <a:endParaRPr sz="4050" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="191" name="Google Shape;191;p12">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect t="4950" r="5235" b="494"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4163651" y="1746715"/>
+            <a:ext cx="3818299" cy="3364570"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{993EF814-CE14-D1EB-8713-19D8F223A8FD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9984438" y="6273255"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" marR="0" lvl="1" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" marR="0" lvl="2" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" marR="0" lvl="3" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" marR="0" lvl="4" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" marR="0" lvl="5" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" marR="0" lvl="6" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" marR="0" lvl="7" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" marR="0" lvl="8" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{76BF41A6-7A2C-4690-ACC7-07924994F7F6}" type="slidenum">
+              <a:rPr lang="en-US" sz="1400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:pPr algn="r">
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Basis">
   <a:themeElements>
-    <a:clrScheme name="Office Theme">
+    <a:clrScheme name="Custom 15">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="366092"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="953734"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="586D2D"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="76923C"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F78629"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="632423"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="632423"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -47420,400 +37472,429 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>7073</Words>
+  <Words>1194</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>508</Paragraphs>
-[...1 lines deleted...]
-  <Notes>36</Notes>
+  <Paragraphs>221</Paragraphs>
+  <Slides>31</Slides>
+  <Notes>31</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>36</vt:i4>
+        <vt:i4>31</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="44" baseType="lpstr">
+    <vt:vector size="38" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>BlinkMacSystemFont</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Corbel</vt:lpstr>
       <vt:lpstr>Gill Sans</vt:lpstr>
       <vt:lpstr>Helvetica</vt:lpstr>
-      <vt:lpstr>Symbol</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Office Theme</vt:lpstr>
+      <vt:lpstr>Basis</vt:lpstr>
       <vt:lpstr>Effective Health Communication and Health Literacy:  Understanding the Connection</vt:lpstr>
-      <vt:lpstr>Using Zoom</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>The Regions of NNLM</vt:lpstr>
+      <vt:lpstr>NNLM</vt:lpstr>
       <vt:lpstr>Objectives</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>What is Health Literacy? </vt:lpstr>
       <vt:lpstr>Shared responsibility</vt:lpstr>
       <vt:lpstr>Why is it important to address health literacy?</vt:lpstr>
       <vt:lpstr>Risk factors for low health literacy </vt:lpstr>
-      <vt:lpstr>        Communication  </vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Health Literacy Universal Precautions Toolkit</vt:lpstr>
+      <vt:lpstr>Communication </vt:lpstr>
+      <vt:lpstr>Health Literacy Universal Precautions: You can’t tell by looking</vt:lpstr>
+      <vt:lpstr>The Agency for Healthcare Research and Quality (AHRQ) </vt:lpstr>
       <vt:lpstr>Clear health communication</vt:lpstr>
-      <vt:lpstr>Can you substitute another word(s) for easier understanding?</vt:lpstr>
+      <vt:lpstr>Can you substitute another word for easier understanding?</vt:lpstr>
       <vt:lpstr>Plain language sentences: examples</vt:lpstr>
-      <vt:lpstr> Plain language principles </vt:lpstr>
+      <vt:lpstr>Plain Language Principles </vt:lpstr>
       <vt:lpstr>Print Communication:  Readability vs. Plain Language</vt:lpstr>
       <vt:lpstr>Readability, plain language, and health literacy</vt:lpstr>
-      <vt:lpstr>SAM: subheadings and chunking</vt:lpstr>
+      <vt:lpstr>Suitability Assessment of Materials (SAM)</vt:lpstr>
       <vt:lpstr>5 Min Break: Review Pertussis Example</vt:lpstr>
       <vt:lpstr>Applying SAM</vt:lpstr>
       <vt:lpstr>Use visuals to aid communication </vt:lpstr>
-      <vt:lpstr>Verbal communication </vt:lpstr>
-      <vt:lpstr>Communication</vt:lpstr>
+      <vt:lpstr>Verbal communication</vt:lpstr>
+      <vt:lpstr>Confirm Understanding</vt:lpstr>
       <vt:lpstr>Teach Back Method</vt:lpstr>
       <vt:lpstr>MedlinePlus tools to promote health literacy </vt:lpstr>
-      <vt:lpstr>Culturally aware communication</vt:lpstr>
+      <vt:lpstr>Culturally Aware Communication</vt:lpstr>
       <vt:lpstr>Use visuals and examples that reflect the audience </vt:lpstr>
       <vt:lpstr>EthnoMed</vt:lpstr>
-      <vt:lpstr>Indian Health Service </vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>Contact  </vt:lpstr>
+      <vt:lpstr>Indian Health Service</vt:lpstr>
+      <vt:lpstr>Summary</vt:lpstr>
+      <vt:lpstr>Questions?  Nick Vera verani@musc.edu </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...1 lines deleted...]
-  <cp:lastModifiedBy/>
+  <dc:title>Effective Health Communication and Health Literacy:  Understanding the Connection</dc:title>
+  <dc:creator>Rebecca Brown</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>