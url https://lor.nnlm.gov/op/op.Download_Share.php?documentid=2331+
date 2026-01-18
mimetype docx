--- v0 (2025-10-08)
+++ v1 (2026-01-18)
@@ -639,87 +639,87 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.ahrq.gov/patient-safety/reports/engage/teachback.html" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E82BE6E" w14:textId="3F7C4332" w:rsidR="00634F7F" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00634F7F">
-[...1 lines deleted...]
-        <w:spacing w:after="520"/>
+    <w:p w14:paraId="4E82BE6E" w14:textId="3F7C4332" w:rsidR="00634F7F" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="000538D6">
+      <w:pPr>
+        <w:spacing w:after="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>Guide to Improving Patient Safety in Primary Care Settings by Engaging Patients and Families</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC5BBA7" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00634F7F">
+    <w:p w14:paraId="4DC5BBA7" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="000538D6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480"/>
+        <w:spacing w:before="600"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Accessibility</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35BCD31B" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -827,61 +827,61 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36856F28" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="000E5682">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidSect="007F4937">
       <w:headerReference w:type="default" r:id="rId28"/>
       <w:footerReference w:type="default" r:id="rId29"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1152" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="024B7306" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
+    <w:p w14:paraId="08273CCD" w14:textId="77777777" w:rsidR="00347706" w:rsidRDefault="00347706" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F41DD9D" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
+    <w:p w14:paraId="10BC16E1" w14:textId="77777777" w:rsidR="00347706" w:rsidRDefault="00347706" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1043,61 +1043,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3456898A" w14:textId="77777777" w:rsidR="001C6109" w:rsidRDefault="001C6109">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="308B0EF3" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
+    <w:p w14:paraId="055BC9F4" w14:textId="77777777" w:rsidR="00347706" w:rsidRDefault="00347706" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0311D3E7" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
+    <w:p w14:paraId="39F267AD" w14:textId="77777777" w:rsidR="00347706" w:rsidRDefault="00347706" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="37FDCAA7" w14:textId="70549568" w:rsidR="00834F00" w:rsidRDefault="0097198C" w:rsidP="00675CB9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3811E9E1" wp14:editId="6D5BF189">
           <wp:extent cx="4962144" cy="793943"/>
@@ -3260,88 +3260,89 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1009911732">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1302418299">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1683816691">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="275065863">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1736735070">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1882475936">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0026053B"/>
     <w:rsid w:val="00003FED"/>
     <w:rsid w:val="00016C46"/>
     <w:rsid w:val="000172BA"/>
     <w:rsid w:val="0002155E"/>
     <w:rsid w:val="000231FE"/>
     <w:rsid w:val="00023A2C"/>
     <w:rsid w:val="00027395"/>
     <w:rsid w:val="00031EC3"/>
     <w:rsid w:val="0003725F"/>
     <w:rsid w:val="00043EA6"/>
     <w:rsid w:val="00051092"/>
     <w:rsid w:val="00053823"/>
+    <w:rsid w:val="000538D6"/>
     <w:rsid w:val="00054557"/>
     <w:rsid w:val="000551F9"/>
     <w:rsid w:val="0005600A"/>
     <w:rsid w:val="0006092D"/>
     <w:rsid w:val="00073B97"/>
     <w:rsid w:val="00076A2C"/>
     <w:rsid w:val="000827B0"/>
     <w:rsid w:val="0009025D"/>
     <w:rsid w:val="0009240B"/>
     <w:rsid w:val="00094F6E"/>
     <w:rsid w:val="000975F6"/>
     <w:rsid w:val="000B0676"/>
     <w:rsid w:val="000B637A"/>
     <w:rsid w:val="000D05D5"/>
     <w:rsid w:val="000D59DE"/>
     <w:rsid w:val="000D6AF4"/>
     <w:rsid w:val="000E455D"/>
     <w:rsid w:val="000E5682"/>
     <w:rsid w:val="000F3578"/>
     <w:rsid w:val="000F38AB"/>
     <w:rsid w:val="000F67AE"/>
     <w:rsid w:val="001144D7"/>
     <w:rsid w:val="00116F11"/>
     <w:rsid w:val="001212F3"/>
     <w:rsid w:val="00122941"/>
@@ -3392,77 +3393,77 @@
     <w:rsid w:val="00280B8D"/>
     <w:rsid w:val="002A238E"/>
     <w:rsid w:val="002A30CB"/>
     <w:rsid w:val="002A7CF0"/>
     <w:rsid w:val="002C1E39"/>
     <w:rsid w:val="002C2D8D"/>
     <w:rsid w:val="002C336E"/>
     <w:rsid w:val="002C5513"/>
     <w:rsid w:val="002D0FF7"/>
     <w:rsid w:val="002E34FB"/>
     <w:rsid w:val="002E6CD2"/>
     <w:rsid w:val="002E7EB0"/>
     <w:rsid w:val="00302689"/>
     <w:rsid w:val="00303915"/>
     <w:rsid w:val="00306ABA"/>
     <w:rsid w:val="00311D96"/>
     <w:rsid w:val="00315361"/>
     <w:rsid w:val="0031794D"/>
     <w:rsid w:val="0032349D"/>
     <w:rsid w:val="003265C8"/>
     <w:rsid w:val="00331812"/>
     <w:rsid w:val="00332342"/>
     <w:rsid w:val="003339AD"/>
     <w:rsid w:val="003374AF"/>
     <w:rsid w:val="0034608A"/>
+    <w:rsid w:val="00347706"/>
     <w:rsid w:val="00352761"/>
     <w:rsid w:val="003567C2"/>
     <w:rsid w:val="00362BFF"/>
     <w:rsid w:val="003731A7"/>
     <w:rsid w:val="00375F77"/>
     <w:rsid w:val="003769A2"/>
     <w:rsid w:val="00377BF1"/>
     <w:rsid w:val="00384CD7"/>
     <w:rsid w:val="00390E19"/>
     <w:rsid w:val="003B3BC3"/>
     <w:rsid w:val="003B6863"/>
     <w:rsid w:val="003B792B"/>
     <w:rsid w:val="003C35BF"/>
     <w:rsid w:val="003C46C1"/>
     <w:rsid w:val="003D287C"/>
     <w:rsid w:val="003E4D56"/>
     <w:rsid w:val="003E57CE"/>
     <w:rsid w:val="003F1929"/>
     <w:rsid w:val="00406DA9"/>
     <w:rsid w:val="00412302"/>
     <w:rsid w:val="0042075E"/>
     <w:rsid w:val="00420CD0"/>
     <w:rsid w:val="00421C92"/>
     <w:rsid w:val="0042482A"/>
     <w:rsid w:val="00427530"/>
     <w:rsid w:val="00427E6D"/>
-    <w:rsid w:val="00455824"/>
     <w:rsid w:val="00455AFB"/>
     <w:rsid w:val="00462EA1"/>
     <w:rsid w:val="004659B3"/>
     <w:rsid w:val="00467158"/>
     <w:rsid w:val="004708CF"/>
     <w:rsid w:val="00496480"/>
     <w:rsid w:val="00496482"/>
     <w:rsid w:val="004A26B6"/>
     <w:rsid w:val="004B0086"/>
     <w:rsid w:val="004B2698"/>
     <w:rsid w:val="004B3AA4"/>
     <w:rsid w:val="004C3D0C"/>
     <w:rsid w:val="004D5AC0"/>
     <w:rsid w:val="004E5A64"/>
     <w:rsid w:val="004F2793"/>
     <w:rsid w:val="004F439F"/>
     <w:rsid w:val="00502032"/>
     <w:rsid w:val="005055F0"/>
     <w:rsid w:val="005156CF"/>
     <w:rsid w:val="0052296D"/>
     <w:rsid w:val="00531851"/>
     <w:rsid w:val="00532972"/>
     <w:rsid w:val="00532EB5"/>
     <w:rsid w:val="005428E1"/>
     <w:rsid w:val="005536D3"/>
@@ -5236,59 +5237,87 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>448</Words>
   <Characters>2557</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>22</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="23" baseType="lpstr">
       <vt:lpstr>How PubMed Works: Automatic Term Mapping</vt:lpstr>
+      <vt:lpstr>Effective Health Communication and Health Literacy Resource List</vt:lpstr>
+      <vt:lpstr>    Resources covered in webinar</vt:lpstr>
+      <vt:lpstr>    AHRQ Health Literacy Universal Precautions Toolkit </vt:lpstr>
+      <vt:lpstr>    Suitability Assessment of Materials [Chapter 4]</vt:lpstr>
+      <vt:lpstr>    MedlinePlus </vt:lpstr>
+      <vt:lpstr>    EthnoMed </vt:lpstr>
+      <vt:lpstr>    Indian Health Service</vt:lpstr>
+      <vt:lpstr>    Citations from webinar</vt:lpstr>
+      <vt:lpstr>    Additional resources</vt:lpstr>
+      <vt:lpstr>        Interventions</vt:lpstr>
+      <vt:lpstr>        AHRQ Health Literacy Interventions and Outcomes: An Updated Systematic Review  </vt:lpstr>
+      <vt:lpstr>        Plain language</vt:lpstr>
+      <vt:lpstr>        Everyday Words for Public Health Communication from the CDC </vt:lpstr>
+      <vt:lpstr>        Federal plain language guidelines</vt:lpstr>
+      <vt:lpstr>        Plain Language Thesaurus for Health Communications </vt:lpstr>
+      <vt:lpstr>        Teach-back Method of Patient Communication</vt:lpstr>
+      <vt:lpstr>    Accessibility</vt:lpstr>
+      <vt:lpstr>        ADA Best Practices Tool Kit: General Effective Communication </vt:lpstr>
+      <vt:lpstr>        Removing barriers: Tips and Strategies to Promote Accessible Communication</vt:lpstr>
+      <vt:lpstr>        WAVE: Web Accessibility Evaluation Tool</vt:lpstr>
+      <vt:lpstr>    Numeracy</vt:lpstr>
+      <vt:lpstr>        The SHARE Approach - Communicating Numbers to Your Patients </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3000</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>How PubMed Works: Automatic Term Mapping</dc:title>
   <dc:creator>NNLM Training Office</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>