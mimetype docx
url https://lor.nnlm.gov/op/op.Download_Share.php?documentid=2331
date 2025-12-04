--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -1,1036 +1,1150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="5DEEC1E0" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Effective Health Communication and Health Literacy Resource List</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B908EF6" w14:textId="5CC7C844" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="009700CA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resources covered in webinar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C92C03" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="63C92C03" w14:textId="5CCDA2C2" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>AHRQ Health Literacy Universal Precautions Toolkit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37AA5538" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="307235BC" w14:textId="77777777" w:rsidR="00DC776F" w:rsidRDefault="0041609D" w:rsidP="00DC776F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Suitability Assessment of Materials [Chapter 4]</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C940EED" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="6B4137EE" w14:textId="4DF7A498" w:rsidR="00FE5A8E" w:rsidRPr="00DC776F" w:rsidRDefault="0041609D" w:rsidP="00DC776F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00FE5A8E" w:rsidRPr="00DC776F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Suitability Assessment of Materials (SAM) Scoring Sheet</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1C940EED" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>MedlinePlus</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770D5BCF" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="770D5BCF" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EthnoMed</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5687F980" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="14E5B84F" w14:textId="64EAD943" w:rsidR="009D6449" w:rsidRDefault="0041609D" w:rsidP="009D6449">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Indian Health Service</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="397B9385" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="009700CA">
+    <w:p w14:paraId="104AFED1" w14:textId="45F2534C" w:rsidR="00DC776F" w:rsidRPr="00DC776F" w:rsidRDefault="00FD277E" w:rsidP="00DC776F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Citations from webinar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54D71DFF" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="54D71DFF" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Health Literacy in Healthy People 2030</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA6A0D1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="5BA6A0D1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Health Literacy from A to Z: Practical Ways to Communicate Your Health Message.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22746252" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="22746252" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>A systematic review of patient medication error on self-administering medication at home.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65ECA8F2" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="65ECA8F2" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statistical discrimination in health care.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="431A3EDB" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="431A3EDB" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>National Assessment of Adult Literacy (NAAL).</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60EA2376" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="60EA2376" w14:textId="62088FA8" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Adult Literacy in America: A First Look at the Results of the National Adult Literacy Survey.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="115F3FC9" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
-[...1 lines deleted...]
-        <w:spacing w:after="360"/>
+    <w:p w14:paraId="1B002F65" w14:textId="77777777" w:rsidR="00DC776F" w:rsidRDefault="0041609D" w:rsidP="00DC776F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Chapter 3: The Extent and Associations of Limited Health Literacy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E1EB44D" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="4AAFAB05" w14:textId="3FDB50AC" w:rsidR="00DC776F" w:rsidRDefault="0041609D" w:rsidP="00DC776F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00DC776F" w:rsidRPr="00DC776F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Teaching About Health Literacy and Clear Communication</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7135FE7B" w14:textId="54ABBF4F" w:rsidR="00B12CF6" w:rsidRPr="00B12CF6" w:rsidRDefault="00B12CF6" w:rsidP="00B12CF6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:line="450" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00B12CF6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Assessing Readability of Patient Education Materials: Current Role in </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B12CF6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Orthopaedics</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5BB2AC6D" w14:textId="77777777" w:rsidR="00B12CF6" w:rsidRPr="00FD277E" w:rsidRDefault="00B12CF6" w:rsidP="00DC776F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24CC0F91" w14:textId="77777777" w:rsidR="00F4304C" w:rsidRDefault="00F4304C" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E1EB44D" w14:textId="02738543" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00F4304C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Additional resources</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AF79CE1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Interventions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="184A3257" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="6A01F04B" w14:textId="37BC9F6F" w:rsidR="008C5820" w:rsidRPr="008C5820" w:rsidRDefault="0041609D" w:rsidP="008C5820">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>AHRQ Health Literacy Interventions and Outcomes: An Updated Systematic Review</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7179FBD5" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="7179FBD5" w14:textId="1FB125C0" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00755463">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Plain language</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FBF1E7A" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="6FBF1E7A" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="008C5820">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Everyday Words for Public Health Communication from the CDC</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12011127" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="6E420388" w14:textId="1CFADB8D" w:rsidR="00924163" w:rsidRDefault="00052393" w:rsidP="008C5820">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:after="120"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00FD277E">
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00924163">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Federal plain language guidelines</w:t>
+          <w:t>Plain Language Guide Series</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DFBCF1F" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="4ECCBE66" w14:textId="24ABCF72" w:rsidR="008C5820" w:rsidRPr="008C5820" w:rsidRDefault="0041609D" w:rsidP="008C5820">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:after="120"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00FD277E">
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Plain Language Thesaurus for Health Communications</w:t>
+          <w:t>Plain Langu</w:t>
+        </w:r>
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>ge Thesaurus for Health Communications</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5045BCD1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="5045BCD1" w14:textId="7E744D77" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00755463">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Teach-back Method of Patient Communication</w:t>
       </w:r>
-      <w:r w:rsidRPr="009700CA">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.ahrq.gov/patient-safety/reports/engage/teachback.html" </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="009700CA">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E82BE6E" w14:textId="3F7C4332" w:rsidR="00634F7F" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00634F7F">
-[...1 lines deleted...]
-        <w:spacing w:after="520"/>
+    <w:p w14:paraId="4E82BE6E" w14:textId="3F7C4332" w:rsidR="00634F7F" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00840DF9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>Guide to Improving Patient Safety in Primary Care Settings by Engaging Patients and Families</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC5BBA7" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00634F7F">
+    <w:p w14:paraId="4DC5BBA7" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00755463">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="480"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Accessibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35BCD31B" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="35BCD31B" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>ADA Best Practices Tool Kit: General Effective Communication</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FB79B1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="27FB79B1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Removing barriers: Tips and Strategies to Promote Accessible Communication</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75784EB1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="75784EB1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>WAVE: Web Accessibility Evaluation Tool</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="236FE2E0" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Numeracy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="165F678C" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+    <w:p w14:paraId="165F678C" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>The SHARE Approach - Communicating Numbers to Your Patients</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="651413DD" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36856F28" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="000E5682">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidSect="007F4937">
-      <w:headerReference w:type="default" r:id="rId28"/>
-      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:headerReference w:type="default" r:id="rId31"/>
+      <w:footerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1152" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="024B7306" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3F41DD9D" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:id w:val="-675036999"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3563B88C" w14:textId="5B3B39E9" w:rsidR="0088563C" w:rsidRPr="0009025D" w:rsidRDefault="00B411F0" w:rsidP="00675CB9">
+      <w:p w14:paraId="3563B88C" w14:textId="52CF37B6" w:rsidR="0088563C" w:rsidRPr="0009025D" w:rsidRDefault="00B411F0" w:rsidP="00675CB9">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00B411F0">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="0088563C" w:rsidRPr="0009025D">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">Updated </w:t>
         </w:r>
-        <w:r w:rsidR="000E5682">
+        <w:r w:rsidR="001704AB">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>August</w:t>
+          <w:t>November</w:t>
         </w:r>
         <w:r w:rsidR="002C5513">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2025</w:t>
         </w:r>
         <w:r w:rsidR="0088563C">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:p>
       <w:p w14:paraId="3FBC42AC" w14:textId="23AA8878" w:rsidR="001C6109" w:rsidRDefault="001C6109" w:rsidP="00813692">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
@@ -1041,76 +1155,76 @@
         </w:r>
         <w:r w:rsidR="00AB4D03">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3456898A" w14:textId="77777777" w:rsidR="001C6109" w:rsidRDefault="001C6109">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="308B0EF3" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0311D3E7" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="37FDCAA7" w14:textId="70549568" w:rsidR="00834F00" w:rsidRDefault="0097198C" w:rsidP="00675CB9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3811E9E1" wp14:editId="6D5BF189">
           <wp:extent cx="4962144" cy="793943"/>
           <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:docPr id="1" name="Picture 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1123,51 +1237,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4962144" cy="793943"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FA44148"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA968800"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3192,274 +3306,281 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2078817878">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1584606050">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="598952202">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="668870159">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1782609141">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="599457983">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="19555875">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2006202707">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="491681159">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="429356464">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="87389880">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1152988446">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="548034060">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1502742977">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1651668761">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1009911732">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1302418299">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1683816691">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="275065863">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1736735070">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1882475936">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0026053B"/>
     <w:rsid w:val="00003FED"/>
     <w:rsid w:val="00016C46"/>
     <w:rsid w:val="000172BA"/>
     <w:rsid w:val="0002155E"/>
     <w:rsid w:val="000231FE"/>
     <w:rsid w:val="00023A2C"/>
     <w:rsid w:val="00027395"/>
+    <w:rsid w:val="00030AF4"/>
     <w:rsid w:val="00031EC3"/>
     <w:rsid w:val="0003725F"/>
     <w:rsid w:val="00043EA6"/>
     <w:rsid w:val="00051092"/>
+    <w:rsid w:val="00052393"/>
     <w:rsid w:val="00053823"/>
     <w:rsid w:val="00054557"/>
     <w:rsid w:val="000551F9"/>
     <w:rsid w:val="0005600A"/>
     <w:rsid w:val="0006092D"/>
     <w:rsid w:val="00073B97"/>
     <w:rsid w:val="00076A2C"/>
     <w:rsid w:val="000827B0"/>
     <w:rsid w:val="0009025D"/>
     <w:rsid w:val="0009240B"/>
     <w:rsid w:val="00094F6E"/>
     <w:rsid w:val="000975F6"/>
     <w:rsid w:val="000B0676"/>
     <w:rsid w:val="000B637A"/>
     <w:rsid w:val="000D05D5"/>
     <w:rsid w:val="000D59DE"/>
     <w:rsid w:val="000D6AF4"/>
     <w:rsid w:val="000E455D"/>
     <w:rsid w:val="000E5682"/>
     <w:rsid w:val="000F3578"/>
     <w:rsid w:val="000F38AB"/>
     <w:rsid w:val="000F67AE"/>
     <w:rsid w:val="001144D7"/>
     <w:rsid w:val="00116F11"/>
     <w:rsid w:val="001212F3"/>
     <w:rsid w:val="00122941"/>
     <w:rsid w:val="00124DC5"/>
     <w:rsid w:val="001264DC"/>
     <w:rsid w:val="0012679F"/>
     <w:rsid w:val="001315A1"/>
     <w:rsid w:val="00132031"/>
     <w:rsid w:val="00142A96"/>
     <w:rsid w:val="00144DAB"/>
     <w:rsid w:val="00155E9F"/>
     <w:rsid w:val="001625D5"/>
+    <w:rsid w:val="001704AB"/>
     <w:rsid w:val="0017338E"/>
     <w:rsid w:val="00173F9D"/>
+    <w:rsid w:val="00174D77"/>
     <w:rsid w:val="00176B75"/>
     <w:rsid w:val="00181B33"/>
     <w:rsid w:val="001839F8"/>
     <w:rsid w:val="00185AA9"/>
     <w:rsid w:val="00185F07"/>
     <w:rsid w:val="00187F91"/>
     <w:rsid w:val="001973FE"/>
     <w:rsid w:val="001A1EE5"/>
     <w:rsid w:val="001A4677"/>
     <w:rsid w:val="001C6109"/>
     <w:rsid w:val="001E49DA"/>
     <w:rsid w:val="001F164E"/>
     <w:rsid w:val="001F1D85"/>
     <w:rsid w:val="001F1FB7"/>
     <w:rsid w:val="001F3941"/>
     <w:rsid w:val="001F3E88"/>
+    <w:rsid w:val="001F4ACA"/>
     <w:rsid w:val="0020480F"/>
     <w:rsid w:val="00205A62"/>
     <w:rsid w:val="00207ECC"/>
     <w:rsid w:val="00213DB2"/>
     <w:rsid w:val="00215E97"/>
     <w:rsid w:val="002160BD"/>
     <w:rsid w:val="00220371"/>
     <w:rsid w:val="00225FCE"/>
     <w:rsid w:val="00244A46"/>
     <w:rsid w:val="00253C0C"/>
     <w:rsid w:val="00254332"/>
     <w:rsid w:val="0025460F"/>
     <w:rsid w:val="0026053B"/>
     <w:rsid w:val="00260600"/>
     <w:rsid w:val="002666E8"/>
     <w:rsid w:val="00272263"/>
     <w:rsid w:val="002779F4"/>
     <w:rsid w:val="00280B8D"/>
     <w:rsid w:val="002A238E"/>
     <w:rsid w:val="002A30CB"/>
     <w:rsid w:val="002A7CF0"/>
     <w:rsid w:val="002C1E39"/>
     <w:rsid w:val="002C2D8D"/>
     <w:rsid w:val="002C336E"/>
     <w:rsid w:val="002C5513"/>
     <w:rsid w:val="002D0FF7"/>
     <w:rsid w:val="002E34FB"/>
     <w:rsid w:val="002E6CD2"/>
     <w:rsid w:val="002E7EB0"/>
+    <w:rsid w:val="002F2E6E"/>
     <w:rsid w:val="00302689"/>
     <w:rsid w:val="00303915"/>
     <w:rsid w:val="00306ABA"/>
     <w:rsid w:val="00311D96"/>
     <w:rsid w:val="00315361"/>
     <w:rsid w:val="0031794D"/>
     <w:rsid w:val="0032349D"/>
     <w:rsid w:val="003265C8"/>
     <w:rsid w:val="00331812"/>
     <w:rsid w:val="00332342"/>
     <w:rsid w:val="003339AD"/>
     <w:rsid w:val="003374AF"/>
     <w:rsid w:val="0034608A"/>
     <w:rsid w:val="00352761"/>
     <w:rsid w:val="003567C2"/>
     <w:rsid w:val="00362BFF"/>
     <w:rsid w:val="003731A7"/>
     <w:rsid w:val="00375F77"/>
     <w:rsid w:val="003769A2"/>
     <w:rsid w:val="00377BF1"/>
     <w:rsid w:val="00384CD7"/>
     <w:rsid w:val="00390E19"/>
     <w:rsid w:val="003B3BC3"/>
     <w:rsid w:val="003B6863"/>
     <w:rsid w:val="003B792B"/>
     <w:rsid w:val="003C35BF"/>
     <w:rsid w:val="003C46C1"/>
     <w:rsid w:val="003D287C"/>
     <w:rsid w:val="003E4D56"/>
     <w:rsid w:val="003E57CE"/>
     <w:rsid w:val="003F1929"/>
     <w:rsid w:val="00406DA9"/>
     <w:rsid w:val="00412302"/>
+    <w:rsid w:val="0041609D"/>
     <w:rsid w:val="0042075E"/>
     <w:rsid w:val="00420CD0"/>
     <w:rsid w:val="00421C92"/>
     <w:rsid w:val="0042482A"/>
+    <w:rsid w:val="00426104"/>
     <w:rsid w:val="00427530"/>
     <w:rsid w:val="00427E6D"/>
     <w:rsid w:val="00455824"/>
     <w:rsid w:val="00455AFB"/>
     <w:rsid w:val="00462EA1"/>
     <w:rsid w:val="004659B3"/>
     <w:rsid w:val="00467158"/>
     <w:rsid w:val="004708CF"/>
     <w:rsid w:val="00496480"/>
     <w:rsid w:val="00496482"/>
     <w:rsid w:val="004A26B6"/>
     <w:rsid w:val="004B0086"/>
     <w:rsid w:val="004B2698"/>
     <w:rsid w:val="004B3AA4"/>
     <w:rsid w:val="004C3D0C"/>
     <w:rsid w:val="004D5AC0"/>
     <w:rsid w:val="004E5A64"/>
     <w:rsid w:val="004F2793"/>
     <w:rsid w:val="004F439F"/>
     <w:rsid w:val="00502032"/>
     <w:rsid w:val="005055F0"/>
     <w:rsid w:val="005156CF"/>
     <w:rsid w:val="0052296D"/>
     <w:rsid w:val="00531851"/>
     <w:rsid w:val="00532972"/>
@@ -3512,370 +3633,405 @@
     <w:rsid w:val="00675CB9"/>
     <w:rsid w:val="006806DA"/>
     <w:rsid w:val="006858B5"/>
     <w:rsid w:val="00685ABD"/>
     <w:rsid w:val="0069077C"/>
     <w:rsid w:val="00693F93"/>
     <w:rsid w:val="006A096E"/>
     <w:rsid w:val="006A1BF8"/>
     <w:rsid w:val="006A423F"/>
     <w:rsid w:val="006A757A"/>
     <w:rsid w:val="006B1A23"/>
     <w:rsid w:val="006B5155"/>
     <w:rsid w:val="006B6D93"/>
     <w:rsid w:val="006C3CF0"/>
     <w:rsid w:val="006E2B6B"/>
     <w:rsid w:val="006E673C"/>
     <w:rsid w:val="006E7712"/>
     <w:rsid w:val="00703751"/>
     <w:rsid w:val="00705DFB"/>
     <w:rsid w:val="00705FAA"/>
     <w:rsid w:val="00706691"/>
     <w:rsid w:val="007100B5"/>
     <w:rsid w:val="00712D65"/>
     <w:rsid w:val="00713423"/>
     <w:rsid w:val="007211C6"/>
+    <w:rsid w:val="00723817"/>
     <w:rsid w:val="00723912"/>
     <w:rsid w:val="007266A9"/>
     <w:rsid w:val="00730388"/>
     <w:rsid w:val="0073058E"/>
     <w:rsid w:val="00730B6E"/>
     <w:rsid w:val="007312FE"/>
     <w:rsid w:val="007337AC"/>
     <w:rsid w:val="0073441B"/>
     <w:rsid w:val="0073774A"/>
     <w:rsid w:val="00741A17"/>
     <w:rsid w:val="00741B55"/>
     <w:rsid w:val="0074237C"/>
     <w:rsid w:val="00744B7A"/>
     <w:rsid w:val="007531FD"/>
+    <w:rsid w:val="00755463"/>
     <w:rsid w:val="00757816"/>
     <w:rsid w:val="00760255"/>
     <w:rsid w:val="00766FD4"/>
     <w:rsid w:val="00771A3A"/>
+    <w:rsid w:val="007724F1"/>
     <w:rsid w:val="00772D68"/>
     <w:rsid w:val="00782609"/>
     <w:rsid w:val="00784339"/>
     <w:rsid w:val="0079133E"/>
     <w:rsid w:val="00792518"/>
     <w:rsid w:val="00794192"/>
     <w:rsid w:val="00794DF5"/>
     <w:rsid w:val="00796867"/>
     <w:rsid w:val="007979AD"/>
     <w:rsid w:val="00797B3F"/>
+    <w:rsid w:val="007A20F0"/>
     <w:rsid w:val="007A4990"/>
+    <w:rsid w:val="007A4A59"/>
     <w:rsid w:val="007A6719"/>
+    <w:rsid w:val="007B0469"/>
     <w:rsid w:val="007B07D8"/>
     <w:rsid w:val="007B602E"/>
     <w:rsid w:val="007B79E2"/>
     <w:rsid w:val="007C485E"/>
     <w:rsid w:val="007C7F0B"/>
     <w:rsid w:val="007D2E28"/>
     <w:rsid w:val="007E14FB"/>
     <w:rsid w:val="007E4BE7"/>
     <w:rsid w:val="007F4937"/>
     <w:rsid w:val="007F728B"/>
     <w:rsid w:val="00804AC7"/>
     <w:rsid w:val="00807D54"/>
     <w:rsid w:val="008102E8"/>
     <w:rsid w:val="00810544"/>
     <w:rsid w:val="00811C31"/>
     <w:rsid w:val="00813692"/>
+    <w:rsid w:val="00814984"/>
     <w:rsid w:val="00827C2A"/>
     <w:rsid w:val="00830B8F"/>
     <w:rsid w:val="00831F58"/>
     <w:rsid w:val="00834F00"/>
     <w:rsid w:val="00835624"/>
+    <w:rsid w:val="00840DF9"/>
     <w:rsid w:val="00845D9E"/>
     <w:rsid w:val="008471DF"/>
     <w:rsid w:val="00851C72"/>
     <w:rsid w:val="00862654"/>
     <w:rsid w:val="00864ADE"/>
     <w:rsid w:val="0086569C"/>
+    <w:rsid w:val="008677A8"/>
     <w:rsid w:val="008757F3"/>
     <w:rsid w:val="0088255E"/>
     <w:rsid w:val="0088563C"/>
     <w:rsid w:val="00886776"/>
     <w:rsid w:val="0088787A"/>
     <w:rsid w:val="00887946"/>
     <w:rsid w:val="008B5FD2"/>
     <w:rsid w:val="008B6E77"/>
     <w:rsid w:val="008B748E"/>
+    <w:rsid w:val="008C5820"/>
     <w:rsid w:val="008C5C45"/>
     <w:rsid w:val="008C6202"/>
     <w:rsid w:val="008D060E"/>
     <w:rsid w:val="008D23F1"/>
     <w:rsid w:val="008F020B"/>
     <w:rsid w:val="008F251A"/>
     <w:rsid w:val="008F3971"/>
     <w:rsid w:val="00900BEB"/>
     <w:rsid w:val="00906723"/>
     <w:rsid w:val="00914F9C"/>
     <w:rsid w:val="00921E5C"/>
+    <w:rsid w:val="00924163"/>
     <w:rsid w:val="00945477"/>
     <w:rsid w:val="00946345"/>
+    <w:rsid w:val="0095128D"/>
     <w:rsid w:val="00964640"/>
     <w:rsid w:val="0096779E"/>
     <w:rsid w:val="009700CA"/>
     <w:rsid w:val="0097198C"/>
     <w:rsid w:val="00971CF3"/>
     <w:rsid w:val="0097222E"/>
     <w:rsid w:val="00974AFC"/>
     <w:rsid w:val="009866C4"/>
     <w:rsid w:val="00991159"/>
     <w:rsid w:val="009911B7"/>
     <w:rsid w:val="00992086"/>
     <w:rsid w:val="00995B2F"/>
     <w:rsid w:val="009A0902"/>
     <w:rsid w:val="009A2FBE"/>
     <w:rsid w:val="009A496E"/>
     <w:rsid w:val="009A4D8E"/>
     <w:rsid w:val="009B0B97"/>
     <w:rsid w:val="009B1F10"/>
     <w:rsid w:val="009B5C13"/>
     <w:rsid w:val="009B7057"/>
+    <w:rsid w:val="009C1681"/>
     <w:rsid w:val="009C23D0"/>
     <w:rsid w:val="009C4EA2"/>
     <w:rsid w:val="009C566E"/>
+    <w:rsid w:val="009D6449"/>
     <w:rsid w:val="009D71F3"/>
     <w:rsid w:val="009E0DA4"/>
     <w:rsid w:val="009E6435"/>
     <w:rsid w:val="009E6840"/>
     <w:rsid w:val="009E7D0E"/>
     <w:rsid w:val="009F2926"/>
     <w:rsid w:val="00A2021B"/>
     <w:rsid w:val="00A245DD"/>
     <w:rsid w:val="00A473A1"/>
     <w:rsid w:val="00A52F0B"/>
     <w:rsid w:val="00A55E7A"/>
     <w:rsid w:val="00A57023"/>
     <w:rsid w:val="00A60802"/>
     <w:rsid w:val="00A64842"/>
     <w:rsid w:val="00A75CC8"/>
     <w:rsid w:val="00A77707"/>
     <w:rsid w:val="00A77989"/>
     <w:rsid w:val="00A8546F"/>
     <w:rsid w:val="00A91228"/>
     <w:rsid w:val="00A91620"/>
+    <w:rsid w:val="00A9254C"/>
     <w:rsid w:val="00A93B7B"/>
     <w:rsid w:val="00A95559"/>
     <w:rsid w:val="00A959DA"/>
     <w:rsid w:val="00AA1218"/>
     <w:rsid w:val="00AA6F9E"/>
+    <w:rsid w:val="00AB18E6"/>
     <w:rsid w:val="00AB4D03"/>
     <w:rsid w:val="00AC0F63"/>
     <w:rsid w:val="00AC618D"/>
     <w:rsid w:val="00AE28CA"/>
     <w:rsid w:val="00AE5B70"/>
     <w:rsid w:val="00B0740D"/>
     <w:rsid w:val="00B07FA7"/>
+    <w:rsid w:val="00B12CF6"/>
     <w:rsid w:val="00B15C27"/>
+    <w:rsid w:val="00B27A3D"/>
     <w:rsid w:val="00B3170D"/>
     <w:rsid w:val="00B406A2"/>
     <w:rsid w:val="00B411F0"/>
     <w:rsid w:val="00B41BAC"/>
     <w:rsid w:val="00B51B15"/>
     <w:rsid w:val="00B51FFE"/>
     <w:rsid w:val="00B54BF6"/>
     <w:rsid w:val="00B54FB8"/>
     <w:rsid w:val="00B625C2"/>
     <w:rsid w:val="00B62C36"/>
     <w:rsid w:val="00B62DB9"/>
     <w:rsid w:val="00B6499E"/>
     <w:rsid w:val="00B677A2"/>
+    <w:rsid w:val="00B72235"/>
     <w:rsid w:val="00B7446C"/>
     <w:rsid w:val="00B80011"/>
     <w:rsid w:val="00B81996"/>
     <w:rsid w:val="00B841DA"/>
     <w:rsid w:val="00B85ACD"/>
     <w:rsid w:val="00B94B16"/>
     <w:rsid w:val="00BA5A39"/>
     <w:rsid w:val="00BA5AE5"/>
+    <w:rsid w:val="00BA5F32"/>
     <w:rsid w:val="00BB60C0"/>
     <w:rsid w:val="00BC2336"/>
     <w:rsid w:val="00BC2847"/>
     <w:rsid w:val="00BC454E"/>
     <w:rsid w:val="00BD4985"/>
     <w:rsid w:val="00BD5171"/>
+    <w:rsid w:val="00BD60F1"/>
     <w:rsid w:val="00BD6628"/>
     <w:rsid w:val="00BD715E"/>
     <w:rsid w:val="00BD7A3D"/>
     <w:rsid w:val="00BE0F65"/>
     <w:rsid w:val="00BE3613"/>
     <w:rsid w:val="00BE6FA7"/>
     <w:rsid w:val="00BF223C"/>
     <w:rsid w:val="00C07206"/>
     <w:rsid w:val="00C11D8B"/>
     <w:rsid w:val="00C20A7B"/>
     <w:rsid w:val="00C31CF3"/>
     <w:rsid w:val="00C33841"/>
     <w:rsid w:val="00C34326"/>
     <w:rsid w:val="00C35829"/>
     <w:rsid w:val="00C40FA5"/>
     <w:rsid w:val="00C42612"/>
     <w:rsid w:val="00C44F17"/>
     <w:rsid w:val="00C534F0"/>
     <w:rsid w:val="00C57B61"/>
     <w:rsid w:val="00C57C0B"/>
     <w:rsid w:val="00C666DA"/>
+    <w:rsid w:val="00C67918"/>
     <w:rsid w:val="00C67C22"/>
     <w:rsid w:val="00C7495C"/>
     <w:rsid w:val="00C84F7A"/>
     <w:rsid w:val="00CA3ABB"/>
+    <w:rsid w:val="00CB04B2"/>
     <w:rsid w:val="00CB1CD4"/>
     <w:rsid w:val="00CC2F4F"/>
     <w:rsid w:val="00CC4BBA"/>
     <w:rsid w:val="00CC740D"/>
     <w:rsid w:val="00CD1A50"/>
     <w:rsid w:val="00CD21F0"/>
     <w:rsid w:val="00CD2280"/>
     <w:rsid w:val="00CD31D7"/>
     <w:rsid w:val="00CD4CA7"/>
     <w:rsid w:val="00CD6115"/>
     <w:rsid w:val="00CE6B5A"/>
     <w:rsid w:val="00CE7FC9"/>
     <w:rsid w:val="00CF281F"/>
     <w:rsid w:val="00CF2DF5"/>
     <w:rsid w:val="00CF5BD5"/>
     <w:rsid w:val="00CF673C"/>
     <w:rsid w:val="00CF7F59"/>
+    <w:rsid w:val="00D01ABA"/>
     <w:rsid w:val="00D01D22"/>
     <w:rsid w:val="00D170D7"/>
     <w:rsid w:val="00D171A9"/>
     <w:rsid w:val="00D21AE9"/>
     <w:rsid w:val="00D30867"/>
     <w:rsid w:val="00D33383"/>
     <w:rsid w:val="00D34CB9"/>
     <w:rsid w:val="00D51BA2"/>
     <w:rsid w:val="00D52EB8"/>
     <w:rsid w:val="00D64241"/>
+    <w:rsid w:val="00D71740"/>
     <w:rsid w:val="00D80945"/>
     <w:rsid w:val="00D83791"/>
     <w:rsid w:val="00D87216"/>
     <w:rsid w:val="00D941A4"/>
     <w:rsid w:val="00DA4CEF"/>
     <w:rsid w:val="00DA538B"/>
     <w:rsid w:val="00DB09E5"/>
     <w:rsid w:val="00DB1F70"/>
     <w:rsid w:val="00DB43A5"/>
     <w:rsid w:val="00DB711F"/>
     <w:rsid w:val="00DC11D8"/>
     <w:rsid w:val="00DC4B7A"/>
     <w:rsid w:val="00DC643B"/>
+    <w:rsid w:val="00DC776F"/>
+    <w:rsid w:val="00DD6BC1"/>
     <w:rsid w:val="00DD78D5"/>
     <w:rsid w:val="00DE18CC"/>
     <w:rsid w:val="00E029D6"/>
     <w:rsid w:val="00E035C5"/>
     <w:rsid w:val="00E041BC"/>
     <w:rsid w:val="00E06B9B"/>
+    <w:rsid w:val="00E06DDE"/>
     <w:rsid w:val="00E12798"/>
     <w:rsid w:val="00E149C5"/>
     <w:rsid w:val="00E15912"/>
     <w:rsid w:val="00E252D6"/>
     <w:rsid w:val="00E35DD6"/>
     <w:rsid w:val="00E43038"/>
     <w:rsid w:val="00E53100"/>
     <w:rsid w:val="00E53257"/>
     <w:rsid w:val="00E6041D"/>
     <w:rsid w:val="00E63D78"/>
     <w:rsid w:val="00E711A6"/>
     <w:rsid w:val="00E74804"/>
+    <w:rsid w:val="00E76DF1"/>
     <w:rsid w:val="00E80624"/>
     <w:rsid w:val="00E83F38"/>
     <w:rsid w:val="00E916D4"/>
     <w:rsid w:val="00E91F1B"/>
     <w:rsid w:val="00EA0E92"/>
     <w:rsid w:val="00EB23C9"/>
     <w:rsid w:val="00EC0B10"/>
     <w:rsid w:val="00ED0089"/>
     <w:rsid w:val="00EE0D35"/>
     <w:rsid w:val="00EE396C"/>
     <w:rsid w:val="00EE3F88"/>
     <w:rsid w:val="00EE4FF6"/>
     <w:rsid w:val="00EF67D4"/>
     <w:rsid w:val="00F0099D"/>
     <w:rsid w:val="00F03DCB"/>
     <w:rsid w:val="00F110CE"/>
     <w:rsid w:val="00F11203"/>
+    <w:rsid w:val="00F13E31"/>
     <w:rsid w:val="00F16EA7"/>
     <w:rsid w:val="00F21949"/>
+    <w:rsid w:val="00F4304C"/>
     <w:rsid w:val="00F44139"/>
     <w:rsid w:val="00F478E9"/>
     <w:rsid w:val="00F507E1"/>
     <w:rsid w:val="00F60478"/>
     <w:rsid w:val="00F61407"/>
     <w:rsid w:val="00F62B6F"/>
     <w:rsid w:val="00F71FB1"/>
+    <w:rsid w:val="00F918FA"/>
     <w:rsid w:val="00F97CD3"/>
     <w:rsid w:val="00FA1D97"/>
     <w:rsid w:val="00FA2D4B"/>
     <w:rsid w:val="00FA374D"/>
     <w:rsid w:val="00FB466D"/>
     <w:rsid w:val="00FB4BDB"/>
     <w:rsid w:val="00FC100A"/>
+    <w:rsid w:val="00FC7A9D"/>
     <w:rsid w:val="00FD1C68"/>
     <w:rsid w:val="00FD2097"/>
     <w:rsid w:val="00FD277E"/>
     <w:rsid w:val="00FD30E0"/>
     <w:rsid w:val="00FD759E"/>
     <w:rsid w:val="00FE0A63"/>
     <w:rsid w:val="00FE1620"/>
     <w:rsid w:val="00FE2876"/>
     <w:rsid w:val="00FE48C5"/>
+    <w:rsid w:val="00FE5A8E"/>
     <w:rsid w:val="00FF02EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="47EEB7F5"/>
   <w15:docId w15:val="{C6FAAFD8-4E5B-4E5E-BAD7-CE31E27C3519}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4620,51 +4776,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A473A1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD277E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="129566422">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="52583029">
           <w:marLeft w:val="360"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="200"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4724,50 +4880,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="720248044">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="978268088">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1072893333">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1077094704">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -4933,51 +5102,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2047294038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hsph.harvard.edu/wp-content/uploads/sites/2663/2012/09/doakchap1-4.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthliteracy.com/health-literacy-from-a-to-z-third-edition-practical-ways-to-communicate-your-health-message/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/books/NBK216036/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wave.webaim.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plainlanguage.gov/guidelines/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/health-literacy/improve/precautions/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/healthypeople/priority-areas/health-literacy-healthy-people-2030" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/pubsearch/pubsinfo.asp?pubid=93275" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpg.unc.edu/publications/removing-barriers-tips-and-strategies-promote-accessible-communication" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/naal/index.asp" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/ccindex/everydaywords/index.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihs.gov/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.ada.gov/pcatoolkit/chap3toolkit.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/11758051/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/patient-safety/reports/engage/teachback.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ethnomed.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/downloads/pub/evidence/pdf/literacy/literacyup.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/25774444/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stacks.cdc.gov/view/cdc/11500/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/sites/default/files/wysiwyg/sdm/share-approach/share-communicating-numbers.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hsph.harvard.edu/wp-content/uploads/sites/2663/2012/09/doakchap1-4.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/healthypeople/priority-areas/health-literacy-healthy-people-2030" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/use-work/resource-library/report/statistical-analysis-report/adult-literacy-america-first-look-findings-national-adult-literacy-survey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/patient-safety/reports/engage/teachback.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pmc.ncbi.nlm.nih.gov/articles/PMC3049622/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/sites/default/files/wysiwyg/health-literacy/3rd-edition-toolkit/health-literacy-toolkit-third-edition.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihs.gov/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/naal/index.asp" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stacks.cdc.gov/view/cdc/11500/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/11758051/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pmc.ncbi.nlm.nih.gov/articles/PMC1831575/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wave.webaim.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ethnomed.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.gov/guides/plain-language/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/25774444/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/ccindex/everydaywords/index.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpg.unc.edu/publications/removing-barriers-tips-and-strategies-promote-accessible-communication" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/books/NBK216036/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ogg.osu.edu/media/documents/health_lit/HOSAM2006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthliteracy.com/health-literacy-from-a-to-z-third-edition-practical-ways-to-communicate-your-health-message/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/downloads/pub/evidence/pdf/literacy/literacyup.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.ada.gov/pcatoolkit/chap3toolkit.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/sites/default/files/wysiwyg/sdm/share-approach/share-communicating-numbers.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -5228,67 +5397,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>448</Words>
-  <Characters>2557</Characters>
+  <Words>210</Words>
+  <Characters>1366</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>How PubMed Works: Automatic Term Mapping</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3000</CharactersWithSpaces>
+  <CharactersWithSpaces>1558</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>How PubMed Works: Automatic Term Mapping</dc:title>
   <dc:creator>NNLM Training Office</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>80b26d5a-6a27-4fc9-b915-a1b7dba3b49d</vt:lpwstr>
+  </property>
+</Properties>
+</file>