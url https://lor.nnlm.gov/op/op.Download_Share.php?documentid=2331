--- v1 (2025-12-04)
+++ v2 (2026-01-20)
@@ -1,1150 +1,1036 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5DEEC1E0" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Effective Health Communication and Health Literacy Resource List</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B908EF6" w14:textId="5CC7C844" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="009700CA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resources covered in webinar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C92C03" w14:textId="5CCDA2C2" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="63C92C03" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>AHRQ Health Literacy Universal Precautions Toolkit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307235BC" w14:textId="77777777" w:rsidR="00DC776F" w:rsidRDefault="0041609D" w:rsidP="00DC776F">
+    <w:p w14:paraId="37AA5538" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Suitability Assessment of Materials [Chapter 4]</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B4137EE" w14:textId="4DF7A498" w:rsidR="00FE5A8E" w:rsidRPr="00DC776F" w:rsidRDefault="0041609D" w:rsidP="00DC776F">
-[...25 lines deleted...]
-    <w:p w14:paraId="1C940EED" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="1C940EED" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>MedlinePlus</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770D5BCF" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="770D5BCF" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EthnoMed</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E5B84F" w14:textId="64EAD943" w:rsidR="009D6449" w:rsidRDefault="0041609D" w:rsidP="009D6449">
+    <w:p w14:paraId="5687F980" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Indian Health Service</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="104AFED1" w14:textId="45F2534C" w:rsidR="00DC776F" w:rsidRPr="00DC776F" w:rsidRDefault="00FD277E" w:rsidP="00DC776F">
+    <w:p w14:paraId="397B9385" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="009700CA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Citations from webinar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54D71DFF" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="54D71DFF" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Health Literacy in Healthy People 2030</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA6A0D1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="5BA6A0D1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Health Literacy from A to Z: Practical Ways to Communicate Your Health Message.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22746252" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="22746252" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>A systematic review of patient medication error on self-administering medication at home.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65ECA8F2" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="65ECA8F2" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statistical discrimination in health care.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="431A3EDB" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="431A3EDB" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>National Assessment of Adult Literacy (NAAL).</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60EA2376" w14:textId="62088FA8" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="60EA2376" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Adult Literacy in America: A First Look at the Results of the National Adult Literacy Survey.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B002F65" w14:textId="77777777" w:rsidR="00DC776F" w:rsidRDefault="0041609D" w:rsidP="00DC776F">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="115F3FC9" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
+      <w:pPr>
+        <w:spacing w:after="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Chapter 3: The Extent and Associations of Limited Health Literacy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AAFAB05" w14:textId="3FDB50AC" w:rsidR="00DC776F" w:rsidRDefault="0041609D" w:rsidP="00DC776F">
-[...69 lines deleted...]
-    <w:p w14:paraId="24CC0F91" w14:textId="77777777" w:rsidR="00F4304C" w:rsidRDefault="00F4304C" w:rsidP="00FD277E">
+    <w:p w14:paraId="0E1EB44D" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Additional resources</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AF79CE1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Interventions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A01F04B" w14:textId="37BC9F6F" w:rsidR="008C5820" w:rsidRPr="008C5820" w:rsidRDefault="0041609D" w:rsidP="008C5820">
+    <w:p w14:paraId="184A3257" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>AHRQ Health Literacy Interventions and Outcomes: An Updated Systematic Review</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7179FBD5" w14:textId="1FB125C0" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00755463">
+    <w:p w14:paraId="7179FBD5" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Plain language</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FBF1E7A" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="008C5820">
+    <w:p w14:paraId="6FBF1E7A" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Everyday Words for Public Health Communication from the CDC</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E420388" w14:textId="1CFADB8D" w:rsidR="00924163" w:rsidRDefault="00052393" w:rsidP="008C5820">
+    <w:p w14:paraId="12011127" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:before="0" w:after="120"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="00924163">
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="0563C1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Plain Language Guide Series</w:t>
+          <w:t>Federal plain language guidelines</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4ECCBE66" w14:textId="24ABCF72" w:rsidR="008C5820" w:rsidRPr="008C5820" w:rsidRDefault="0041609D" w:rsidP="008C5820">
+    <w:p w14:paraId="4DFBCF1F" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:before="0" w:after="120"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
-          <w:t>Plain Langu</w:t>
-[...13 lines deleted...]
-          <w:t>ge Thesaurus for Health Communications</w:t>
+          <w:t>Plain Language Thesaurus for Health Communications</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5045BCD1" w14:textId="7E744D77" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00755463">
+    <w:p w14:paraId="5045BCD1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Teach-back Method of Patient Communication</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.ahrq.gov/patient-safety/reports/engage/teachback.html" </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009700CA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E82BE6E" w14:textId="3F7C4332" w:rsidR="00634F7F" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00840DF9">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="4E82BE6E" w14:textId="3F7C4332" w:rsidR="00634F7F" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="000538D6">
+      <w:pPr>
+        <w:spacing w:after="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>Guide to Improving Patient Safety in Primary Care Settings by Engaging Patients and Families</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC5BBA7" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00755463">
+    <w:p w14:paraId="4DC5BBA7" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="000538D6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:spacing w:before="600"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Accessibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35BCD31B" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="35BCD31B" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>ADA Best Practices Tool Kit: General Effective Communication</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FB79B1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="27FB79B1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Removing barriers: Tips and Strategies to Promote Accessible Communication</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75784EB1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="75784EB1" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>WAVE: Web Accessibility Evaluation Tool</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="236FE2E0" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="009700CA" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009700CA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Numeracy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="165F678C" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="0041609D" w:rsidP="00FD277E">
+    <w:p w14:paraId="165F678C" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00FD277E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>The SHARE Approach - Communicating Numbers to Your Patients</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FD277E" w:rsidRPr="00FD277E">
+      <w:r w:rsidRPr="00FD277E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="651413DD" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="00FD277E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36856F28" w14:textId="77777777" w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidRDefault="00FD277E" w:rsidP="000E5682">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FD277E" w:rsidRPr="00FD277E" w:rsidSect="007F4937">
-      <w:headerReference w:type="default" r:id="rId31"/>
-      <w:footerReference w:type="default" r:id="rId32"/>
+      <w:headerReference w:type="default" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1152" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="024B7306" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
+    <w:p w14:paraId="08273CCD" w14:textId="77777777" w:rsidR="00347706" w:rsidRDefault="00347706" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F41DD9D" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
+    <w:p w14:paraId="10BC16E1" w14:textId="77777777" w:rsidR="00347706" w:rsidRDefault="00347706" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:id w:val="-675036999"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3563B88C" w14:textId="52CF37B6" w:rsidR="0088563C" w:rsidRPr="0009025D" w:rsidRDefault="00B411F0" w:rsidP="00675CB9">
+      <w:p w14:paraId="3563B88C" w14:textId="5B3B39E9" w:rsidR="0088563C" w:rsidRPr="0009025D" w:rsidRDefault="00B411F0" w:rsidP="00675CB9">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00B411F0">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="0088563C" w:rsidRPr="0009025D">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">Updated </w:t>
         </w:r>
-        <w:r w:rsidR="001704AB">
+        <w:r w:rsidR="000E5682">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>November</w:t>
+          <w:t>August</w:t>
         </w:r>
         <w:r w:rsidR="002C5513">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2025</w:t>
         </w:r>
         <w:r w:rsidR="0088563C">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:p>
       <w:p w14:paraId="3FBC42AC" w14:textId="23AA8878" w:rsidR="001C6109" w:rsidRDefault="001C6109" w:rsidP="00813692">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
@@ -1155,76 +1041,76 @@
         </w:r>
         <w:r w:rsidR="00AB4D03">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3456898A" w14:textId="77777777" w:rsidR="001C6109" w:rsidRDefault="001C6109">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="308B0EF3" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
+    <w:p w14:paraId="055BC9F4" w14:textId="77777777" w:rsidR="00347706" w:rsidRDefault="00347706" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0311D3E7" w14:textId="77777777" w:rsidR="00455824" w:rsidRDefault="00455824" w:rsidP="005536D3">
+    <w:p w14:paraId="39F267AD" w14:textId="77777777" w:rsidR="00347706" w:rsidRDefault="00347706" w:rsidP="005536D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="37FDCAA7" w14:textId="70549568" w:rsidR="00834F00" w:rsidRDefault="0097198C" w:rsidP="00675CB9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3811E9E1" wp14:editId="6D5BF189">
           <wp:extent cx="4962144" cy="793943"/>
           <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:docPr id="1" name="Picture 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1237,51 +1123,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4962144" cy="793943"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FA44148"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA968800"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3306,284 +3192,278 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2078817878">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1584606050">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="598952202">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="668870159">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1782609141">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="599457983">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="19555875">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2006202707">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="491681159">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="429356464">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="87389880">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1152988446">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="548034060">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1502742977">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1651668761">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1009911732">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1302418299">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1683816691">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="275065863">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1736735070">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1882475936">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0026053B"/>
     <w:rsid w:val="00003FED"/>
     <w:rsid w:val="00016C46"/>
     <w:rsid w:val="000172BA"/>
     <w:rsid w:val="0002155E"/>
     <w:rsid w:val="000231FE"/>
     <w:rsid w:val="00023A2C"/>
     <w:rsid w:val="00027395"/>
-    <w:rsid w:val="00030AF4"/>
     <w:rsid w:val="00031EC3"/>
     <w:rsid w:val="0003725F"/>
     <w:rsid w:val="00043EA6"/>
     <w:rsid w:val="00051092"/>
-    <w:rsid w:val="00052393"/>
     <w:rsid w:val="00053823"/>
+    <w:rsid w:val="000538D6"/>
     <w:rsid w:val="00054557"/>
     <w:rsid w:val="000551F9"/>
     <w:rsid w:val="0005600A"/>
     <w:rsid w:val="0006092D"/>
     <w:rsid w:val="00073B97"/>
     <w:rsid w:val="00076A2C"/>
     <w:rsid w:val="000827B0"/>
     <w:rsid w:val="0009025D"/>
     <w:rsid w:val="0009240B"/>
     <w:rsid w:val="00094F6E"/>
     <w:rsid w:val="000975F6"/>
     <w:rsid w:val="000B0676"/>
     <w:rsid w:val="000B637A"/>
     <w:rsid w:val="000D05D5"/>
     <w:rsid w:val="000D59DE"/>
     <w:rsid w:val="000D6AF4"/>
     <w:rsid w:val="000E455D"/>
     <w:rsid w:val="000E5682"/>
     <w:rsid w:val="000F3578"/>
     <w:rsid w:val="000F38AB"/>
     <w:rsid w:val="000F67AE"/>
     <w:rsid w:val="001144D7"/>
     <w:rsid w:val="00116F11"/>
     <w:rsid w:val="001212F3"/>
     <w:rsid w:val="00122941"/>
     <w:rsid w:val="00124DC5"/>
     <w:rsid w:val="001264DC"/>
     <w:rsid w:val="0012679F"/>
     <w:rsid w:val="001315A1"/>
     <w:rsid w:val="00132031"/>
     <w:rsid w:val="00142A96"/>
     <w:rsid w:val="00144DAB"/>
     <w:rsid w:val="00155E9F"/>
     <w:rsid w:val="001625D5"/>
-    <w:rsid w:val="001704AB"/>
     <w:rsid w:val="0017338E"/>
     <w:rsid w:val="00173F9D"/>
-    <w:rsid w:val="00174D77"/>
     <w:rsid w:val="00176B75"/>
     <w:rsid w:val="00181B33"/>
     <w:rsid w:val="001839F8"/>
     <w:rsid w:val="00185AA9"/>
     <w:rsid w:val="00185F07"/>
     <w:rsid w:val="00187F91"/>
     <w:rsid w:val="001973FE"/>
     <w:rsid w:val="001A1EE5"/>
     <w:rsid w:val="001A4677"/>
     <w:rsid w:val="001C6109"/>
     <w:rsid w:val="001E49DA"/>
     <w:rsid w:val="001F164E"/>
     <w:rsid w:val="001F1D85"/>
     <w:rsid w:val="001F1FB7"/>
     <w:rsid w:val="001F3941"/>
     <w:rsid w:val="001F3E88"/>
-    <w:rsid w:val="001F4ACA"/>
     <w:rsid w:val="0020480F"/>
     <w:rsid w:val="00205A62"/>
     <w:rsid w:val="00207ECC"/>
     <w:rsid w:val="00213DB2"/>
     <w:rsid w:val="00215E97"/>
     <w:rsid w:val="002160BD"/>
     <w:rsid w:val="00220371"/>
     <w:rsid w:val="00225FCE"/>
     <w:rsid w:val="00244A46"/>
     <w:rsid w:val="00253C0C"/>
     <w:rsid w:val="00254332"/>
     <w:rsid w:val="0025460F"/>
     <w:rsid w:val="0026053B"/>
     <w:rsid w:val="00260600"/>
     <w:rsid w:val="002666E8"/>
     <w:rsid w:val="00272263"/>
     <w:rsid w:val="002779F4"/>
     <w:rsid w:val="00280B8D"/>
     <w:rsid w:val="002A238E"/>
     <w:rsid w:val="002A30CB"/>
     <w:rsid w:val="002A7CF0"/>
     <w:rsid w:val="002C1E39"/>
     <w:rsid w:val="002C2D8D"/>
     <w:rsid w:val="002C336E"/>
     <w:rsid w:val="002C5513"/>
     <w:rsid w:val="002D0FF7"/>
     <w:rsid w:val="002E34FB"/>
     <w:rsid w:val="002E6CD2"/>
     <w:rsid w:val="002E7EB0"/>
-    <w:rsid w:val="002F2E6E"/>
     <w:rsid w:val="00302689"/>
     <w:rsid w:val="00303915"/>
     <w:rsid w:val="00306ABA"/>
     <w:rsid w:val="00311D96"/>
     <w:rsid w:val="00315361"/>
     <w:rsid w:val="0031794D"/>
     <w:rsid w:val="0032349D"/>
     <w:rsid w:val="003265C8"/>
     <w:rsid w:val="00331812"/>
     <w:rsid w:val="00332342"/>
     <w:rsid w:val="003339AD"/>
     <w:rsid w:val="003374AF"/>
     <w:rsid w:val="0034608A"/>
+    <w:rsid w:val="00347706"/>
     <w:rsid w:val="00352761"/>
     <w:rsid w:val="003567C2"/>
     <w:rsid w:val="00362BFF"/>
     <w:rsid w:val="003731A7"/>
     <w:rsid w:val="00375F77"/>
     <w:rsid w:val="003769A2"/>
     <w:rsid w:val="00377BF1"/>
     <w:rsid w:val="00384CD7"/>
     <w:rsid w:val="00390E19"/>
     <w:rsid w:val="003B3BC3"/>
     <w:rsid w:val="003B6863"/>
     <w:rsid w:val="003B792B"/>
     <w:rsid w:val="003C35BF"/>
     <w:rsid w:val="003C46C1"/>
     <w:rsid w:val="003D287C"/>
     <w:rsid w:val="003E4D56"/>
     <w:rsid w:val="003E57CE"/>
     <w:rsid w:val="003F1929"/>
     <w:rsid w:val="00406DA9"/>
     <w:rsid w:val="00412302"/>
-    <w:rsid w:val="0041609D"/>
     <w:rsid w:val="0042075E"/>
     <w:rsid w:val="00420CD0"/>
     <w:rsid w:val="00421C92"/>
     <w:rsid w:val="0042482A"/>
-    <w:rsid w:val="00426104"/>
     <w:rsid w:val="00427530"/>
     <w:rsid w:val="00427E6D"/>
-    <w:rsid w:val="00455824"/>
     <w:rsid w:val="00455AFB"/>
     <w:rsid w:val="00462EA1"/>
     <w:rsid w:val="004659B3"/>
     <w:rsid w:val="00467158"/>
     <w:rsid w:val="004708CF"/>
     <w:rsid w:val="00496480"/>
     <w:rsid w:val="00496482"/>
     <w:rsid w:val="004A26B6"/>
     <w:rsid w:val="004B0086"/>
     <w:rsid w:val="004B2698"/>
     <w:rsid w:val="004B3AA4"/>
     <w:rsid w:val="004C3D0C"/>
     <w:rsid w:val="004D5AC0"/>
     <w:rsid w:val="004E5A64"/>
     <w:rsid w:val="004F2793"/>
     <w:rsid w:val="004F439F"/>
     <w:rsid w:val="00502032"/>
     <w:rsid w:val="005055F0"/>
     <w:rsid w:val="005156CF"/>
     <w:rsid w:val="0052296D"/>
     <w:rsid w:val="00531851"/>
     <w:rsid w:val="00532972"/>
     <w:rsid w:val="00532EB5"/>
     <w:rsid w:val="005428E1"/>
     <w:rsid w:val="005536D3"/>
@@ -3633,405 +3513,370 @@
     <w:rsid w:val="00675CB9"/>
     <w:rsid w:val="006806DA"/>
     <w:rsid w:val="006858B5"/>
     <w:rsid w:val="00685ABD"/>
     <w:rsid w:val="0069077C"/>
     <w:rsid w:val="00693F93"/>
     <w:rsid w:val="006A096E"/>
     <w:rsid w:val="006A1BF8"/>
     <w:rsid w:val="006A423F"/>
     <w:rsid w:val="006A757A"/>
     <w:rsid w:val="006B1A23"/>
     <w:rsid w:val="006B5155"/>
     <w:rsid w:val="006B6D93"/>
     <w:rsid w:val="006C3CF0"/>
     <w:rsid w:val="006E2B6B"/>
     <w:rsid w:val="006E673C"/>
     <w:rsid w:val="006E7712"/>
     <w:rsid w:val="00703751"/>
     <w:rsid w:val="00705DFB"/>
     <w:rsid w:val="00705FAA"/>
     <w:rsid w:val="00706691"/>
     <w:rsid w:val="007100B5"/>
     <w:rsid w:val="00712D65"/>
     <w:rsid w:val="00713423"/>
     <w:rsid w:val="007211C6"/>
-    <w:rsid w:val="00723817"/>
     <w:rsid w:val="00723912"/>
     <w:rsid w:val="007266A9"/>
     <w:rsid w:val="00730388"/>
     <w:rsid w:val="0073058E"/>
     <w:rsid w:val="00730B6E"/>
     <w:rsid w:val="007312FE"/>
     <w:rsid w:val="007337AC"/>
     <w:rsid w:val="0073441B"/>
     <w:rsid w:val="0073774A"/>
     <w:rsid w:val="00741A17"/>
     <w:rsid w:val="00741B55"/>
     <w:rsid w:val="0074237C"/>
     <w:rsid w:val="00744B7A"/>
     <w:rsid w:val="007531FD"/>
-    <w:rsid w:val="00755463"/>
     <w:rsid w:val="00757816"/>
     <w:rsid w:val="00760255"/>
     <w:rsid w:val="00766FD4"/>
     <w:rsid w:val="00771A3A"/>
-    <w:rsid w:val="007724F1"/>
     <w:rsid w:val="00772D68"/>
     <w:rsid w:val="00782609"/>
     <w:rsid w:val="00784339"/>
     <w:rsid w:val="0079133E"/>
     <w:rsid w:val="00792518"/>
     <w:rsid w:val="00794192"/>
     <w:rsid w:val="00794DF5"/>
     <w:rsid w:val="00796867"/>
     <w:rsid w:val="007979AD"/>
     <w:rsid w:val="00797B3F"/>
-    <w:rsid w:val="007A20F0"/>
     <w:rsid w:val="007A4990"/>
-    <w:rsid w:val="007A4A59"/>
     <w:rsid w:val="007A6719"/>
-    <w:rsid w:val="007B0469"/>
     <w:rsid w:val="007B07D8"/>
     <w:rsid w:val="007B602E"/>
     <w:rsid w:val="007B79E2"/>
     <w:rsid w:val="007C485E"/>
     <w:rsid w:val="007C7F0B"/>
     <w:rsid w:val="007D2E28"/>
     <w:rsid w:val="007E14FB"/>
     <w:rsid w:val="007E4BE7"/>
     <w:rsid w:val="007F4937"/>
     <w:rsid w:val="007F728B"/>
     <w:rsid w:val="00804AC7"/>
     <w:rsid w:val="00807D54"/>
     <w:rsid w:val="008102E8"/>
     <w:rsid w:val="00810544"/>
     <w:rsid w:val="00811C31"/>
     <w:rsid w:val="00813692"/>
-    <w:rsid w:val="00814984"/>
     <w:rsid w:val="00827C2A"/>
     <w:rsid w:val="00830B8F"/>
     <w:rsid w:val="00831F58"/>
     <w:rsid w:val="00834F00"/>
     <w:rsid w:val="00835624"/>
-    <w:rsid w:val="00840DF9"/>
     <w:rsid w:val="00845D9E"/>
     <w:rsid w:val="008471DF"/>
     <w:rsid w:val="00851C72"/>
     <w:rsid w:val="00862654"/>
     <w:rsid w:val="00864ADE"/>
     <w:rsid w:val="0086569C"/>
-    <w:rsid w:val="008677A8"/>
     <w:rsid w:val="008757F3"/>
     <w:rsid w:val="0088255E"/>
     <w:rsid w:val="0088563C"/>
     <w:rsid w:val="00886776"/>
     <w:rsid w:val="0088787A"/>
     <w:rsid w:val="00887946"/>
     <w:rsid w:val="008B5FD2"/>
     <w:rsid w:val="008B6E77"/>
     <w:rsid w:val="008B748E"/>
-    <w:rsid w:val="008C5820"/>
     <w:rsid w:val="008C5C45"/>
     <w:rsid w:val="008C6202"/>
     <w:rsid w:val="008D060E"/>
     <w:rsid w:val="008D23F1"/>
     <w:rsid w:val="008F020B"/>
     <w:rsid w:val="008F251A"/>
     <w:rsid w:val="008F3971"/>
     <w:rsid w:val="00900BEB"/>
     <w:rsid w:val="00906723"/>
     <w:rsid w:val="00914F9C"/>
     <w:rsid w:val="00921E5C"/>
-    <w:rsid w:val="00924163"/>
     <w:rsid w:val="00945477"/>
     <w:rsid w:val="00946345"/>
-    <w:rsid w:val="0095128D"/>
     <w:rsid w:val="00964640"/>
     <w:rsid w:val="0096779E"/>
     <w:rsid w:val="009700CA"/>
     <w:rsid w:val="0097198C"/>
     <w:rsid w:val="00971CF3"/>
     <w:rsid w:val="0097222E"/>
     <w:rsid w:val="00974AFC"/>
     <w:rsid w:val="009866C4"/>
     <w:rsid w:val="00991159"/>
     <w:rsid w:val="009911B7"/>
     <w:rsid w:val="00992086"/>
     <w:rsid w:val="00995B2F"/>
     <w:rsid w:val="009A0902"/>
     <w:rsid w:val="009A2FBE"/>
     <w:rsid w:val="009A496E"/>
     <w:rsid w:val="009A4D8E"/>
     <w:rsid w:val="009B0B97"/>
     <w:rsid w:val="009B1F10"/>
     <w:rsid w:val="009B5C13"/>
     <w:rsid w:val="009B7057"/>
-    <w:rsid w:val="009C1681"/>
     <w:rsid w:val="009C23D0"/>
     <w:rsid w:val="009C4EA2"/>
     <w:rsid w:val="009C566E"/>
-    <w:rsid w:val="009D6449"/>
     <w:rsid w:val="009D71F3"/>
     <w:rsid w:val="009E0DA4"/>
     <w:rsid w:val="009E6435"/>
     <w:rsid w:val="009E6840"/>
     <w:rsid w:val="009E7D0E"/>
     <w:rsid w:val="009F2926"/>
     <w:rsid w:val="00A2021B"/>
     <w:rsid w:val="00A245DD"/>
     <w:rsid w:val="00A473A1"/>
     <w:rsid w:val="00A52F0B"/>
     <w:rsid w:val="00A55E7A"/>
     <w:rsid w:val="00A57023"/>
     <w:rsid w:val="00A60802"/>
     <w:rsid w:val="00A64842"/>
     <w:rsid w:val="00A75CC8"/>
     <w:rsid w:val="00A77707"/>
     <w:rsid w:val="00A77989"/>
     <w:rsid w:val="00A8546F"/>
     <w:rsid w:val="00A91228"/>
     <w:rsid w:val="00A91620"/>
-    <w:rsid w:val="00A9254C"/>
     <w:rsid w:val="00A93B7B"/>
     <w:rsid w:val="00A95559"/>
     <w:rsid w:val="00A959DA"/>
     <w:rsid w:val="00AA1218"/>
     <w:rsid w:val="00AA6F9E"/>
-    <w:rsid w:val="00AB18E6"/>
     <w:rsid w:val="00AB4D03"/>
     <w:rsid w:val="00AC0F63"/>
     <w:rsid w:val="00AC618D"/>
     <w:rsid w:val="00AE28CA"/>
     <w:rsid w:val="00AE5B70"/>
     <w:rsid w:val="00B0740D"/>
     <w:rsid w:val="00B07FA7"/>
-    <w:rsid w:val="00B12CF6"/>
     <w:rsid w:val="00B15C27"/>
-    <w:rsid w:val="00B27A3D"/>
     <w:rsid w:val="00B3170D"/>
     <w:rsid w:val="00B406A2"/>
     <w:rsid w:val="00B411F0"/>
     <w:rsid w:val="00B41BAC"/>
     <w:rsid w:val="00B51B15"/>
     <w:rsid w:val="00B51FFE"/>
     <w:rsid w:val="00B54BF6"/>
     <w:rsid w:val="00B54FB8"/>
     <w:rsid w:val="00B625C2"/>
     <w:rsid w:val="00B62C36"/>
     <w:rsid w:val="00B62DB9"/>
     <w:rsid w:val="00B6499E"/>
     <w:rsid w:val="00B677A2"/>
-    <w:rsid w:val="00B72235"/>
     <w:rsid w:val="00B7446C"/>
     <w:rsid w:val="00B80011"/>
     <w:rsid w:val="00B81996"/>
     <w:rsid w:val="00B841DA"/>
     <w:rsid w:val="00B85ACD"/>
     <w:rsid w:val="00B94B16"/>
     <w:rsid w:val="00BA5A39"/>
     <w:rsid w:val="00BA5AE5"/>
-    <w:rsid w:val="00BA5F32"/>
     <w:rsid w:val="00BB60C0"/>
     <w:rsid w:val="00BC2336"/>
     <w:rsid w:val="00BC2847"/>
     <w:rsid w:val="00BC454E"/>
     <w:rsid w:val="00BD4985"/>
     <w:rsid w:val="00BD5171"/>
-    <w:rsid w:val="00BD60F1"/>
     <w:rsid w:val="00BD6628"/>
     <w:rsid w:val="00BD715E"/>
     <w:rsid w:val="00BD7A3D"/>
     <w:rsid w:val="00BE0F65"/>
     <w:rsid w:val="00BE3613"/>
     <w:rsid w:val="00BE6FA7"/>
     <w:rsid w:val="00BF223C"/>
     <w:rsid w:val="00C07206"/>
     <w:rsid w:val="00C11D8B"/>
     <w:rsid w:val="00C20A7B"/>
     <w:rsid w:val="00C31CF3"/>
     <w:rsid w:val="00C33841"/>
     <w:rsid w:val="00C34326"/>
     <w:rsid w:val="00C35829"/>
     <w:rsid w:val="00C40FA5"/>
     <w:rsid w:val="00C42612"/>
     <w:rsid w:val="00C44F17"/>
     <w:rsid w:val="00C534F0"/>
     <w:rsid w:val="00C57B61"/>
     <w:rsid w:val="00C57C0B"/>
     <w:rsid w:val="00C666DA"/>
-    <w:rsid w:val="00C67918"/>
     <w:rsid w:val="00C67C22"/>
     <w:rsid w:val="00C7495C"/>
     <w:rsid w:val="00C84F7A"/>
     <w:rsid w:val="00CA3ABB"/>
-    <w:rsid w:val="00CB04B2"/>
     <w:rsid w:val="00CB1CD4"/>
     <w:rsid w:val="00CC2F4F"/>
     <w:rsid w:val="00CC4BBA"/>
     <w:rsid w:val="00CC740D"/>
     <w:rsid w:val="00CD1A50"/>
     <w:rsid w:val="00CD21F0"/>
     <w:rsid w:val="00CD2280"/>
     <w:rsid w:val="00CD31D7"/>
     <w:rsid w:val="00CD4CA7"/>
     <w:rsid w:val="00CD6115"/>
     <w:rsid w:val="00CE6B5A"/>
     <w:rsid w:val="00CE7FC9"/>
     <w:rsid w:val="00CF281F"/>
     <w:rsid w:val="00CF2DF5"/>
     <w:rsid w:val="00CF5BD5"/>
     <w:rsid w:val="00CF673C"/>
     <w:rsid w:val="00CF7F59"/>
-    <w:rsid w:val="00D01ABA"/>
     <w:rsid w:val="00D01D22"/>
     <w:rsid w:val="00D170D7"/>
     <w:rsid w:val="00D171A9"/>
     <w:rsid w:val="00D21AE9"/>
     <w:rsid w:val="00D30867"/>
     <w:rsid w:val="00D33383"/>
     <w:rsid w:val="00D34CB9"/>
     <w:rsid w:val="00D51BA2"/>
     <w:rsid w:val="00D52EB8"/>
     <w:rsid w:val="00D64241"/>
-    <w:rsid w:val="00D71740"/>
     <w:rsid w:val="00D80945"/>
     <w:rsid w:val="00D83791"/>
     <w:rsid w:val="00D87216"/>
     <w:rsid w:val="00D941A4"/>
     <w:rsid w:val="00DA4CEF"/>
     <w:rsid w:val="00DA538B"/>
     <w:rsid w:val="00DB09E5"/>
     <w:rsid w:val="00DB1F70"/>
     <w:rsid w:val="00DB43A5"/>
     <w:rsid w:val="00DB711F"/>
     <w:rsid w:val="00DC11D8"/>
     <w:rsid w:val="00DC4B7A"/>
     <w:rsid w:val="00DC643B"/>
-    <w:rsid w:val="00DC776F"/>
-    <w:rsid w:val="00DD6BC1"/>
     <w:rsid w:val="00DD78D5"/>
     <w:rsid w:val="00DE18CC"/>
     <w:rsid w:val="00E029D6"/>
     <w:rsid w:val="00E035C5"/>
     <w:rsid w:val="00E041BC"/>
     <w:rsid w:val="00E06B9B"/>
-    <w:rsid w:val="00E06DDE"/>
     <w:rsid w:val="00E12798"/>
     <w:rsid w:val="00E149C5"/>
     <w:rsid w:val="00E15912"/>
     <w:rsid w:val="00E252D6"/>
     <w:rsid w:val="00E35DD6"/>
     <w:rsid w:val="00E43038"/>
     <w:rsid w:val="00E53100"/>
     <w:rsid w:val="00E53257"/>
     <w:rsid w:val="00E6041D"/>
     <w:rsid w:val="00E63D78"/>
     <w:rsid w:val="00E711A6"/>
     <w:rsid w:val="00E74804"/>
-    <w:rsid w:val="00E76DF1"/>
     <w:rsid w:val="00E80624"/>
     <w:rsid w:val="00E83F38"/>
     <w:rsid w:val="00E916D4"/>
     <w:rsid w:val="00E91F1B"/>
     <w:rsid w:val="00EA0E92"/>
     <w:rsid w:val="00EB23C9"/>
     <w:rsid w:val="00EC0B10"/>
     <w:rsid w:val="00ED0089"/>
     <w:rsid w:val="00EE0D35"/>
     <w:rsid w:val="00EE396C"/>
     <w:rsid w:val="00EE3F88"/>
     <w:rsid w:val="00EE4FF6"/>
     <w:rsid w:val="00EF67D4"/>
     <w:rsid w:val="00F0099D"/>
     <w:rsid w:val="00F03DCB"/>
     <w:rsid w:val="00F110CE"/>
     <w:rsid w:val="00F11203"/>
-    <w:rsid w:val="00F13E31"/>
     <w:rsid w:val="00F16EA7"/>
     <w:rsid w:val="00F21949"/>
-    <w:rsid w:val="00F4304C"/>
     <w:rsid w:val="00F44139"/>
     <w:rsid w:val="00F478E9"/>
     <w:rsid w:val="00F507E1"/>
     <w:rsid w:val="00F60478"/>
     <w:rsid w:val="00F61407"/>
     <w:rsid w:val="00F62B6F"/>
     <w:rsid w:val="00F71FB1"/>
-    <w:rsid w:val="00F918FA"/>
     <w:rsid w:val="00F97CD3"/>
     <w:rsid w:val="00FA1D97"/>
     <w:rsid w:val="00FA2D4B"/>
     <w:rsid w:val="00FA374D"/>
     <w:rsid w:val="00FB466D"/>
     <w:rsid w:val="00FB4BDB"/>
     <w:rsid w:val="00FC100A"/>
-    <w:rsid w:val="00FC7A9D"/>
     <w:rsid w:val="00FD1C68"/>
     <w:rsid w:val="00FD2097"/>
     <w:rsid w:val="00FD277E"/>
     <w:rsid w:val="00FD30E0"/>
     <w:rsid w:val="00FD759E"/>
     <w:rsid w:val="00FE0A63"/>
     <w:rsid w:val="00FE1620"/>
     <w:rsid w:val="00FE2876"/>
     <w:rsid w:val="00FE48C5"/>
-    <w:rsid w:val="00FE5A8E"/>
     <w:rsid w:val="00FF02EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="47EEB7F5"/>
   <w15:docId w15:val="{C6FAAFD8-4E5B-4E5E-BAD7-CE31E27C3519}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4776,51 +4621,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A473A1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD277E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129566422">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="52583029">
           <w:marLeft w:val="360"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="200"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4880,63 +4725,50 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="720248044">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="978268088">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1072893333">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1077094704">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -5102,51 +4934,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2047294038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hsph.harvard.edu/wp-content/uploads/sites/2663/2012/09/doakchap1-4.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/healthypeople/priority-areas/health-literacy-healthy-people-2030" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/use-work/resource-library/report/statistical-analysis-report/adult-literacy-america-first-look-findings-national-adult-literacy-survey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/patient-safety/reports/engage/teachback.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pmc.ncbi.nlm.nih.gov/articles/PMC3049622/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/sites/default/files/wysiwyg/health-literacy/3rd-edition-toolkit/health-literacy-toolkit-third-edition.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihs.gov/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/naal/index.asp" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stacks.cdc.gov/view/cdc/11500/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/11758051/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pmc.ncbi.nlm.nih.gov/articles/PMC1831575/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wave.webaim.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ethnomed.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.gov/guides/plain-language/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/25774444/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/ccindex/everydaywords/index.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpg.unc.edu/publications/removing-barriers-tips-and-strategies-promote-accessible-communication" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/books/NBK216036/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ogg.osu.edu/media/documents/health_lit/HOSAM2006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthliteracy.com/health-literacy-from-a-to-z-third-edition-practical-ways-to-communicate-your-health-message/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/downloads/pub/evidence/pdf/literacy/literacyup.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.ada.gov/pcatoolkit/chap3toolkit.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/sites/default/files/wysiwyg/sdm/share-approach/share-communicating-numbers.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hsph.harvard.edu/wp-content/uploads/sites/2663/2012/09/doakchap1-4.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthliteracy.com/health-literacy-from-a-to-z-third-edition-practical-ways-to-communicate-your-health-message/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/books/NBK216036/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wave.webaim.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plainlanguage.gov/guidelines/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/health-literacy/improve/precautions/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odphp.health.gov/healthypeople/priority-areas/health-literacy-healthy-people-2030" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/pubsearch/pubsinfo.asp?pubid=93275" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpg.unc.edu/publications/removing-barriers-tips-and-strategies-promote-accessible-communication" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/naal/index.asp" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/ccindex/everydaywords/index.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ihs.gov/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.ada.gov/pcatoolkit/chap3toolkit.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/11758051/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/patient-safety/reports/engage/teachback.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ethnomed.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/downloads/pub/evidence/pdf/literacy/literacyup.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/25774444/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stacks.cdc.gov/view/cdc/11500/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahrq.gov/sites/default/files/wysiwyg/sdm/share-approach/share-communicating-numbers.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -5397,75 +5229,95 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>210</Words>
-  <Characters>1366</Characters>
+  <Words>448</Words>
+  <Characters>2557</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>22</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="23" baseType="lpstr">
       <vt:lpstr>How PubMed Works: Automatic Term Mapping</vt:lpstr>
+      <vt:lpstr>Effective Health Communication and Health Literacy Resource List</vt:lpstr>
+      <vt:lpstr>    Resources covered in webinar</vt:lpstr>
+      <vt:lpstr>    AHRQ Health Literacy Universal Precautions Toolkit </vt:lpstr>
+      <vt:lpstr>    Suitability Assessment of Materials [Chapter 4]</vt:lpstr>
+      <vt:lpstr>    MedlinePlus </vt:lpstr>
+      <vt:lpstr>    EthnoMed </vt:lpstr>
+      <vt:lpstr>    Indian Health Service</vt:lpstr>
+      <vt:lpstr>    Citations from webinar</vt:lpstr>
+      <vt:lpstr>    Additional resources</vt:lpstr>
+      <vt:lpstr>        Interventions</vt:lpstr>
+      <vt:lpstr>        AHRQ Health Literacy Interventions and Outcomes: An Updated Systematic Review  </vt:lpstr>
+      <vt:lpstr>        Plain language</vt:lpstr>
+      <vt:lpstr>        Everyday Words for Public Health Communication from the CDC </vt:lpstr>
+      <vt:lpstr>        Federal plain language guidelines</vt:lpstr>
+      <vt:lpstr>        Plain Language Thesaurus for Health Communications </vt:lpstr>
+      <vt:lpstr>        Teach-back Method of Patient Communication</vt:lpstr>
+      <vt:lpstr>    Accessibility</vt:lpstr>
+      <vt:lpstr>        ADA Best Practices Tool Kit: General Effective Communication </vt:lpstr>
+      <vt:lpstr>        Removing barriers: Tips and Strategies to Promote Accessible Communication</vt:lpstr>
+      <vt:lpstr>        WAVE: Web Accessibility Evaluation Tool</vt:lpstr>
+      <vt:lpstr>    Numeracy</vt:lpstr>
+      <vt:lpstr>        The SHARE Approach - Communicating Numbers to Your Patients </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1558</CharactersWithSpaces>
+  <CharactersWithSpaces>3000</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>How PubMed Works: Automatic Term Mapping</dc:title>
   <dc:creator>NNLM Training Office</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>