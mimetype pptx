--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,107 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
-    <p:sldMasterId id="2147483672" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId11"/>
+    <p:notesMasterId r:id="rId9"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="323" r:id="rId3"/>
-[...6 lines deleted...]
-    <p:sldId id="279" r:id="rId10"/>
+    <p:sldId id="271" r:id="rId2"/>
+    <p:sldId id="320" r:id="rId3"/>
+    <p:sldId id="322" r:id="rId4"/>
+    <p:sldId id="274" r:id="rId5"/>
+    <p:sldId id="275" r:id="rId6"/>
+    <p:sldId id="276" r:id="rId7"/>
+    <p:sldId id="323" r:id="rId8"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -166,140 +149,114 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...15 lines deleted...]
-  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-  <p:normalViewPr horzBarState="maximized">
-[...1 lines deleted...]
-    <p:restoredTop sz="95097" autoAdjust="0"/>
+  <p:normalViewPr>
+    <p:restoredLeft sz="14995" autoAdjust="0"/>
+    <p:restoredTop sz="80258" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="105" d="100"/>
-          <a:sy n="105" d="100"/>
+          <a:sx n="66" d="100"/>
+          <a:sy n="66" d="100"/>
         </p:scale>
-        <p:origin x="972" y="114"/>
+        <p:origin x="600" y="53"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:outlineViewPr>
-[...7 lines deleted...]
-  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
-    <p:cViewPr varScale="1">
+    <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -338,53 +295,53 @@
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{BAACD854-0EA8-47CF-AEF3-13A293EDB8C0}" type="datetimeFigureOut">
+            <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/2/2024</a:t>
+              <a:t>10/28/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -496,62 +453,62 @@
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{A92FB8BD-7732-45F2-820F-5DFA2E2F2057}" type="slidenum">
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2262589883"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3700270967"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -608,333 +565,135 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/sections/health-shots/2019/08/26/752815573/study-questions-mainstay-treatment-for-mild-asthma" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/sections/health-shots/2019/08/26/752815573/study-questions-mainstay-treatment-for-mild-asthma" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="171450" lvl="0" indent="-171450">
-[...192 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4070A3BC-CD4A-42FB-9834-D8B895449A61}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3</a:t>
+              <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="696548528"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -955,51 +714,51 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>A database of more than 30 million citations to articles in the fields of biomedicine and health.</a:t>
+              <a:t>A database of more than 35 million citations to articles in the fields of biomedicine and health.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Used by millions of users each day, including health professionals and others engaged in:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" lvl="0" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" lvl="0" indent="-171450">
@@ -1091,51 +850,51 @@
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4070A3BC-CD4A-42FB-9834-D8B895449A61}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4</a:t>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="631638274"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1154,771 +913,72 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0">
-[...697 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F8934926-C686-4023-8DF6-3AEFF76CC816}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>5</a:t>
+              <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4077983497"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1937,380 +997,100 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="171450" lvl="0" indent="-171450">
-[...278 lines deleted...]
-          <a:p>
             <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1050" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6</a:t>
+              <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3547952110"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2329,3031 +1109,1350 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...244 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7</a:t>
+              <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3851412273"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
-[...96 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...30 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-</file>
-[...10 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Title Slide">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Picture with Caption" type="picTx">
+  <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
-[...237 lines deleted...]
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 31"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="32" name="Google Shape;32;p30"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
+          <p:cNvPr id="33" name="Google Shape;33;p30"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="pic" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5413248" y="1069847"/>
+            <a:ext cx="6099048" cy="4800600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Google Shape;34;p30"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="2880360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="35" name="Google Shape;35;p30"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="36" name="Google Shape;36;p30"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2828793481"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="126809145"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Vertical Title and Text">
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Content 1">
+  <p:cSld name="Title and Content 1">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 94"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Vertical Title 1"/>
-[...596 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="95" name="Google Shape;95;g2b91989fa34_0_173"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831850" y="1709738"/>
-            <a:ext cx="10515600" cy="2852737"/>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="6000"/>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="96" name="Google Shape;96;g2b91989fa34_0_173"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831850" y="4589463"/>
-            <a:ext cx="10515600" cy="1500187"/>
+            <a:off x="609599" y="1780032"/>
+            <a:ext cx="10972800" cy="4036500"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...86 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1032159301"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="768398003"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="3824">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" pos="576">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
-[...1242 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -5460,5036 +2559,9546 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3696238836"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2368011513"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Picture with Caption">
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Section Header" type="secHead">
+  <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 37"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="38" name="Google Shape;38;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-            <a:ext cx="3932237" cy="1600200"/>
+            <a:off x="1106424" y="1173575"/>
+            <a:ext cx="9966960" cy="2926080"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="7200"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="7200" b="0" cap="none"/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Picture Placeholder 2">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="39" name="Google Shape;39;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5183188" y="987425"/>
-            <a:ext cx="6172200" cy="4873625"/>
+            <a:off x="1709928" y="4154520"/>
+            <a:ext cx="8769096" cy="1363806"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buNone/>
+              <a:defRPr sz="2200">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2800"/>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400"/>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000"/>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1120"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Text Placeholder 3">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="40" name="Google Shape;40;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="2"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="2057400"/>
-            <a:ext cx="3932237" cy="3811588"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600"/>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1400"/>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Date Placeholder 4">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="41" name="Google Shape;41;p25"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:fld id="{A7951B45-8EEF-40B3-9F36-BF05091E2265}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>10/2/2024</a:t>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...52 lines deleted...]
-      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="42" name="Google Shape;42;p25"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1981200" y="4020408"/>
+            <a:ext cx="8229601" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="10000" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="533491804"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1282190589"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title and Vertical Text">
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Blank" type="blank">
+  <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 43"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="44" name="Google Shape;44;p23"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="45" name="Google Shape;45;p23"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Click to edit Master text styles</a:t>
-[...108 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4170422243"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4202769349"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Vertical Title and Text">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Comparison" type="twoTxTwoObj">
+  <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 55"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Vertical Title 1">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="56" name="Google Shape;56;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" orient="vert"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8724900" y="365125"/>
-            <a:ext cx="2628900" cy="5811838"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="57" name="Google Shape;57;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365125"/>
-            <a:ext cx="7734300" cy="5811838"/>
+            <a:off x="1143000" y="2001511"/>
+            <a:ext cx="4754880" cy="777240"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="58" name="Google Shape;58;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="2721483"/>
+            <a:ext cx="4754880" cy="3383280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:fld id="{A7951B45-8EEF-40B3-9F36-BF05091E2265}" type="datetimeFigureOut">
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="59" name="Google Shape;59;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="body" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269173" y="1999032"/>
+            <a:ext cx="4754880" cy="777240"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
-[...6 lines deleted...]
-          <p:cNvSpPr>
+          <p:cNvPr id="60" name="Google Shape;60;p27"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="12"/>
+            <p:ph type="body" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269173" y="2719322"/>
+            <a:ext cx="4754880" cy="3383280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-340360" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1760"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-309880" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-309879" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1280"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:fld id="{F61FA295-7FD5-4D69-B169-4EA56D1CE155}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="Google Shape;61;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Google Shape;62;p27"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2302637662"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4232036581"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Section Header">
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Only" type="titleOnly">
+  <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 63"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="64" name="Google Shape;64;p28"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831851" y="1709740"/>
-            <a:ext cx="10515600" cy="2852737"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="6000"/>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="65" name="Google Shape;65;p28"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831851" y="4589465"/>
-            <a:ext cx="10515600" cy="1500187"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...5 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...7 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="66" name="Google Shape;66;p28"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{C8BD5518-C465-4C1F-8E36-9195006C4AB9}" type="slidenum">
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:pPr>
-[...1 lines deleted...]
-              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...25 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3398608810"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="843619431"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Two Content">
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Content with Caption" type="objTx">
+  <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 67"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="68" name="Google Shape;68;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143000" y="1097280"/>
+            <a:ext cx="3931920" cy="1737360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4000" b="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Content Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="69" name="Google Shape;69;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="5181600" cy="4351338"/>
+            <a:off x="5852159" y="1097280"/>
+            <a:ext cx="5212080" cy="4663440"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-391160" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2560"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-370840" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2240"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-350519" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1920"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-330200" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="70" name="Google Shape;70;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172200" y="1825625"/>
-            <a:ext cx="5181600" cy="4351338"/>
+            <a:off x="1143000" y="2834640"/>
+            <a:ext cx="3931920" cy="3017520"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1360"/>
+              <a:buNone/>
+              <a:defRPr sz="1700"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="960"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="800"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="720"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="71" name="Google Shape;71;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="72" name="Google Shape;72;p29"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-              <a:defRPr/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US"/>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4121567205"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="360677754"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Comparison">
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Vertical Text" type="vertTx">
+  <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 73"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="74" name="Google Shape;74;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="365127"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="75" name="Google Shape;75;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="5157787" cy="823912"/>
+          <a:xfrm rot="5400000">
+            <a:off x="4060136" y="-859735"/>
+            <a:ext cx="4038600" cy="9872871"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400" b="1"/>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1800" b="1"/>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="76" name="Google Shape;76;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph sz="half" idx="2"/>
+            <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839789" y="2505075"/>
-            <a:ext cx="5157787" cy="3684588"/>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...31 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Text Placeholder 4"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="77" name="Google Shape;77;p31"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="3"/>
+            <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172201" y="1681163"/>
-            <a:ext cx="5183188" cy="823912"/>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2400" b="1"/>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1800" b="1"/>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1600" b="1"/>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:r>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>Edit Master text styles</a:t>
-[...86 lines deleted...]
-              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...25 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="160590852"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1661178564"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title Only">
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Vertical Title and Text" type="vertTitleAndTx">
+  <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 78"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="79" name="Google Shape;79;p32"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="7181850" y="2305050"/>
+            <a:ext cx="5410200" cy="2324100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="80" name="Google Shape;80;p32"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="2152650" y="-247650"/>
+            <a:ext cx="5410200" cy="7429500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-320039" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-320040" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buSzPts val="1440"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...35 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3989883304"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3196523652"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Blank">
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Two Content 1">
+  <p:cSld name="Two Content 1">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 88"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="89" name="Google Shape;89;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Footer Placeholder 3"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="90" name="Google Shape;90;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="body" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="1780032"/>
+            <a:ext cx="5181600" cy="4036500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr marL="457200" lvl="0" indent="-361950" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2100"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" lvl="1" indent="-349250" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" lvl="2" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" lvl="3" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" lvl="4" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" lvl="5" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" lvl="6" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" lvl="7" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" lvl="8" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="93" name="Google Shape;93;g167f9f9a1e8_0_409"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="1048512"/>
+            <a:ext cx="10972800" cy="418500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" i="0" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1900"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2998424171"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4064170915"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Content with Caption">
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="10" name="Google Shape;10;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-[...677 lines deleted...]
-            <a:ext cx="12192000" cy="681037"/>
+            <a:off x="1143000" y="609600"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="ctr"/>
-          <a:lstStyle/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4400"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
-[...8 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
-          <p:cNvSpPr>
+          <p:cNvPr id="11" name="Google Shape;11;p21"/>
+          <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10248900" y="6356350"/>
-[...107 lines deleted...]
-            <a:ext cx="2892764" cy="464122"/>
+            <a:off x="1143000" y="2057400"/>
+            <a:ext cx="9872871" cy="4038600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:extLst>
-[...17 lines deleted...]
-          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-340360" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1760"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-330200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-320039" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1440"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-309880" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-309879" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1280"/>
+              <a:buFont typeface="Corbel"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Google Shape;12;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1142996" y="6223828"/>
+            <a:ext cx="2329074" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Google Shape;13;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3949148" y="6223828"/>
+            <a:ext cx="4717774" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Google Shape;14;p21"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9329530" y="6223828"/>
+            <a:ext cx="1706217" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel"/>
+                <a:ea typeface="Corbel"/>
+                <a:cs typeface="Corbel"/>
+                <a:sym typeface="Corbel"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Google Shape;15;p21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6128028"/>
+            <a:ext cx="12192000" cy="726141"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="20558A"/>
+          </a:solidFill>
+          <a:ln w="19050" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="20455A"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Corbel"/>
+              <a:ea typeface="Corbel"/>
+              <a:cs typeface="Corbel"/>
+              <a:sym typeface="Corbel"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Google Shape;16;p21"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId13">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="81041" y="6275073"/>
+            <a:ext cx="3556464" cy="429301"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2169244265"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1819768716"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483661" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483671" r:id="rId11"/>
+    <p:sldLayoutId id="2147483663" r:id="rId1"/>
+    <p:sldLayoutId id="2147483664" r:id="rId2"/>
+    <p:sldLayoutId id="2147483665" r:id="rId3"/>
+    <p:sldLayoutId id="2147483667" r:id="rId4"/>
+    <p:sldLayoutId id="2147483668" r:id="rId5"/>
+    <p:sldLayoutId id="2147483669" r:id="rId6"/>
+    <p:sldLayoutId id="2147483670" r:id="rId7"/>
+    <p:sldLayoutId id="2147483671" r:id="rId8"/>
+    <p:sldLayoutId id="2147483673" r:id="rId9"/>
+    <p:sldLayoutId id="2147483674" r:id="rId10"/>
+    <p:sldLayoutId id="2147483675" r:id="rId11"/>
   </p:sldLayoutIdLst>
-  <p:hf hdr="0" ftr="0" dt="0"/>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400" kern="1200">
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mj-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="1371600" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="1828800" algn="l" rtl="0" fontAlgn="base">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:defRPr sz="4400">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="228600" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2800" kern="1200">
+      </a:defPPr>
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="685800" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2400" kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcAft>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr kern="1200">
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:srgbClr val="616265"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
-      <a:defPPr>
-        <a:defRPr lang="en-US"/>
+      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...301 lines deleted...]
-      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="0"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
-        <a:buNone/>
-        <a:defRPr sz="4400" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...260 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...96 lines deleted...]
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7119938" y="4432302"/>
+            <a:off x="7188518" y="4363722"/>
             <a:ext cx="4591050" cy="1325563"/>
           </a:xfrm>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="6600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...5 lines deleted...]
-                </a:effectLst>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Introduction</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Content Placeholder 7" descr="How PubMed Works logo" title="How PubMed Works logo"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="575163" y="386559"/>
+            <a:off x="412432" y="237969"/>
             <a:ext cx="5812449" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+          <p:cNvPr id="4" name="TextBox 3">
             <a:extLst>
-              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F565AD3-F03F-22DB-1A83-6E9F70E5385B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11018519" y="6347579"/>
+            <a:ext cx="943433" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F669CBC-9B50-4D77-B834-9E11F644C1C6}" type="slidenum">
-[...1 lines deleted...]
-              <a:t>2</a:t>
+            <a:pPr algn="r"/>
+            <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>1</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="55572614"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="566737" y="207964"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Agenda</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Content Placeholder 6" descr="How PubMed Works Introduction Agenda - What is pubmed? pubmed features, how to get help"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1562003"/>
+            <a:ext cx="10515600" cy="4316607"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDA81AE4-96B6-DAFF-5B4F-40F49FFD48C6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11018519" y="6347579"/>
+            <a:ext cx="943433" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1283709598"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="566737" y="207964"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="1109012" y="262360"/>
+            <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="5400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...127 lines deleted...]
-                </a:effectLst>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>What’s in PubMed?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Content Placeholder 4" descr=" A database of citations from the fields of biomedicine, other health fields, life sciences, public health, health policy and behavioral sciences&#10;" title="What is in PubMed? "/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="413453" y="2000251"/>
             <a:ext cx="11266639" cy="2805925"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+          <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
-              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAE2717F-3A78-B4CC-9B39-AE3AD715B1BA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11018519" y="6347579"/>
+            <a:ext cx="943433" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F669CBC-9B50-4D77-B834-9E11F644C1C6}" type="slidenum">
-[...1 lines deleted...]
-              <a:t>4</a:t>
+            <a:pPr algn="r"/>
+            <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>3</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="419850241"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B44D7D15-FE01-4938-AEA7-E823EE6B7BD6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1142999" y="320233"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Does PubMed have Full Text?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C68DBA0-7E20-414C-8AC1-25202FC810FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="2138141"/>
             <a:ext cx="9903106" cy="3417707"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Links available from the publisher</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
             </a:br>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Links from PubMed Central (PMC)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Slide Number Placeholder 3">
+          <p:cNvPr id="4" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECD19CBC-D30F-42FF-8B3D-3EFFF1C76C7E}"/>
-[...2 lines deleted...]
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3072B1A-2803-7898-1CB2-18075EAE4A16}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11018519" y="6347579"/>
+            <a:ext cx="943433" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="r"/>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-[...1 lines deleted...]
-              <a:t>5</a:t>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>4</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4021001576"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{963650BC-4751-4BDC-B626-2F408B31F249}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1142999" y="141089"/>
+            <a:ext cx="9875520" cy="1356360"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...5 lines deleted...]
-                </a:effectLst>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Finding the original research</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Content Placeholder 4" descr="A screenshot of an NPR.org article headline, reading &quot;Study Questions Mainstay Treatment for Mild Asthma.&quot;">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FE591EC-312E-45FD-B5C4-9FD3E2C1A57A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1562666" y="1934254"/>
             <a:ext cx="9066667" cy="2609524"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A5EAAC2-466B-6CD9-CD79-668908B72901}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11018519" y="6347579"/>
+            <a:ext cx="943433" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3944572684"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{963650BC-4751-4BDC-B626-2F408B31F249}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="957082" y="179585"/>
             <a:ext cx="10191290" cy="755873"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...5 lines deleted...]
-                </a:effectLst>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>What Do We Know About this Article?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4" descr="Screenshot of a section from an online article that shows the words 'research in a recent issue' highlighted in yellow, the journal title new england journal of medicine highlighted in blue, and the  author name Stephen Lazarus in purple.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{504BB3CC-E356-4425-9822-5C25CDAEF412}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId4">
                     <a14:imgEffect>
                       <a14:colorTemperature colorTemp="4700"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1423031" y="1024569"/>
-            <a:ext cx="9054010" cy="4987311"/>
+            <a:off x="1469984" y="1398884"/>
+            <a:ext cx="8983907" cy="4948695"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{915ECC9E-C586-8680-4646-F70722C625A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11018519" y="6347579"/>
+            <a:ext cx="943433" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6396C09C-30F3-4AE1-0B35-90A6B67BDFA2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11148372" y="6347579"/>
+            <a:ext cx="943433" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr algn="r"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="559585605"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Title 6">
+          <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8B09560-C90F-426F-A7F0-A124F228A12F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62C331FC-FAB1-D229-60B2-179CCDE2CF04}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="751221" y="2440400"/>
-            <a:ext cx="4426261" cy="1153707"/>
+            <a:off x="0" y="2072640"/>
+            <a:ext cx="12192000" cy="1356360"/>
           </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="6600" dirty="0">
-[...9 lines deleted...]
-                </a:effectLst>
+              <a:rPr lang="en-US" sz="5400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Questions?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+          <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A829202-6336-40BD-A46C-B6273344AB94}"/>
-[...2 lines deleted...]
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{740F5A71-F6BF-BBEF-73FC-928F13D1EB43}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11018519" y="6347579"/>
+            <a:ext cx="943433" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{6F669CBC-9B50-4D77-B834-9E11F644C1C6}" type="slidenum">
-[...1 lines deleted...]
-              <a:t>8</a:t>
+            <a:pPr algn="r"/>
+            <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>7</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3195643653"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3063048320"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="NTO White w gray text">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Basis">
   <a:themeElements>
-    <a:clrScheme name="Custom 1">
+    <a:clrScheme name="Custom 15">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="366092"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="953734"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="586D2D"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="76923C"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F78629"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="632423"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="632423"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Calibri">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Tahoma"/>
-[...34 lines deleted...]
-        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -10764,392 +12373,92 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-[...293 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1025</Words>
+  <Words>233</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>85</Paragraphs>
-[...1 lines deleted...]
-  <Notes>6</Notes>
+  <Paragraphs>30</Paragraphs>
+  <Slides>7</Slides>
+  <Notes>5</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="17" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Aptos</vt:lpstr>
-      <vt:lpstr>Aptos Display</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
-[...5 lines deleted...]
-      <vt:lpstr>Connect your audio</vt:lpstr>
+      <vt:lpstr>Corbel</vt:lpstr>
+      <vt:lpstr>Basis</vt:lpstr>
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>What’s in PubMed?</vt:lpstr>
       <vt:lpstr>Does PubMed have Full Text?</vt:lpstr>
       <vt:lpstr>Finding the original research</vt:lpstr>
       <vt:lpstr>What Do We Know About this Article?</vt:lpstr>
       <vt:lpstr>Questions?</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>How PubMed Works Introduction</dc:title>
-  <dc:creator>NNLM</dc:creator>
+  <dc:title/>
+  <dc:creator>Rebecca Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>