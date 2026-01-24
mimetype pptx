--- v1 (2025-12-07)
+++ v2 (2026-01-24)
@@ -1,33 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
@@ -38,52 +37,52 @@
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId9"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="271" r:id="rId2"/>
     <p:sldId id="320" r:id="rId3"/>
     <p:sldId id="322" r:id="rId4"/>
     <p:sldId id="274" r:id="rId5"/>
-    <p:sldId id="275" r:id="rId6"/>
-    <p:sldId id="276" r:id="rId7"/>
+    <p:sldId id="324" r:id="rId6"/>
+    <p:sldId id="364" r:id="rId7"/>
     <p:sldId id="323" r:id="rId8"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
@@ -180,51 +179,51 @@
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="80258" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="66" d="100"/>
           <a:sy n="66" d="100"/>
         </p:scale>
-        <p:origin x="600" y="53"/>
+        <p:origin x="1330" y="53"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
@@ -297,51 +296,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{68D4D79F-0D2F-4757-AE99-F4E3A68559D6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/28/2025</a:t>
+              <a:t>1/13/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1128,62 +1127,62 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{20A39C0A-C793-4372-962D-3E4173FA06F6}" type="slidenum">
+            <a:fld id="{AF659489-CB77-4B18-9E55-7587094A2450}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3851412273"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3492564137"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -10659,55 +10658,55 @@
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -11315,129 +11314,103 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{963650BC-4751-4BDC-B626-2F408B31F249}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1142999" y="141089"/>
+            <a:off x="1158240" y="321180"/>
             <a:ext cx="9875520" cy="1356360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Finding the original research</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Content Placeholder 4" descr="A screenshot of an NPR.org article headline, reading &quot;Study Questions Mainstay Treatment for Mild Asthma.&quot;">
+          <p:cNvPr id="7" name="Content Placeholder 6" descr="Online report from National Public Radio about recent research on the side effects of antidepressants.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FE591EC-312E-45FD-B5C4-9FD3E2C1A57A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3F68CF7-F723-9E1B-504E-404F03270B9E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1562666" y="1934254"/>
-            <a:ext cx="9066667" cy="2609524"/>
+            <a:off x="1385180" y="1986844"/>
+            <a:ext cx="9648580" cy="3538925"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...25 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A5EAAC2-466B-6CD9-CD79-668908B72901}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11018519" y="6347579"/>
             <a:ext cx="943433" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
@@ -11445,253 +11418,157 @@
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:fld id="{4FAB73BC-B049-4115-A692-8D63A059BFB8}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr algn="r"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3944572684"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2395010986"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{963650BC-4751-4BDC-B626-2F408B31F249}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02D68096-22A2-962D-45AC-7A4B67C3DF73}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="957082" y="179585"/>
-            <a:ext cx="10191290" cy="755873"/>
+            <a:off x="1158240" y="112888"/>
+            <a:ext cx="9875520" cy="936978"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>What Do We Know About this Article?</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4" descr="Screenshot of a section from an online article that shows the words 'research in a recent issue' highlighted in yellow, the journal title new england journal of medicine highlighted in blue, and the  author name Stephen Lazarus in purple.">
+          <p:cNvPr id="11" name="Content Placeholder 10" descr="The article was published in the Lancet  and the lead author is Toby Pillinger.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{504BB3CC-E356-4425-9822-5C25CDAEF412}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{807916E4-2D05-ECD1-2ABA-A6F8AFCCAD9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
-              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
-[...7 lines deleted...]
-              </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1469984" y="1398884"/>
-            <a:ext cx="8983907" cy="4948695"/>
+            <a:off x="1457095" y="2040537"/>
+            <a:ext cx="9443628" cy="2776926"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...5 lines deleted...]
-          <a:effectLst/>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...82 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="559585605"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3318270944"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -12376,54 +12253,54 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>233</Words>
+  <Words>231</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>30</Paragraphs>
+  <Paragraphs>28</Paragraphs>
   <Slides>7</Slides>
   <Notes>5</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>