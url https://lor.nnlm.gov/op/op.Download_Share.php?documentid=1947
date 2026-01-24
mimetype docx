--- v0 (2025-10-22)
+++ v1 (2026-01-24)
@@ -58,129 +58,158 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F63FD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Search Examples Used in Class</w:t>
       </w:r>
       <w:r w:rsidR="00105D81" w:rsidRPr="009F63FD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9FD319" w14:textId="77777777" w:rsidR="007951DB" w:rsidRPr="007951DB" w:rsidRDefault="007951DB" w:rsidP="007951DB">
+    <w:p w14:paraId="4AF01342" w14:textId="75686D90" w:rsidR="00941802" w:rsidRPr="00941802" w:rsidRDefault="00941802" w:rsidP="007951DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941802">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007951DB">
+        <w:t xml:space="preserve">2025 lancet </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>lazarus nejm 2019</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="51721E21" w14:textId="12A2F182" w:rsidR="007951DB" w:rsidRPr="007951DB" w:rsidRDefault="007951DB" w:rsidP="007951DB">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941802">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>illinger</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941802">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00CE445C" w14:textId="77777777" w:rsidR="006A6801" w:rsidRDefault="006A6801" w:rsidP="007951DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007951DB">
+      <w:r w:rsidRPr="006A6801">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>lazarus s</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="49246244" w14:textId="58DFE0CE" w:rsidR="00C50EC3" w:rsidRDefault="00C50EC3" w:rsidP="007951DB">
+        <w:t>Pillinger t</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49246244" w14:textId="10DC0658" w:rsidR="00C50EC3" w:rsidRDefault="00C50EC3" w:rsidP="007951DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C50EC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>caregiver burden Alzheimers</w:t>
+        <w:t xml:space="preserve">caregiver burden </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6801" w:rsidRPr="00C50EC3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alzheimer’s</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21FAACBC" w14:textId="1DCFD4D3" w:rsidR="007951DB" w:rsidRPr="007951DB" w:rsidRDefault="007951DB" w:rsidP="007951DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007951DB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>acid reflux</w:t>
       </w:r>
@@ -858,169 +887,76 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Saving and Managing Searches </w:t>
         </w:r>
         <w:r w:rsidR="0050270B" w:rsidRPr="008E3958">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">in </w:t>
         </w:r>
         <w:r w:rsidRPr="008E3958">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>My NCBI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63B6AA77" w14:textId="77777777" w:rsidR="00C63E83" w:rsidRDefault="00C63E83" w:rsidP="009B1565">
+    <w:p w14:paraId="1B9D5F6A" w14:textId="6094FF97" w:rsidR="00DF04EA" w:rsidRDefault="00DF04EA" w:rsidP="00DF04EA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="120"/>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B50B3">
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00DF04EA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Additional Training Resources</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7DC6AC8D" w14:textId="3CED0A91" w:rsidR="000044F5" w:rsidRDefault="00266258" w:rsidP="000044F5">
+        <w:t>Journal Selection for MEDLINE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B113E5A" w14:textId="7A281403" w:rsidR="00DF04EA" w:rsidRPr="00DF04EA" w:rsidRDefault="00DF04EA" w:rsidP="00DF04EA">
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r>
-[...90 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00DF04EA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Journal Selection for MEDLINE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2C41F3DD" w14:textId="2037796F" w:rsidR="001D3585" w:rsidRPr="001D3585" w:rsidRDefault="001D3585" w:rsidP="001D3585">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3585">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -1256,183 +1192,176 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A0CCB86" w14:textId="77777777" w:rsidR="009B1565" w:rsidRPr="00D77149" w:rsidRDefault="009B1565" w:rsidP="0050270B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009B1565" w:rsidRPr="00D77149">
-      <w:headerReference w:type="default" r:id="rId17"/>
-      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0498C0F5" w14:textId="77777777" w:rsidR="00BB6424" w:rsidRDefault="00BB6424" w:rsidP="00291D15">
+    <w:p w14:paraId="3C602D61" w14:textId="77777777" w:rsidR="00E86720" w:rsidRDefault="00E86720" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70EB3FF8" w14:textId="77777777" w:rsidR="00BB6424" w:rsidRDefault="00BB6424" w:rsidP="00291D15">
+    <w:p w14:paraId="0256E716" w14:textId="77777777" w:rsidR="00E86720" w:rsidRDefault="00E86720" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="26651F3F" w14:textId="615EFBBD" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
+  <w:p w14:paraId="26651F3F" w14:textId="208B1EE3" w:rsidR="00485108" w:rsidRPr="00485108" w:rsidRDefault="00485108" w:rsidP="00485108">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00485108">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
     </w:r>
     <w:r w:rsidR="002A0D57">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Updated </w:t>
     </w:r>
-    <w:r w:rsidR="00DF04EA">
+    <w:r w:rsidR="00451D7F">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>November</w:t>
-[...6 lines deleted...]
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t>January 2026</w:t>
     </w:r>
     <w:r w:rsidR="002A0D57">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C3873B0" w14:textId="762C8E89" w:rsidR="00485108" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1165859887"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
@@ -1456,61 +1385,61 @@
         </w:r>
         <w:r w:rsidR="00485108">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0C59B932" w14:textId="15E48E6C" w:rsidR="007F66FE" w:rsidRPr="007F66FE" w:rsidRDefault="007F66FE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00430DCA" w14:textId="77777777" w:rsidR="00BB6424" w:rsidRDefault="00BB6424" w:rsidP="00291D15">
+    <w:p w14:paraId="7377F870" w14:textId="77777777" w:rsidR="00E86720" w:rsidRDefault="00E86720" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44002946" w14:textId="77777777" w:rsidR="00BB6424" w:rsidRDefault="00BB6424" w:rsidP="00291D15">
+    <w:p w14:paraId="220ED29E" w14:textId="77777777" w:rsidR="00E86720" w:rsidRDefault="00E86720" w:rsidP="00291D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60044905" w14:textId="244E626A" w:rsidR="00291D15" w:rsidRDefault="00291D15">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="156AA647" wp14:editId="34891889">
           <wp:extent cx="5943600" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -2002,131 +1931,142 @@
     <w:rsid w:val="000D561D"/>
     <w:rsid w:val="000F575E"/>
     <w:rsid w:val="0010206C"/>
     <w:rsid w:val="00105D81"/>
     <w:rsid w:val="00106C76"/>
     <w:rsid w:val="00111165"/>
     <w:rsid w:val="00115396"/>
     <w:rsid w:val="00164F79"/>
     <w:rsid w:val="00171FA7"/>
     <w:rsid w:val="001B151C"/>
     <w:rsid w:val="001C2F77"/>
     <w:rsid w:val="001D3585"/>
     <w:rsid w:val="001E36B5"/>
     <w:rsid w:val="00206199"/>
     <w:rsid w:val="00221AD4"/>
     <w:rsid w:val="00230C1E"/>
     <w:rsid w:val="002375D1"/>
     <w:rsid w:val="002471B3"/>
     <w:rsid w:val="00266258"/>
     <w:rsid w:val="002746BE"/>
     <w:rsid w:val="00280EBE"/>
     <w:rsid w:val="00291D15"/>
     <w:rsid w:val="002A0D57"/>
     <w:rsid w:val="002D38A9"/>
     <w:rsid w:val="003062C9"/>
+    <w:rsid w:val="00326D43"/>
     <w:rsid w:val="00372BB2"/>
     <w:rsid w:val="003867ED"/>
     <w:rsid w:val="003B1348"/>
     <w:rsid w:val="003B50B3"/>
     <w:rsid w:val="003D7E64"/>
     <w:rsid w:val="00410C88"/>
+    <w:rsid w:val="00451D7F"/>
     <w:rsid w:val="0045559D"/>
     <w:rsid w:val="00485108"/>
     <w:rsid w:val="004B7E93"/>
     <w:rsid w:val="004C0035"/>
     <w:rsid w:val="004D4561"/>
     <w:rsid w:val="004E564F"/>
     <w:rsid w:val="004E796D"/>
     <w:rsid w:val="004F2AE1"/>
+    <w:rsid w:val="005001E4"/>
     <w:rsid w:val="0050270B"/>
+    <w:rsid w:val="00534086"/>
     <w:rsid w:val="00561F08"/>
     <w:rsid w:val="005B6B2F"/>
     <w:rsid w:val="005C634D"/>
     <w:rsid w:val="00623728"/>
     <w:rsid w:val="00625C5A"/>
     <w:rsid w:val="00670C6D"/>
     <w:rsid w:val="006764BC"/>
     <w:rsid w:val="006809AD"/>
+    <w:rsid w:val="006A6801"/>
     <w:rsid w:val="006B7C91"/>
     <w:rsid w:val="006F4DB3"/>
     <w:rsid w:val="0072582A"/>
     <w:rsid w:val="00783AE0"/>
     <w:rsid w:val="007951DB"/>
     <w:rsid w:val="007A0E88"/>
     <w:rsid w:val="007B0AE1"/>
+    <w:rsid w:val="007C6972"/>
     <w:rsid w:val="007E018C"/>
     <w:rsid w:val="007F1A77"/>
     <w:rsid w:val="007F66FE"/>
     <w:rsid w:val="00811226"/>
     <w:rsid w:val="00867E67"/>
     <w:rsid w:val="0087524C"/>
     <w:rsid w:val="008870AB"/>
     <w:rsid w:val="008B1D8D"/>
     <w:rsid w:val="008E3958"/>
     <w:rsid w:val="0091052A"/>
     <w:rsid w:val="00931350"/>
     <w:rsid w:val="00936D5A"/>
+    <w:rsid w:val="00941802"/>
     <w:rsid w:val="009714C2"/>
     <w:rsid w:val="00971546"/>
     <w:rsid w:val="009B1565"/>
     <w:rsid w:val="009F48E3"/>
     <w:rsid w:val="009F63FD"/>
+    <w:rsid w:val="00A250F6"/>
     <w:rsid w:val="00A366E7"/>
     <w:rsid w:val="00A43B3A"/>
     <w:rsid w:val="00A75B08"/>
     <w:rsid w:val="00AF118D"/>
     <w:rsid w:val="00AF25D5"/>
     <w:rsid w:val="00B6253B"/>
     <w:rsid w:val="00B746D8"/>
     <w:rsid w:val="00B77BFC"/>
     <w:rsid w:val="00B80CC2"/>
     <w:rsid w:val="00B934A1"/>
     <w:rsid w:val="00BB6424"/>
     <w:rsid w:val="00BC00D0"/>
     <w:rsid w:val="00BF3A8A"/>
+    <w:rsid w:val="00C41FC7"/>
     <w:rsid w:val="00C50EC3"/>
     <w:rsid w:val="00C61D67"/>
     <w:rsid w:val="00C63E83"/>
     <w:rsid w:val="00C66DC6"/>
     <w:rsid w:val="00C7272E"/>
     <w:rsid w:val="00CE71B4"/>
     <w:rsid w:val="00CF0DB4"/>
     <w:rsid w:val="00D005E6"/>
     <w:rsid w:val="00D02776"/>
     <w:rsid w:val="00D111BB"/>
     <w:rsid w:val="00D147BE"/>
+    <w:rsid w:val="00D356FA"/>
     <w:rsid w:val="00D77149"/>
     <w:rsid w:val="00DB4B92"/>
     <w:rsid w:val="00DB6F64"/>
     <w:rsid w:val="00DB75DD"/>
     <w:rsid w:val="00DF04EA"/>
     <w:rsid w:val="00E07A41"/>
     <w:rsid w:val="00E145B9"/>
     <w:rsid w:val="00E33A1C"/>
     <w:rsid w:val="00E41F26"/>
     <w:rsid w:val="00E54E30"/>
+    <w:rsid w:val="00E86720"/>
     <w:rsid w:val="00EA63A8"/>
     <w:rsid w:val="00EF1C39"/>
     <w:rsid w:val="00F075BD"/>
     <w:rsid w:val="00F3507F"/>
     <w:rsid w:val="00F471BD"/>
     <w:rsid w:val="00F5201B"/>
     <w:rsid w:val="00F5786C"/>
     <w:rsid w:val="00FA0913"/>
     <w:rsid w:val="00FB30E3"/>
     <w:rsid w:val="00FE4D2D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
@@ -2568,50 +2508,51 @@
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007951DB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -2830,51 +2771,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2032796855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/bsd/difference.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/how-pubmed-works-medical-subject-headings-mesh-0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/books/NBK53592/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/medline/medline_journal_selection.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/help/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learn.nlm.nih.gov/documentation/training-packets/T0022014P/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/pubs/techbull/mj12/mj12_pm_author_ranking.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/help/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/class/how-pubmed-works-automatic-term-mapping-atm-0" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/bsd/difference.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/medline/medline_journal_selection.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/books/NBK53592/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/help/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nlm.nih.gov/pubs/techbull/mj12/mj12_pm_author_ranking.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/help/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3153,69 +3094,82 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0260242-3064-43B7-8F19-20EDB017CE37}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>394</Words>
-  <Characters>2081</Characters>
+  <Words>306</Words>
+  <Characters>1612</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>How PubMed Works: Introduction Handout</vt:lpstr>
+      <vt:lpstr>    Search Examples Used in Class:</vt:lpstr>
+      <vt:lpstr>    Questions</vt:lpstr>
+      <vt:lpstr>    Links shared in class</vt:lpstr>
+      <vt:lpstr>    Additional Training Resources</vt:lpstr>
+      <vt:lpstr>    Journal Selection for MEDLINE</vt:lpstr>
+      <vt:lpstr>    PubMed Search Tips</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2414</CharactersWithSpaces>
+  <CharactersWithSpaces>1865</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>