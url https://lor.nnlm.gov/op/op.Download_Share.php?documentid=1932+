--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -47,60 +47,60 @@
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Providing Multilingual Health Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564EE81E" w14:textId="6AF5BFA9" w:rsidR="00EC23C2" w:rsidRPr="00F15DB7" w:rsidRDefault="00EB7E56" w:rsidP="006526CC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>SITES DEMOED DURING THE WEBINAR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AE253D" w14:textId="7ACB6ED0" w:rsidR="00EC23C2" w:rsidRPr="0030396F" w:rsidRDefault="00CF5148" w:rsidP="00EC23C2">
+    <w:p w14:paraId="20AE253D" w14:textId="6F322920" w:rsidR="00EC23C2" w:rsidRPr="0030396F" w:rsidRDefault="00BC76DA" w:rsidP="00EC23C2">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00BC76DA">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>arcGIS: Languages Spoken by People who have Limited English Ability (2023)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DC17AA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0683C1F0" w14:textId="0A8DC8F2" w:rsidR="000012C8" w:rsidRPr="0030396F" w:rsidRDefault="000012C8" w:rsidP="00EC23C2">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="0030396F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -136,259 +136,225 @@
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="0030396F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>EthnoMed</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="63ADBB01" w14:textId="7B0C487F" w:rsidR="00BC76DA" w:rsidRDefault="00BC76DA" w:rsidP="00170735">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00BC76DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>PubMed</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="01E919B3" w14:textId="1C4D8F38" w:rsidR="001A1203" w:rsidRDefault="001A1203" w:rsidP="00170735">
+    <w:p w14:paraId="01E919B3" w14:textId="1F7C0367" w:rsidR="001A1203" w:rsidRDefault="001A1203" w:rsidP="00170735">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="001A1203">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">Office of Minority Health </w:t>
+          <w:t>Office of Minority Health Re</w:t>
         </w:r>
         <w:r w:rsidRPr="001A1203">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Resource Center</w:t>
+          <w:t>s</w:t>
         </w:r>
-      </w:hyperlink>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="007C6753">
+        <w:r w:rsidRPr="001A1203">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Migra</w:t>
-[...23 lines deleted...]
-          <w:t>ource Library</w:t>
+          <w:t>ource Center</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="706F0D6A" w14:textId="1669C32E" w:rsidR="00DC2E62" w:rsidRPr="00F15DB7" w:rsidRDefault="00DC2E62" w:rsidP="006526CC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15DB7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>BACKGROUND AND U.S. DATA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FE932F9" w14:textId="3EC37A70" w:rsidR="00711DB7" w:rsidRPr="00944467" w:rsidRDefault="00F07B5E" w:rsidP="000D703F">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Selected Social Characteristics- Census Bureau 2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0D114327" w14:textId="7A296B91" w:rsidR="00C42B4A" w:rsidRPr="00944467" w:rsidRDefault="00F07B5E" w:rsidP="000D703F">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>United States Profile Data - Census Bureau 2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="63030A27" w14:textId="3F7C7567" w:rsidR="00F72DF2" w:rsidRPr="004478DB" w:rsidRDefault="009E06A2" w:rsidP="00F72DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Most Americans Speak Only English at Home or Speak English “Very Well” </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="54B34782" w14:textId="677D2461" w:rsidR="000D09E5" w:rsidRPr="00F15DB7" w:rsidRDefault="000D09E5" w:rsidP="006526CC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15DB7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>LANGUAGE USAGE DATA RESOURCES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="435E628C" w14:textId="1E644A71" w:rsidR="003440DF" w:rsidRPr="004478DB" w:rsidRDefault="003B3F24" w:rsidP="000D703F">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="004478DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>What Languages Do We Speak in the United States (2019)?</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="51D7DFDF" w14:textId="06F91AE7" w:rsidR="002C57A4" w:rsidRPr="00D11431" w:rsidRDefault="002C57A4" w:rsidP="00FE1564">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00D11431">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Data Profiles from U.S. Census</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="51173593" w14:textId="27C17A72" w:rsidR="00FE1564" w:rsidRPr="00F15DB7" w:rsidRDefault="002E5FD3" w:rsidP="002E5FD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Use the search box to find your state, county, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="134CCB02" w14:textId="0C8B96AF" w:rsidR="000608AE" w:rsidRPr="00326BA7" w:rsidRDefault="000608AE" w:rsidP="007C0CB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00326BA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>People That Speak English Less Than "Very Well" in the United States Interactive Map</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2BB49942" w14:textId="758633E0" w:rsidR="0056187C" w:rsidRPr="00326BA7" w:rsidRDefault="006C6133" w:rsidP="000D703F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00326BA7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
@@ -452,88 +418,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> data</w:t>
       </w:r>
       <w:r w:rsidR="0056187C" w:rsidRPr="00326BA7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the county level</w:t>
       </w:r>
       <w:r w:rsidR="00BE126C" w:rsidRPr="00326BA7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D02D67E" w14:textId="669F01B4" w:rsidR="00735EF6" w:rsidRPr="00D11431" w:rsidRDefault="00596E27" w:rsidP="002E5FD3">
       <w:pPr>
         <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Language Spoken at Home | American Community Survey | U.S. Census Bureau | 2023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="09CBB700" w14:textId="19189F3D" w:rsidR="00DC2E62" w:rsidRPr="00F15DB7" w:rsidRDefault="00025A39" w:rsidP="000D703F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15DB7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>HEALTH INFORMATION RESOURCES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38BD18BC" w14:textId="77777777" w:rsidR="005E4C04" w:rsidRPr="002714C3" w:rsidRDefault="005E4C04" w:rsidP="00E0512F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="002714C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">MedlinePlus </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="002714C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>en</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="002714C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Español</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="496AC507" w14:textId="3BABF3CE" w:rsidR="005E4C04" w:rsidRPr="00B8365C" w:rsidRDefault="005E4C04" w:rsidP="00B334CC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
@@ -623,289 +589,473 @@
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="002D4447" w:rsidRPr="006526CC">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Health Information in Multiple Languages from MedlinePlus</w:t>
       </w:r>
       <w:r w:rsidRPr="006526CC">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A51845" w14:textId="7A6457D5" w:rsidR="00120458" w:rsidRPr="00D26C6C" w:rsidRDefault="002D4447" w:rsidP="007B58E0">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00D26C6C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Health Topics in Multiple Languages from MedlinePlus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="768A8E4C" w14:textId="7B07098A" w:rsidR="00614F5A" w:rsidRPr="00D26C6C" w:rsidRDefault="007C6753" w:rsidP="007B58E0">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Details about the Review and Update of Content on MedlinePlus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A8AC0D7" w14:textId="21B88B4B" w:rsidR="00F203D9" w:rsidRPr="003B411D" w:rsidRDefault="00907DDE" w:rsidP="007B58E0">
+    <w:p w14:paraId="2A8AC0D7" w14:textId="21B88B4B" w:rsidR="00F203D9" w:rsidRDefault="00907DDE" w:rsidP="007B58E0">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:hyperlink r:id="rId24" w:history="1">
+      </w:pPr>
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00D26C6C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MedlinePlus Criteria for Links to non-governmental websites</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00F203D9" w:rsidRPr="003B411D" w:rsidSect="00B2083D">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId26"/>
+    <w:p w14:paraId="3A7526AF" w14:textId="77777777" w:rsidR="005F3ECA" w:rsidRPr="005F3ECA" w:rsidRDefault="005F3ECA" w:rsidP="005F3ECA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F3ECA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Consumer Health Information Specialization (CHIS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B59D5BA" w14:textId="77777777" w:rsidR="005F3ECA" w:rsidRPr="00CD2688" w:rsidRDefault="005F3ECA" w:rsidP="005F3ECA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00CD2688">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Learn more about CHIS</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0069055C" w14:textId="77777777" w:rsidR="005F3ECA" w:rsidRPr="00CA6DA6" w:rsidRDefault="005F3ECA" w:rsidP="005F3ECA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00CD2688">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Find CHIS classes</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="57FF4428" w14:textId="77777777" w:rsidR="005F3ECA" w:rsidRPr="00CA6DA6" w:rsidRDefault="005F3ECA" w:rsidP="005F3ECA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This course has been approved for 1 hour of Medical Library Association Continuing Education and fulfills the following </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Consumer Health Information Specialization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CHIS) Competencies: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C96019" w14:textId="0143768D" w:rsidR="005F3ECA" w:rsidRDefault="005F3ECA" w:rsidP="005F3ECA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F3ECA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Know the Community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A3CD10" w14:textId="07758704" w:rsidR="005F3ECA" w:rsidRDefault="005F3ECA" w:rsidP="005F3ECA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6DA6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C3. Knowledge of Subject Matter and Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FE9DFA" w14:textId="77777777" w:rsidR="005F3ECA" w:rsidRPr="005F3ECA" w:rsidRDefault="005F3ECA" w:rsidP="005F3ECA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F3ECA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C6. Literacy and Health Literacy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A930967" w14:textId="77777777" w:rsidR="005F3ECA" w:rsidRPr="003B411D" w:rsidRDefault="005F3ECA" w:rsidP="007B58E0">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005F3ECA" w:rsidRPr="003B411D" w:rsidSect="00B2083D">
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="288" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5594A42E" w14:textId="77777777" w:rsidR="00F13FEA" w:rsidRDefault="00F13FEA" w:rsidP="00120458">
+    <w:p w14:paraId="445A0733" w14:textId="77777777" w:rsidR="00A86326" w:rsidRDefault="00A86326" w:rsidP="00120458">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AFFD4C0" w14:textId="77777777" w:rsidR="00F13FEA" w:rsidRDefault="00F13FEA" w:rsidP="00120458">
+    <w:p w14:paraId="55D65B6F" w14:textId="77777777" w:rsidR="00A86326" w:rsidRDefault="00A86326" w:rsidP="00120458">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1041203720"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1700DCA6" w14:textId="60EFD682" w:rsidR="00533CC4" w:rsidRDefault="00533CC4">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1A85F877" w14:textId="3D593893" w:rsidR="00120458" w:rsidRPr="00120458" w:rsidRDefault="00533CC4">
+  <w:p w14:paraId="1A85F877" w14:textId="70807B8D" w:rsidR="00120458" w:rsidRPr="00120458" w:rsidRDefault="00533CC4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00533CC4">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Funded by the National Library of Medicine. NNLM and Network of the National Library of Medicine are service marks of the US Department of Health and Human Services.</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Updated </w:t>
     </w:r>
-    <w:r w:rsidR="000E64B5">
+    <w:r w:rsidR="009E3F9C">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>August</w:t>
+      <w:t>January 2026</w:t>
     </w:r>
     <w:r w:rsidR="00BC055C">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2025.</w:t>
+      <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="244AE2DF" w14:textId="77777777" w:rsidR="00F13FEA" w:rsidRDefault="00F13FEA" w:rsidP="00120458">
+    <w:p w14:paraId="66410625" w14:textId="77777777" w:rsidR="00A86326" w:rsidRDefault="00A86326" w:rsidP="00120458">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BF9628D" w14:textId="77777777" w:rsidR="00F13FEA" w:rsidRDefault="00F13FEA" w:rsidP="00120458">
+    <w:p w14:paraId="754AA8C2" w14:textId="77777777" w:rsidR="00A86326" w:rsidRDefault="00A86326" w:rsidP="00120458">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="050C68EB" w14:textId="21CCA822" w:rsidR="00120458" w:rsidRDefault="00120458">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="435AEDAD" wp14:editId="1817EAE4">
           <wp:extent cx="6858000" cy="1100455"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
@@ -1877,50 +2027,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74ED074D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF4200FC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="938872840">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
@@ -1963,120 +2226,125 @@
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1253314800">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1869558989">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="949433719">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="314067993">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1094979603">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1649821332">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2054189578">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="140735807">
     <w:abstractNumId w:val="4"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="1196194176">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E3C19"/>
     <w:rsid w:val="000012C8"/>
     <w:rsid w:val="0000176E"/>
     <w:rsid w:val="00025A39"/>
     <w:rsid w:val="00035603"/>
+    <w:rsid w:val="00040DA0"/>
     <w:rsid w:val="000608AE"/>
     <w:rsid w:val="00070175"/>
     <w:rsid w:val="00070E8D"/>
     <w:rsid w:val="0008011C"/>
     <w:rsid w:val="000849B4"/>
     <w:rsid w:val="00093FA1"/>
     <w:rsid w:val="00095BAB"/>
     <w:rsid w:val="000B3B8B"/>
     <w:rsid w:val="000C44D1"/>
     <w:rsid w:val="000D09E5"/>
     <w:rsid w:val="000D1113"/>
     <w:rsid w:val="000D703F"/>
     <w:rsid w:val="000D7573"/>
     <w:rsid w:val="000E3C19"/>
     <w:rsid w:val="000E64B5"/>
     <w:rsid w:val="001008E4"/>
     <w:rsid w:val="00102909"/>
     <w:rsid w:val="00110851"/>
     <w:rsid w:val="0011634A"/>
     <w:rsid w:val="00120458"/>
     <w:rsid w:val="00121B5D"/>
     <w:rsid w:val="00122D26"/>
     <w:rsid w:val="00123E06"/>
     <w:rsid w:val="001331C5"/>
     <w:rsid w:val="00154ED9"/>
     <w:rsid w:val="00161A30"/>
     <w:rsid w:val="00162655"/>
     <w:rsid w:val="00163B4C"/>
     <w:rsid w:val="00164EBE"/>
     <w:rsid w:val="00165B71"/>
     <w:rsid w:val="00170735"/>
     <w:rsid w:val="0017559B"/>
     <w:rsid w:val="001848F0"/>
     <w:rsid w:val="00187556"/>
     <w:rsid w:val="00192D70"/>
+    <w:rsid w:val="00196D28"/>
     <w:rsid w:val="001A1203"/>
     <w:rsid w:val="001B5607"/>
     <w:rsid w:val="001B560F"/>
     <w:rsid w:val="001C74D9"/>
     <w:rsid w:val="001E3F77"/>
     <w:rsid w:val="00223B1D"/>
     <w:rsid w:val="00226B75"/>
     <w:rsid w:val="002354C4"/>
     <w:rsid w:val="00253277"/>
     <w:rsid w:val="00266874"/>
     <w:rsid w:val="002713D9"/>
     <w:rsid w:val="002714C3"/>
     <w:rsid w:val="002B600B"/>
     <w:rsid w:val="002C1672"/>
     <w:rsid w:val="002C2E7E"/>
     <w:rsid w:val="002C4842"/>
     <w:rsid w:val="002C57A4"/>
     <w:rsid w:val="002D3394"/>
     <w:rsid w:val="002D4447"/>
     <w:rsid w:val="002D4A20"/>
     <w:rsid w:val="002E33C7"/>
     <w:rsid w:val="002E5FD3"/>
     <w:rsid w:val="0030396F"/>
     <w:rsid w:val="00305651"/>
     <w:rsid w:val="00320908"/>
@@ -2117,50 +2385,51 @@
     <w:rsid w:val="004A1F16"/>
     <w:rsid w:val="004C3B0D"/>
     <w:rsid w:val="004F41A8"/>
     <w:rsid w:val="00505F36"/>
     <w:rsid w:val="005136CF"/>
     <w:rsid w:val="005200ED"/>
     <w:rsid w:val="00525934"/>
     <w:rsid w:val="00533CC4"/>
     <w:rsid w:val="0056187C"/>
     <w:rsid w:val="0056562E"/>
     <w:rsid w:val="00575384"/>
     <w:rsid w:val="0057642B"/>
     <w:rsid w:val="0058009A"/>
     <w:rsid w:val="0058011F"/>
     <w:rsid w:val="00582B31"/>
     <w:rsid w:val="00584C24"/>
     <w:rsid w:val="005867D5"/>
     <w:rsid w:val="00596E27"/>
     <w:rsid w:val="005A46FD"/>
     <w:rsid w:val="005C5EFD"/>
     <w:rsid w:val="005D1B79"/>
     <w:rsid w:val="005E21BE"/>
     <w:rsid w:val="005E23E4"/>
     <w:rsid w:val="005E4C04"/>
     <w:rsid w:val="005E5A45"/>
+    <w:rsid w:val="005F3ECA"/>
     <w:rsid w:val="00614F5A"/>
     <w:rsid w:val="00622858"/>
     <w:rsid w:val="00623A37"/>
     <w:rsid w:val="00646ABC"/>
     <w:rsid w:val="006526CC"/>
     <w:rsid w:val="006575A9"/>
     <w:rsid w:val="00666BAD"/>
     <w:rsid w:val="00680CBC"/>
     <w:rsid w:val="00680E07"/>
     <w:rsid w:val="00682BAA"/>
     <w:rsid w:val="00685797"/>
     <w:rsid w:val="0068796C"/>
     <w:rsid w:val="00691691"/>
     <w:rsid w:val="006960B6"/>
     <w:rsid w:val="006A6148"/>
     <w:rsid w:val="006B3278"/>
     <w:rsid w:val="006B3304"/>
     <w:rsid w:val="006B45A5"/>
     <w:rsid w:val="006C3DD5"/>
     <w:rsid w:val="006C53DC"/>
     <w:rsid w:val="006C6133"/>
     <w:rsid w:val="006C7801"/>
     <w:rsid w:val="006D62BB"/>
     <w:rsid w:val="006D7411"/>
     <w:rsid w:val="006F2CB7"/>
@@ -2173,85 +2442,89 @@
     <w:rsid w:val="007175E1"/>
     <w:rsid w:val="00735EF6"/>
     <w:rsid w:val="00752714"/>
     <w:rsid w:val="00753033"/>
     <w:rsid w:val="007773F9"/>
     <w:rsid w:val="00777E45"/>
     <w:rsid w:val="00787F9D"/>
     <w:rsid w:val="007A1770"/>
     <w:rsid w:val="007A2659"/>
     <w:rsid w:val="007A34CE"/>
     <w:rsid w:val="007B2AE2"/>
     <w:rsid w:val="007B58E0"/>
     <w:rsid w:val="007B62E2"/>
     <w:rsid w:val="007C0CB7"/>
     <w:rsid w:val="007C6753"/>
     <w:rsid w:val="007D7863"/>
     <w:rsid w:val="007E2DF5"/>
     <w:rsid w:val="00801840"/>
     <w:rsid w:val="008052E1"/>
     <w:rsid w:val="00805A6B"/>
     <w:rsid w:val="00831F1C"/>
     <w:rsid w:val="008413D2"/>
     <w:rsid w:val="00842689"/>
     <w:rsid w:val="0086166A"/>
     <w:rsid w:val="00864A00"/>
+    <w:rsid w:val="00891CDA"/>
     <w:rsid w:val="008925C8"/>
     <w:rsid w:val="0089419A"/>
     <w:rsid w:val="00894D88"/>
     <w:rsid w:val="008A5741"/>
     <w:rsid w:val="008B0B2A"/>
     <w:rsid w:val="008D0C65"/>
+    <w:rsid w:val="008D2BE3"/>
     <w:rsid w:val="008D5DD7"/>
     <w:rsid w:val="008D7054"/>
     <w:rsid w:val="008F3544"/>
     <w:rsid w:val="00902CF9"/>
     <w:rsid w:val="00907DDE"/>
     <w:rsid w:val="009126DB"/>
     <w:rsid w:val="00915D22"/>
     <w:rsid w:val="00916DCD"/>
     <w:rsid w:val="009201B7"/>
     <w:rsid w:val="00932637"/>
     <w:rsid w:val="00940E00"/>
     <w:rsid w:val="00944467"/>
     <w:rsid w:val="00947250"/>
     <w:rsid w:val="009820BE"/>
     <w:rsid w:val="00985215"/>
     <w:rsid w:val="009A1A3F"/>
     <w:rsid w:val="009A2074"/>
     <w:rsid w:val="009C0F44"/>
     <w:rsid w:val="009D6915"/>
     <w:rsid w:val="009D7573"/>
     <w:rsid w:val="009E06A2"/>
+    <w:rsid w:val="009E3F9C"/>
     <w:rsid w:val="009E46F2"/>
     <w:rsid w:val="009E6B12"/>
     <w:rsid w:val="00A025EF"/>
     <w:rsid w:val="00A17290"/>
     <w:rsid w:val="00A44851"/>
     <w:rsid w:val="00A60C59"/>
     <w:rsid w:val="00A6508A"/>
     <w:rsid w:val="00A71F25"/>
+    <w:rsid w:val="00A86326"/>
     <w:rsid w:val="00AA0B86"/>
     <w:rsid w:val="00AA0DDD"/>
     <w:rsid w:val="00AA1C8F"/>
     <w:rsid w:val="00AA525F"/>
     <w:rsid w:val="00AC09B1"/>
     <w:rsid w:val="00AD1D2C"/>
     <w:rsid w:val="00AD5314"/>
     <w:rsid w:val="00AE74FA"/>
     <w:rsid w:val="00B04EDE"/>
     <w:rsid w:val="00B2083D"/>
     <w:rsid w:val="00B2741E"/>
     <w:rsid w:val="00B334CC"/>
     <w:rsid w:val="00B620BF"/>
     <w:rsid w:val="00B72BF2"/>
     <w:rsid w:val="00B76F66"/>
     <w:rsid w:val="00B77B6B"/>
     <w:rsid w:val="00B8365C"/>
     <w:rsid w:val="00B94260"/>
     <w:rsid w:val="00B97E85"/>
     <w:rsid w:val="00BB169C"/>
     <w:rsid w:val="00BC055C"/>
     <w:rsid w:val="00BC76DA"/>
     <w:rsid w:val="00BD5FE8"/>
     <w:rsid w:val="00BE126C"/>
     <w:rsid w:val="00BF3D5D"/>
@@ -2823,50 +3096,51 @@
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DC2E62"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -3234,51 +3508,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1970818116">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhi.taskforce.org/document-library/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/spanish/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcgis.com/apps/mapviewer/index.html?webmap=2c15f2d8d81343d883e70a73317a5cb9" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://1455.sydneyplus.com/final/Portal.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/library/stories/2022/12/languages-we-speak-in-united-states.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/newsroom/press-releases/2023/language-at-home-acs-5-year.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/vizwidget?g=010XX00US&amp;infoSection=Language+Spoken+at+Home" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/about/using/criteria/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/profile/United_States?g=010XX00US" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/about/general/reviewandupdate/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ethnomed.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/library/visualizations/interactive/people-that-speak-english-less-than-very-well.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.healthtranslations.vic.gov.au/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/table/ACSDP1Y2022.DP02?g=010XX00US" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/languages/all_healthtopics.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/table/ACSDP1Y2022.DP02?g=010XX00US" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/library/visualizations/interactive/people-that-speak-english-less-than-very-well.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/languages/all_healthtopics.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcgis.com/apps/mapviewer/index.html?webmap=2c15f2d8d81343d883e70a73317a5cb9" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://1455.sydneyplus.com/final/Portal.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/training/schedule?combine=&amp;ce_categories_121%5B%5D=3&amp;ce_categories_121%5B%5D=4&amp;class_format_133=All" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/library/stories/2022/12/languages-we-speak-in-united-states.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/spanish/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nnlm.gov/guides/consumer-health-information-specialization" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/newsroom/press-releases/2023/language-at-home-acs-5-year.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/about/using/criteria/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ethnomed.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/vizwidget?g=010XX00US&amp;infoSection=Language+Spoken+at+Home" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.healthtranslations.vic.gov.au/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/profile/United_States?g=010XX00US" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medlineplus.gov/about/general/reviewandupdate/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3541,81 +3815,81 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>428</Words>
-  <Characters>2444</Characters>
+  <Words>498</Words>
+  <Characters>2870</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Providing Multilingual Health Information</vt:lpstr>
       <vt:lpstr>    SITES DEMOED DURING THE WEBINAR</vt:lpstr>
       <vt:lpstr>    BACKGROUND AND U.S. DATA</vt:lpstr>
       <vt:lpstr>    LANGUAGE USAGE DATA RESOURCES</vt:lpstr>
       <vt:lpstr>    HEALTH INFORMATION RESOURCES</vt:lpstr>
       <vt:lpstr>    How is MedlinePlus in Spanish Translated?</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2867</CharactersWithSpaces>
+  <CharactersWithSpaces>3297</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Finch, Bennie K</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>